--- v0 (2025-12-08)
+++ v1 (2025-12-13)
@@ -2,86 +2,86 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml" PartName="/xl/comments1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing" PartName="/xl/drawings/vmlDrawing1.vml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Price" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Price'!$B$7:$I$976</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Price'!$B$7:$I$989</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Price'!$6:$9</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Price'!$A$1:$I$975</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Price'!$A$1:$I$988</definedName>
   </definedNames>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <authors>
     <d:author xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">ephonestore.ru</d:author>
   </authors>
   <commentList>
     <comment ref="C6" authorId="0">
       <text>
         <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
           <rPr>
             <sz val="11"/>
             <rFont val="Calibri"/>
           </rPr>
           <t xml:space="preserve">Рекомендуемая розничная цена</t>
         </d:r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1944" uniqueCount="1944">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1970" uniqueCount="1970">
   <si>
     <t>Прайс сформирован:</t>
   </si>
   <si>
-    <t>07.12.2025 17:45</t>
+    <t>12.12.2025 17:10</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Итого:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Наименование товара</t>
   </si>
   <si>
     <t>РРЦ</t>
   </si>
   <si>
     <t>Опт 1</t>
   </si>
   <si>
     <t>Опт 2</t>
   </si>
   <si>
     <t>Опт 3</t>
   </si>
@@ -3514,74 +3514,122 @@
   <si>
     <t>28750</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A34 черный</t>
   </si>
   <si>
     <t>31691</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A05S золотистый</t>
   </si>
   <si>
     <t>31697</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A35 золотистый</t>
   </si>
   <si>
     <t>09647</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy J2 Pro 2018 золотистый</t>
   </si>
   <si>
+    <t>09977</t>
+  </si>
+  <si>
+    <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A9 2018 черный</t>
+  </si>
+  <si>
+    <t>09993</t>
+  </si>
+  <si>
+    <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A6S 2018 черный</t>
+  </si>
+  <si>
     <t>10183</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy J4 Plus 2018 черный</t>
   </si>
   <si>
     <t>10184</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy J4 Plus 2018 золотистый</t>
   </si>
   <si>
-    <t>02652</t>
-[...2 lines deleted...]
-    <t>Чехол книжка боковой Fashion Case для Samsung Galaxy Note 9 черный</t>
+    <t>09920</t>
+  </si>
+  <si>
+    <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A9 2018 золотистый</t>
   </si>
   <si>
     <t>07862</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A7 2018 золотистый</t>
   </si>
   <si>
+    <t>09743</t>
+  </si>
+  <si>
+    <t>Чехол книжка боковой Fashion Case для Samsung Galaxy S10 розово-золотистый</t>
+  </si>
+  <si>
+    <t>09745</t>
+  </si>
+  <si>
+    <t>Чехол книжка боковой Fashion Case для Samsung Galaxy S10 Plus розово-золотистый</t>
+  </si>
+  <si>
+    <t>10317</t>
+  </si>
+  <si>
+    <t>Чехол книжка боковой Fashion Case для Samsung Galaxy S10 бордовый</t>
+  </si>
+  <si>
+    <t>10318</t>
+  </si>
+  <si>
+    <t>Чехол книжка боковой Fashion Case для Samsung Galaxy S10 золотистый</t>
+  </si>
+  <si>
+    <t>10413</t>
+  </si>
+  <si>
+    <t>Чехол книжка боковой Fashion Case для Samsung Galaxy S10 Plus синий</t>
+  </si>
+  <si>
+    <t>10414</t>
+  </si>
+  <si>
+    <t>Чехол книжка боковой Fashion Case для Samsung Galaxy S10 Plus черный</t>
+  </si>
+  <si>
     <t>10818</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A5 2017 красный</t>
   </si>
   <si>
     <t>11010</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A70 красный</t>
   </si>
   <si>
     <t>11564</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy J6 Plus 2018 синий</t>
   </si>
   <si>
     <t>11623</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A60 синий</t>
   </si>
   <si>
     <t>11624</t>
@@ -3628,68 +3676,104 @@
   <si>
     <t>13623</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy Note 10 Plus бордовый</t>
   </si>
   <si>
     <t>13624</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy Note 10 Plus золотистый</t>
   </si>
   <si>
     <t>13626</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy Note 10 бордовый</t>
   </si>
   <si>
     <t>13628</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy Note 10 синий</t>
   </si>
   <si>
+    <t>14606</t>
+  </si>
+  <si>
+    <t>Чехол книжка боковой Fashion Case для Samsung Galaxy J1 2016 черный</t>
+  </si>
+  <si>
+    <t>14607</t>
+  </si>
+  <si>
+    <t>Чехол книжка боковой Fashion Case для Samsung Galaxy J1 2016 синий</t>
+  </si>
+  <si>
+    <t>14609</t>
+  </si>
+  <si>
+    <t>Чехол книжка боковой Fashion Case для Samsung Galaxy J1 2016 бордовый</t>
+  </si>
+  <si>
+    <t>14610</t>
+  </si>
+  <si>
+    <t>Чехол книжка боковой Fashion Case для Samsung Galaxy J1 2016 розово-золотистый</t>
+  </si>
+  <si>
+    <t>16424</t>
+  </si>
+  <si>
+    <t>Чехол книжка боковой Fashion Case для Samsung Galaxy S11 Plus\S20 Ultra золотистый</t>
+  </si>
+  <si>
     <t>16425</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy S11 Plus\S20 Ultra бордовый</t>
   </si>
   <si>
     <t>16426</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy S11 Plus\S20 Ultra красный</t>
   </si>
   <si>
     <t>16429</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy S11 Lite\S20 бордовый</t>
   </si>
   <si>
+    <t>16430</t>
+  </si>
+  <si>
+    <t>Чехол книжка боковой Fashion Case для Samsung Galaxy S11 Lite\S20 золотистый</t>
+  </si>
+  <si>
     <t>16431</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy S11 Lite\S20 красный</t>
   </si>
   <si>
     <t>16442</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A01 красный</t>
   </si>
   <si>
     <t>18835</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A21 красный</t>
   </si>
   <si>
     <t>18836</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A21 розово-золотистый</t>
   </si>
   <si>
     <t>18839</t>
@@ -3754,146 +3838,146 @@
   <si>
     <t>22481</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A52 красный</t>
   </si>
   <si>
     <t>22484</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A72 красный</t>
   </si>
   <si>
     <t>22485</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A72 розово-золотистый</t>
   </si>
   <si>
     <t>22486</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A72 синий</t>
   </si>
   <si>
+    <t>22608</t>
+  </si>
+  <si>
+    <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A52 бордовый</t>
+  </si>
+  <si>
     <t>22651</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A72 бордовый</t>
   </si>
   <si>
     <t>24039</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A03S красный</t>
   </si>
   <si>
     <t>24984</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy S9 Plus бордовый</t>
   </si>
   <si>
     <t>25006</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A70 бордовый</t>
   </si>
   <si>
     <t>25011</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy J2 Pro 2018 красный</t>
   </si>
   <si>
     <t>25013</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy S10 Plus красный</t>
   </si>
   <si>
     <t>25017</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy S11 Lite\S20 черный</t>
   </si>
   <si>
-    <t>25410</t>
-[...16 lines deleted...]
-  <si>
     <t>25420</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A22S красный</t>
   </si>
   <si>
     <t>25422</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A22S синий</t>
   </si>
   <si>
     <t>26441</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A13 4G красный</t>
   </si>
   <si>
     <t>26445</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A23 бордовый</t>
   </si>
   <si>
     <t>26451</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A33 бордовый</t>
   </si>
   <si>
+    <t>26452</t>
+  </si>
+  <si>
+    <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A33 золотистый</t>
+  </si>
+  <si>
     <t>26453</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A33 красный</t>
   </si>
   <si>
+    <t>26454</t>
+  </si>
+  <si>
+    <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A33 розово-золотистый</t>
+  </si>
+  <si>
     <t>26455</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A33 синий</t>
   </si>
   <si>
     <t>26456</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A33 черный</t>
   </si>
   <si>
     <t>26457</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A53 бордовый</t>
   </si>
   <si>
     <t>26459</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A53 красный</t>
   </si>
   <si>
     <t>26460</t>
@@ -3916,50 +4000,56 @@
   <si>
     <t>26466</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A73 розово-золотистый</t>
   </si>
   <si>
     <t>26467</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A73 синий</t>
   </si>
   <si>
     <t>26468</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A73 черный</t>
   </si>
   <si>
     <t>26950</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A03 Core сиреневый</t>
   </si>
   <si>
+    <t>26951</t>
+  </si>
+  <si>
+    <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A12 сиреневый</t>
+  </si>
+  <si>
     <t>24297</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy S21FE бордовый</t>
   </si>
   <si>
     <t>27469</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Poco M4 Pro 5G бордовый</t>
   </si>
   <si>
     <t>27471</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Poco M4 Pro 5G красный</t>
   </si>
   <si>
     <t>27472</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Poco M4 Pro 5G розово-золотистый</t>
   </si>
   <si>
     <t>27475</t>
@@ -4570,56 +4660,50 @@
   <si>
     <t>21496</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi 9A золотистый</t>
   </si>
   <si>
     <t>21497</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi 9A красный</t>
   </si>
   <si>
     <t>21498</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi 9A розово-золотистый</t>
   </si>
   <si>
     <t>21499</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi 9A черный</t>
   </si>
   <si>
-    <t>21500</t>
-[...4 lines deleted...]
-  <si>
     <t>21502</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi 9C/10A красный</t>
   </si>
   <si>
     <t>22456</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Poco M3 красный</t>
   </si>
   <si>
     <t>22457</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Poco M3 розово-золотистый</t>
   </si>
   <si>
     <t>22461</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Poco X3/X3 Pro красный</t>
   </si>
   <si>
     <t>22493</t>
@@ -5270,56 +5354,50 @@
     <t>Чехол книжка боковой Fashion Case для Infinix Note 12 Pro красный</t>
   </si>
   <si>
     <t>27722</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Infinix Note 12 Pro розово-золотистый</t>
   </si>
   <si>
     <t>27724</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Infinix Note 12 Pro черный</t>
   </si>
   <si>
     <t>27725</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Infinix Note 12 Vip бордовый</t>
   </si>
   <si>
     <t>27727</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Infinix Note 12 Vip красный</t>
-  </si>
-[...4 lines deleted...]
-    <t>Чехол книжка боковой Fashion Case для Infinix Smart 6 Plus бордовый</t>
   </si>
   <si>
     <t>27744</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Infinix Smart 6 Plus золотистый</t>
   </si>
   <si>
     <t>27745</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Infinix Smart 6 Plus красный</t>
   </si>
   <si>
     <t>27746</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Infinix Smart 6 Plus розово-золотистый</t>
   </si>
   <si>
     <t>27747</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Infinix Smart 6 Plus синий</t>
   </si>
@@ -5955,118 +6033,118 @@
     </xf>
     <xf numFmtId="3" applyNumberFormat="1" fontId="2" applyFont="1" fillId="3" applyFill="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" fillId="4" applyFill="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/kabel-denmen-d20s-na-type-c-na-type-c-1m-belyj" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d19t-na-type-c-24a-1m-zheltyj" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d19t-na-type-c-24a-1m-krasnyj" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d45l-na-lightning-24a-1m-zolotistyj" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d15l-na-lightning-24a-1m-zheltyj" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d15l-na-lightning-24a-1m-zelenyj" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d19l-na-lightning-24a-1m-zheltyj" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d19l-na-lightning-24a-1m-krasnyj" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d07l-na-lightning-24a-1m-belyj" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d07l-na-lightning-24a-1m-chernyj" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d07l-na-lightning-24a-1m-rozovyj" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d22l-na-lightning-24a-1m-belyj" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d01l-na-lightning-24a-1m-chernyj" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d02l-na-lightning-24a-1m-zolotistyj" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d02l-na-lightning-24a-1m-krasnyj" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d02l-na-lightning-24a-1m-chernyj" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d06l-na-lightning-24a-1m-belyj" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d06l-na-lightning-24a-1m-chernyj" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d23l-na-lightning-21a-2m-chernyj" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/aux-kabel-denmen-dx01-1m-belyj" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/aux-kabel-denmen-dx01-1m-chernyj" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/aux-kabel-denmen-dx02-2m-belyj" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/aux-kabel-denmen-dx02-2m-chernyj" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/bluetooth-kolonka-denmen-dr13-sinyaya" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/bluetooth-kolonka-denmen-dr13-chernaya" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/naushniki-sennheiser-cx-300-krasnye" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/bluetooth-garnitura-denmen-dl03-belaya" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/bluetooth-garnitura-denmen-dl03-chernaya" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/bluetooth-garnitura-denmen-dl02-belaya" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/bluetooth-garnitura-denmen-dl05-belaya" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/bluetooth-garnitura-denmen-dl05-chernaya" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/sv57" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/stikery-dlya-udaleniya-pyli" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/korobka-dlya-protivoudarnyh-stekol-kartonnaya-belaya-plus-salfetki" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-honor-x7-prozrachnaya" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-p-smart-2019-prozrachnaya" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-honor-x7a-prozrachnaya" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-honor-x9a-prozrachnaya" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-huawei-honor-x9-prozrachnaya" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-huawei-y5-2018-honor-7a-prozrachnaya" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-huawei-y6-2019-honor-8a-prozrachnaya" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-nova-y70-bezhevaya" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-nova-y70-zelenaya" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-nova-y70-chernaya" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-p-smart-2021-rozovaya" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-p-smart-z-honor-9x-zelenaya" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-p-smart-z-honor-9x-rozovaya" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-p-smart-z-honor-9x-chernaya" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-y5-2018-honor-7a-bezhevaya" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-y5-2018-honor-7a-zelenaya" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-y5-2018-honor-7a-rozovaya" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-y5-2018-honor-7a-sirenevaya" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-y6-2019-honor-8a-bezhevaya" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-y6-2019-honor-8a-sinyaya" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-huawei-honor-x7a-prozrachnaya" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-honor-x7-bezhevaya" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-honor-x7a-rozovaya" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-honor-x8-2022-zelenaya" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-honor-x8-2022-sinyaya" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-honor-x8a-zelenaya" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-honor-x8a-rozovaya" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-honor-x9a-bezhevaya" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-honor-x9a-zelenaya" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-honor-x9a-sinyaya" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-50-lite-sinyaya" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-8x-zelenaya" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-8x-krasnaya" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-8x-sinyaya" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-8x-chernaya" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-x7a-sirenevaya" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-x9a-sirenevaya" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-y5-2018-honor-7a-krasnaya" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-y5-2018-honor-7a-chernaya" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-y6-2019-honor-8a-belaya" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-honor-90-lite-prozrachnaya" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-honor-90-prozrachnaya" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-honor-x5-prozrachnaya" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-huawei-honor-90-prozrachnaya" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-honor-x7b-prozrachnaya" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-90-krasnaya" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-90-rozovaya" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-90-chernaya" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-x7b-belaya" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-plastikovaya-matovaya-s-silikonovoj-okantovkoj-dlya-huawei-p40-krasnaya" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-plastikovaya-matovaya-s-silikonovoj-okantovkoj-dlya-huawei-p40-haki" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-honor-x8-2022-prozrachnaya" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-y5-2018-honor-7a-prozrachnaya" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-y6-2019-honor-8a-prozrachnaya" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-apple-iphone-12-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-apple-iphone-13-mini-prozrachnaya" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-apple-iphone-13-pro-max-prozrachnaya" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-apple-iphone-13-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-apple-iphone-14-plus-prozrachnaya" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-apple-iphone-14-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-apple-iphone-6-6s-prozrachnaya" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-apple-iphone-11-pro-max-prozrachnaya" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-apple-iphone-11-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-11-pro-max-bezhevaya" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-11-pro-chernaya" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-12-pro-max-bezhevaya" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-12-pro-max-zelenaya" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-12-pro-bezhevaya" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-12-pro-zelenaya" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-12-pro-rozovaya" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-12-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-12-zelenaya" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-13-mini-rozovaya" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-13-pro-max-bezhevaya" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-13-pro-max-sirenevaya" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-13-pro-bezhevaya" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-13-pro-rozovaya" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-13-pro-chernaya" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-13-bezhevaya" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-14-plus-bezhevaya" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-14-pro-max-sirenevaya" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-14-pro-max-chernaya" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-14-pro-bezhevaya" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-14-pro-rozovaya" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-14-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-6-6s-chernaya" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-7-8-se-2020-zelenaya" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-x-xs-chernaya" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-15-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-15-pro-max-bezhevaya" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-15-ultra-zelenaya" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-15-pro-max-rozovaya" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-15-pro-max-sirenevaya" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-15-ultra-bezhevaya" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-15-sinyaya" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-11-pro-max-krasnaya" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-11-pro-max-sinyaya" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-11-pro-krasnaya" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-12-pro-max-krasnaya" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-12-pro-max-sirenevaya" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-12-pro-krasnaya" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-13-pro-max-zelenaya" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-13-pro-max-sinyaya" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-13-pro-zelenaya" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-13-pro-krasnaya" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-13-pro-sinyaya" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-13-pro-chernaya" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-14-pro-max-zelenaya" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-14-pro-zelenaya" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-14-pro-krasnaya" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-14-pro-sinyaya" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-14-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-14-pro-chernaya" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-6-6s-krasnaya" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-7-8-se-2020-krasnaya" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-x-xs-krasnaya" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-plastikovaya-matovaya-s-silikonovoj-okantovkoj-dlya-iphone-11-pro-zelenaya" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-12-pro-max-prozrachnaya" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-12-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-12-prozrachnaya" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-13-pro-max-prozrachnaya" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-13-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-6-6s-prozrachnaya" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-xr-prozrachnaya" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-14-plus-prozrachnaya" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-14-pro-max-prozrachnaya" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-14-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-14-prozrachnaya" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-a24-prozrachnaya" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-a34-prozrachnaya" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s23-plus-prozrachnaya" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s23-prozrachnaya" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-samsung-galaxy-a14-4g-prozrachnaya" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-samsung-galaxy-s23-prozrachnaya" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a03-core-chernaya" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a03s-bezhevaya" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a03s-sirenevaya" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a22s-a22-5g-bezhevaya" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a34-bezhevaya" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a34-rozovaya" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a52-sirenevaya" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a53-bezhevaya" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a73-zelenaya" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a73-rozovaya" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-s20fe-zelenaya" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-s20fe-chernaya" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-s21fe-bezhevaya" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-s21fe-sirenevaya" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-samsung-galaxy-a24-prozrachnaya" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a14-bezhevaya" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a14-zelenaya" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a14-rozovaya" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a24-bezhevaya" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a24-zelenaya" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a24-rozovaya" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a13-4g-chernaya" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a14-krasnaya" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a14-sinyaya" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a24-zelenaya" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a24-krasnaya" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a32-4g-chernaya" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a33-krasnaya" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a34-zelenaya" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a34-krasnaya" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a34-rozovaya" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s22-plus-sinyaya" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s22-plus-chernaya" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-plus-krasnaya" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-krasnaya" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-sinyaya" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a53-krasnaya" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s22-plus-rozovaya" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-plus-zelenaya" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-plus-sinyaya" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-plus-chernaya" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-sirenevaya" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-plus-rozovaya" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-ultra-krasnaya" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-zelenaya" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-chernaya" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-a05-prozrachnaya" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-a05s-prozrachnaya" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s23fe-prozrachnaya" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-samsung-galaxy-s23fe-prozrachnaya" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a05s-zelenaya" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a05s-krasnaya" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a05s-rozovaya" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a05s-sinyaya" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23fe-zelenaya" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23fe-krasnaya" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23fe-rozovaya" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23fe-sinyaya" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s24-prozrachnaya" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s24-ultra-prozrachnaya" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s24-plus-prozrachnaya" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-risunkom-na-samsung-galaxy-s10-plus-vid-10" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-a03-core-prozrachnaya" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-a53-prozrachnaya" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-a72-prozrachnaya" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-a73-prozrachnaya" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s21-plus-prozrachnaya" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s21-prozrachnaya" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s22-plus-prozrachnaya" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s22-ultra-prozrachnaya" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s22-prozrachnaya" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-mi-12t-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-mi-12t-prozrachnaya" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-poco-c55-prozrachnaya" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-poco-x5-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-poco-x5-prozrachnaya" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-mi-13-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-mi-13-prozrachnaya" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-mi-12-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-mi-12t-prozrachnaya" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-10c-poco-c40-prozrachnaya" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-9-prozrachnaya" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-9a-prozrachnaya" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-9c-10a-prozrachnaya" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-note-10-4g-10s-poco-m5s-prozrachnaya" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-note-10-pro-4g-prozrachnaya" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-a1-prozrachnaya" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-mi-11t-bezhevaya" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-mi-11t-chernaya" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-mi-12-lite-bezhevaya" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-mi-12-lite-zelenaya" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-mi-12t-pro-bezhevaya" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-mi-12t-pro-zelenaya" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-mi-12t-pro-chernaya" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-mi-12t-bezhevaya" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-10-zelenaya" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-9-bezhevaya" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-9-zelenaya" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-9-sinyaya" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-9-sirenevaya" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-9a-bezhevaya" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-9a-rozovaya" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-9c-10a-bezhevaya" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-a1-plus-a2-plus-bezhevaya" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-10-pro-5g-bezhevaya" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-10-pro-5g-zelenaya" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-10-pro-5g-rozovaya" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-10-pro-5g-sinyaya" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-10-pro-5g-sirenevaya" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-10-pro-5g-chernaya" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-11-pro-rozovaya" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-11-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-11-pro-chernaya" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-11-11s-rozovaya" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-11-11s-sirenevaya" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-11-11s-chernaya" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-8-pro-sinyaya" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-a2-2023-prozrachnaya" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-a2-plus-2023-prozrachnaya" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-mi-13-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-mi-13-prozrachnaya" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-12c-poco-c55-bezhevaya" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-12c-poco-c55-zelenaya" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-12c-poco-c55-rozovaya" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-12c-poco-c55-sinyaya" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-12c-poco-c55-sirenevaya" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-12c-poco-c55-chernaya" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-a1-a2-zelenaya" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-12-4g-bezhevaya" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-12-4g-chernaya" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-12-pro-4g-bezhevaya" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-12-pro-4g-sinyaya" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-12-pro-4g-sirenevaya" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-note-12s-prozrachnaya" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-note-8t-prozrachnaya" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-12c-prozrachnaya" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-12s-sinyaya" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-12-sirenevaya" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-12s-rozovaya" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-redmi-12c-poco-c55-belaya" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-redmi-12c-poco-c55-zelenaya" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-redmi-12c-poco-c55-krasnaya" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-redmi-12c-poco-c55-rozovaya" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-redmi-12c-poco-c55-sinyaya" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-redmi-12c-poco-c55-sirenevaya" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-redmi-12c-poco-c55-chernaya" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-mi-13-lite-chernaya" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-12-krasnaya" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-12-2023-zelenaya" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-11-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-12s-krasnaya" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-mi-13-lite-krasnaya" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-mi-13-lite-rozovaya" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-9-krasnaya" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-9a-zelenaya" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-11-pro-rozovaya" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-11-11s-zelenaya" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-12-2023-belaya" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-12-2023-krasnaya" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-12-2023-rozovaya" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-12-2023-sinyaya" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-12-2023-chernaya" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-12s-belaya" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-13-pro-bezhevaya" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-13-pro-zelenaya" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-13-pro-sinyaya" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-13-bezhevaya" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-13-zelenaya" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-13-rozovaya" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-note-13-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-note-13-prozrachnaya" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-13-pro-zelenaya" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-13-pro-rozovaya" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-13-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-13-belaya" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-13-sinyaya" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-13-sirenevaya" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-13c-chernaya" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-13c-zelenaya" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-note-13-4g-prozrachnaya" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-note-13-pro-4g-prozrachnaya" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-9-prozrachnaya" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-9a-prozrachnaya" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-9c-10a-prozrachnaya" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-note-10-pro-4g-prozrachnaya" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-note-11-pro-1642-prozrachnaya" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-note-11-11s-prozrachnaya" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-note-9-pro-9s-prozrachnaya" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-note-11-e-prozrachnaya" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-oppo-a17k-bezhevaya" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-oppo-a17k-zelenaya" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-oppo-a17k-sirenevaya" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-realme-c20-c11-prozrachnaya" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-realme-10-prozrachnaya" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-realme-c55-prozrachnaya" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-realme-11-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-realme-11-pro-plus-prozrachnaya" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-realme-c67-4g-prozrachnaya" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m3-pro-redmi-note-10-5g-sinyaya" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m4-pro-4g-bezhevaya" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m4-pro-4g-chernaya" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m4-pro-5g-bezhevaya" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m4-pro-5g-zelenaya" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m4-pro-5g-chernaya" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m5-chernaya" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m5s-redmi-note-10-4g-10s-sirenevaya" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x3-x3-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x4-gt-bezhevaya" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x4-gt-zelenaya" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x4-gt-sirenevaya" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x4-gt-chernaya" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x4-pro-bezhevaya" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x4-pro-rozovaya" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x4-pro-chernaya" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x5-pro-zelenaya" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x5-pro-rozovaya" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x5-pro-sinyaya" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x5-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x5-zelenaya" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x5-sinyaya" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x5-sirenevaya" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x5-chernaya" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-poco-m4-pro-5g-prozrachnaya" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-poco-x5-prozrachnaya" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-poco-f5-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-poco-f5-prozrachnaya" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-f5-pro-bezhevaya" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-f5-pro-zelenaya" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-f5-pro-krasnaya" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-f5-pro-sinyaya" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-f5-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-f5-pro-chernaya" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-f5-sinyaya" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-m3-belaya" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-m3-zelenaya" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-m3-krasnaya" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-x5-pro-redmi-note-12-pro-krasnaya" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-x5-pro-redmi-note-12-pro-rozovaya" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-x5-pro-redmi-note-12-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-x5-pro-redmi-note-12-pro-chernaya" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-x5-redmi-note-12-belaya" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-poco-m6-prozrachnaya" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-poco-x6-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m6-pro-4g-chernaya" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m6-pro-4g-sirenevaya" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m6-pro-4g-sinyaya" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m6-pro-4g-rozovaya" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m6-pro-4g-zelenaya" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m6-pro-4g-bezhevaya" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-poco-m6-pro-5g-prozrachnaya" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-poco-x6-prozrachnaya" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-poco-m6-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-poco-m3-prozrachnaya" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-poco-m4-pro-4g-prozrachnaya" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-hot-10-lite-prozrachnaya" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-hot-11-play-prozrachnaya" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-hot-12-play-prozrachnaya" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-hot-12i-prozrachnaya" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-note-12-g96-prozrachnaya" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-smart-6-plus-prozrachnaya" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-smart-6-prozrachnaya" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-hot-20-play-4g-prozrachnaya" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-hot-20i-prozrachnaya" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-hot-30i-prozrachnaya" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-infinix-hot-30-play-zelenaya" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-infinix-hot-30-play-krasnaya" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-infinix-note-12-g96-zelenaya" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-infinix-note-12-g96-krasnaya" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-infinix-note-12-g96-rozovaya" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-infinix-note-12-g96-belaya" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-infinix-note-12-g96-chernaya" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-tecno-shark-8p-prozrachnaya" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-tecno-shark-9-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-tecno-pova-3-prozrachnaya" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-tecno-spark-10c-prozrachnaya" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-tecno-camon-20-prozrachnaya" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-tecno-spark-10-prozrachnaya" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-tecno-spark-go-2023-prozrachnaya" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-tecno-pova-4-zelenaya" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-tecno-camon-20-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-tecno-camon-20-prozrachnaya" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-tecno-pova-5-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-tecno-pova-5-pro-krasnaya" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-9-bordovyj" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-9-krasnyj" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-9-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-9-sinij" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-9-chernyj" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-50-lite-bordovyj" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-50-lite-krasnyj" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-50-lite-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-50-lite-sinij" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x7a-bordovyj" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x7a-zolotistyj" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x7a-krasnyj" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x7a-sinij" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x8a-krasnyj" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x8a-sinij" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x9a-zolotistyj" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-y90-4g-zolotistyj" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-y90-4g-sinij" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x6-krasnyj" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x6-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-90-lite-zolotistyj" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-90-lite-krasnyj" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-90-lite-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-90-bordovyj" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-90-krasnyj" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-90-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-90-sinij" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-11-krasnyj" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-11-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-11i-krasnyj" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-11i-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-11i-sinij" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x8b-chernyj" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-8-zolotistyj" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-8-chernyj" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-9-zolotistyj" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-9-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-10-krasnyj" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-y5-prime-2018-honor-7a-zolotistyj" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-y5-prime-2018-honor-7a-chernyj" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-y6-prime-2018-7a-pro-krasnyj" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p30-lite-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p-smart-2018-zolotistyj" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-y9-2019-bordovyj" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-y9-2019-zolotistyj" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-y9-2019-sinij" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-20-lite-chernyj" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-20-lite-zolotistyj" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p-smart-z-honor-9x-krasnyj" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-9x-prime-krasnyj" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-y6-2019-honor-8a-krasnyj" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-pro-bordovyj" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-pro-zolotistyj" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-pro-krasnyj" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-pro-sinij" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-bordovyj" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-krasnyj" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-sinij" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-9a-krasnyj" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-9x-prime-bordovyj" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-9c-krasnyj" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-lite-e-y7p-krasnyj" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-lite-nova-6se-nova-7i-bordovyj" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-lite-nova-6se-nova-7i-krasnyj" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-lite-nova-6se-nova-7i-sinij" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-bordovyj" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-zolotistyj" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-krasnyj" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-sinij" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-chernyj" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-y5-prime-2018-honor-7a-bordovyj" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-pro-rozovyj" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-rozovyj" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-lite-nova-6se-nova-7i-rozovyj" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-rozovyj" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-y6p-bordovyj" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-8se-bordovyj" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-8se-krasnyj" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-8se-sinij" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x8-2022-krasnyj" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x8-2022-sinij" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-14-plus-sinij" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-14-pro-bordovyj" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-14-pro-krasnyj" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-11-pro-max-bordovyj" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-11-pro-max-sinij" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-11-pro-sinij" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-11-pro-bordovyj" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-xs-max-krasnyj" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-12-mini-bordovyj" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-12-mini-krasnyj" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-12-mini-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-12-mini-sinij" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-12-mini-sirenevyj" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-12-pro-max-krasnyj" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-12-pro-max-sirenevyj" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-12-12-pro-bordovyj" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-13-mini-sirenevyj" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-13-pro-max-bordovyj" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-13-pro-max-sinij" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-13-pro-max-sirenevyj" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-13-pro-krasnyj" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-13-pro-sirenevyj" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-13-bordovyj" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-13-krasnyj" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-5-5s-se-sirenevyj" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-xr-sirenevyj" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a04s-zolotistyj" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a14-krasnyj" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a24-bordovyj" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a24-chernyj" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a34-chernyj" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a05s-zolotistyj" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a35-zolotistyj" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-j2-pro-2018-zolotistyj" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-j4-plus-2018-chernyj" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-j4-plus-2018-zolotistyj" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-note-9-chernyj" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a7-2018-zolotistyj" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a5-2017-krasnyj" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a70-krasnyj" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-j6-plus-2018-sinij" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a60-sinij" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a60-bordovyj" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a60-rozovo-zolotistaya" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a60-zolotistyj" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a60-chernyj" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-m30-chernyj" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-m30-krasnyj" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-m30-zolotistyj" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-note-10-plus-bordovyj" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-note-10-plus-zolotistyj" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-note-10-bordovyj" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-note-10-sinij" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s11-plus-s20-ultra-bordovyj" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s11-plus-s20-ultra-krasnyj" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s11-lite-s20-bordovyj" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s11-lite-s20-krasnyj" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a01-krasnyj" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a21-krasnyj" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a21-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a3-2017-bordovyj" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a41-krasnyj" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-m11-zolotistyj" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-m11-chernyj" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-m11-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a42-zolotistyj" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a42-krasnyj" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a42-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a42-sinij" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a42-chernyj" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a52-krasnyj" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a72-krasnyj" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a72-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a72-sinij" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a72-bordovyj" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a03s-krasnyj" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s9-plus-bordovyj" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a70-bordovyj" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-j2-pro-2018-krasnyj" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s10-plus-krasnyj" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s11-lite-s20-chernyj" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a03-core-sinij" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a03-bordovyj" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a22s-bordovyj" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a22s-krasnyj" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a22s-sinij" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a13-4g-krasnyj" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a23-bordovyj" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a33-bordovyj" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a33-krasnyj" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a33-sinij" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a33-chernyj" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a53-bordovyj" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a53-krasnyj" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a53-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a73-bordovyj" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a73-krasnyj" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a73-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a73-sinij" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a73-chernyj" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a03-core-sirenevyj" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s21fe-bordovyj" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m4-pro-5g-bordovyj" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m4-pro-5g-krasnyj" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m4-pro-5g-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m5-bordovyj" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m5-krasnyj" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m5-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-12-lite-bordovyj" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-12-lite-sinij" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-12t-12t-pro-bordovyj" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-12t-12t-pro-krasnyj" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-12t-12t-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-12t-12t-pro-sinij" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-mix-2-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-a1-2022-bordovyj" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-a1-2022-zolotistyj" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-a1-2022-krasnyj" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-a1-2022-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-a1-2022-sinij" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-a1-2022-chernyj" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-a1-plus-2022-a2-plus-poco-c51-zolotistyj" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-a1-plus-2022-a2-plus-poco-c51-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-a1-plus-2022-a2-plus-poco-c51-sinij" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-11e-bordovyj" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-11e-krasnyj" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-11e-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-11e-sinij" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-11e-chernyj" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-11t-bordovyj" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-11t-krasnyj" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-11t-sinij" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-13-pro-bordovyj" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-13-pro-krasnyj" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-13-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-13-pro-sinij" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-13-bordovyj" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-13-krasnyj" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-13-sinij" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-12c-poco-c55-bordovyj" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-12c-poco-c55-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-12c-poco-c55-sinij" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-12c-poco-c55-sirenevyj" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-12c-poco-c55-chernyj" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-4g-2023-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-4g-2023-sirenevyj" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-4g-bordovyj" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-4g-zolotistyj" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-4g-krasnyj" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-4g-sinij" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-5g-bordovyj" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-5g-zolotistyj" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-5g-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-5g-sirenevyj" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-5g-chernyj" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-plus-bordovyj" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-plus-zolotistyj" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-plus-krasnyj" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-plus-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-plus-sirenevyj" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-12-krasnyj" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-12-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-12-sinij" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-12-sirenevyj" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-12-chernyj" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12s-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12s-sirenevaya" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-13c-krasnyj" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-13c-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-6-bordovyj" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-5-zolotistyj" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-5-chernyj" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-6-chernyj" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-6a-chernyj" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-4x-zolotistyj" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-6-pro-bordovyj" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-6-pro-zolotistyj" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-6-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-6-pro-chernyj" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-5x-a1-zolotistyj" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-pocophone-f1-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-5-pro-chernyj" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-4x-bordovyj" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-6a-bordovyj" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-5x-a1-sinij" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-go-chernyj" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-go-bordovyj" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-go-zolotistyj" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-8-chernyj" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-8-chernyj" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-8-krasnyj" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-8a-zolotistyj" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-8a-chernyj" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-note-10-chernyj" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-note-10-krasnyj" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-mix-2-bordovyj" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-5-krasnyj" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-5a-krasnyj" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-8-bordovyj" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-8a-sinij" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-note-10-lite-bordovyj" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-note-10-lite-zolotistyj" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9-bordovyj" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9-zolotistyj" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9-krasnyj" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9a-zolotistyj" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9a-krasnyj" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9a-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9a-chernyj" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9c-10a-bordovyj" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9c-10a-krasnyj" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m3-krasnyj" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m3-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x3-x3-pro-krasnyj" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi10t-lite-zolotistyj" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi10t-lite-chernyj" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi10t-10t-pro-zolotistyj" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi10t-10t-pro-krasnyj" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi10t-10t-pro-sinij" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-9t-zolotistyj" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-9t-krasnyj" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-9t-sinij" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m3-bordovyj" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9a-sinij" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f3-bordovyj" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f3-krasnyj" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi10t-10t-pro-bordovyj" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9t-bordovyj" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-10-pro-5g-bordovyj" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-10-pro-5g-krasnyj" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-10-pro-5g-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-10-pro-5g-sinij" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-10-5g-poco-m3-pro-krasnyj" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-9t-bordovyj" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-10-krasnyj" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-10-sinij" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-pocophone-f1-krasnyj" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-10-krasnyj" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-6x-a2-bordovyj" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-5-plus-bordovyj" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-7-krasnyj" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m4-pro-4g-bordovyj" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m4-pro-4g-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-10c-poco-c40-krasnyj" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-12-12x-bordovyj" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-12-12x-krasnyj" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-12-12x-sinij" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9-sirenevyj" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9a-sirenevyj" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-zte-blade-a71-2021-bordovyj" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-zte-blade-a71-2021-krasnyj" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-zte-blade-a71-2021-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-zte-blade-v30-vita-2021-zolotistyj" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-zte-blade-v30-vita-2021-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x4-gt-bordovyj" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x4-gt-zolotistyj" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x4-gt-krasnyj" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f4-bordovyj" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f4-krasnyj" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f4-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f4-sinij" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x5-pro-zolotistyj" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x5-pro-sinij" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x5-pro-chernyj" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x5-zolotistyj" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x5-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x5-chernyj" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f5-pro-redmi-k60-bordovyj" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f5-pro-redmi-k60-krasnyj" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f5-pro-redmi-k60-chernyj" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f5-krasnyj" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x6-zolotistyj" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x6-chernyj" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x4-pro-bordovyj" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x4-pro-zolotistyj" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x4-pro-krasnyj" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x4-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x4-pro-sinij" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x4-pro-chernyj" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-6-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-7-4g-bordovyj" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-7-4g-krasnyj" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-7-4g-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-7-4g-sinij" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-9-4g-krasnyj" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-9-4g-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-9-4g-sinij" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-9-4g-chernyj" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-9i-4g-krasnyj" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c21y-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c31-zolotistyj" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c31-chernyj" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-10-4g-zolotistyj" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-10-4g-krasnyj" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-10-4g-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-10-4g-chernyj" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c55-bordovyj" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c55-zolotistyj" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c55-krasnyj" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c55-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c55-sinij" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c55-sirenevyj" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c55-chernyj" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-narzo-n55-c55-bordovyj" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-narzo-n55-c55-zolotistyj" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-narzo-n55-c55-krasnyj" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-narzo-n55-c55-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-narzo-n55-c55-sinij" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-narzo-n55-c55-chernyj" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c51-53-zolotistyj" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c51-53-krasnyj" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c51-53-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-11-pro-plus-chernyj" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-11-zolotistyj" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c67-chernyj" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-note-50-zolotistyj" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-11-nfs-bordovyj" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-12-play-krasnyj" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-12-play-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-note-12-pro-bordovyj" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-note-12-pro-zolotistyj" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-note-12-pro-krasnyj" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-note-12-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-note-12-pro-chernyj" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-note-12-vip-bordovyj" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-note-12-vip-krasnyj" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-smart-6-plus-bordovyj" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-smart-6-plus-zolotistyj" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-smart-6-plus-krasnyj" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-smart-6-plus-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-smart-6-plus-sinij" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-12-pro-bordovyj" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-12-pro-krasnyj" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-12-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-12-pro-sinij" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-30-play-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-30-zolotistyj" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-30i-zolotistyj" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-smart-7-zolotistyj" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-40-40-pro-zolotistyj" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-40-40-pro-chernyj" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-40i-zolotistyj" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-smart-7-plus-zolotistyj" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-smart-7-plus-chernyj" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-smart-8-zolotistyj" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pop-6-pro-bordovyj" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pop-6-pro-krasnyj" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pop-6-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pop-6-pro-sinij" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-2-bordovyj" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-2-krasnyj" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-2-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-3-bordovyj" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-3-krasnyj" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-3-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-3-sinij" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-neo-2-krasnyj" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-neo-2-sinij" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-6-go-bordovyj" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-6-go-krasnyj" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-6-go-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-8p-krasnyj" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-9-pro-bordovyj" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-9-pro-krasnyj" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-9-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-9-pro-sinij" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-19-neo-bordovyj" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-19-neo-krasnyj" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-19-neo-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-19-krasnyj" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-19-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-4-pro-bordovyj" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-4-pro-krasnyj" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-4-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-4-sinij" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-go-2023-sinij" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-10-4g-bordovyj" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-10-4g-zolotistyj" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-10-4g-sinij" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-10-4g-chernyj" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-10c-zolotistyj" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-18-bordovyj" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-18-krasnyj" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-18-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-20-pro-5g-chernyj" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-20-zolotistyj" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-5-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-5-chernyj" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-neo-3-chernyj" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-10-pro-sinij" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-20-pro-zolotistyj" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-20-zolotistyj" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17-chernyj" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17k-chernyj" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17-bordovyj" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17-krasnyj" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17-sinij" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17k-bordovyj" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17k-zolotistyj" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17k-krasnyj" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17k-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17k-sinij" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a54-bordovyj" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a54-sinij" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a57s-zolotistyj" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a57s-krasnyj" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a57s-sinij" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a57s-chernyj" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-itel-a27-a551-p17-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-itel-vision-3-plus-p682lpn-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-t1-4g-2022-bordovyj" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-t1-4g-2022-krasnyj" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-t1-4g-2022-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y1s-2020-bordovyj" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y1s-2020-zolotistyj" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y1s-2020-krasnyj" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y1s-2020-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y21-y33s-2021-bordovyj" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y21-y33s-2021-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y22-2022-krasnyj" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y22-2022-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y22-2022-sinij" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y35-2022-bordovyj" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y35-2022-rozovo-zolotistyj" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/kabel-denmen-d20s-na-type-c-na-type-c-1m-belyj" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d19t-na-type-c-24a-1m-zheltyj" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d19t-na-type-c-24a-1m-krasnyj" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d45l-na-lightning-24a-1m-zolotistyj" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d15l-na-lightning-24a-1m-zheltyj" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d15l-na-lightning-24a-1m-zelenyj" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d19l-na-lightning-24a-1m-zheltyj" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d19l-na-lightning-24a-1m-krasnyj" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d07l-na-lightning-24a-1m-belyj" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d07l-na-lightning-24a-1m-chernyj" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d07l-na-lightning-24a-1m-rozovyj" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d22l-na-lightning-24a-1m-belyj" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d01l-na-lightning-24a-1m-chernyj" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d02l-na-lightning-24a-1m-zolotistyj" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d02l-na-lightning-24a-1m-krasnyj" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d02l-na-lightning-24a-1m-chernyj" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d06l-na-lightning-24a-1m-belyj" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d06l-na-lightning-24a-1m-chernyj" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d23l-na-lightning-21a-2m-chernyj" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/aux-kabel-denmen-dx01-1m-belyj" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/aux-kabel-denmen-dx01-1m-chernyj" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/aux-kabel-denmen-dx02-2m-belyj" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/aux-kabel-denmen-dx02-2m-chernyj" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/bluetooth-kolonka-denmen-dr13-sinyaya" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/bluetooth-kolonka-denmen-dr13-chernaya" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/naushniki-sennheiser-cx-300-krasnye" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/bluetooth-garnitura-denmen-dl03-belaya" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/bluetooth-garnitura-denmen-dl03-chernaya" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/bluetooth-garnitura-denmen-dl02-belaya" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/bluetooth-garnitura-denmen-dl05-belaya" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/bluetooth-garnitura-denmen-dl05-chernaya" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/sv57" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/stikery-dlya-udaleniya-pyli" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/korobka-dlya-protivoudarnyh-stekol-kartonnaya-belaya-plus-salfetki" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-honor-x7-prozrachnaya" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-p-smart-2019-prozrachnaya" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-honor-x7a-prozrachnaya" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-honor-x9a-prozrachnaya" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-huawei-honor-x9-prozrachnaya" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-huawei-y5-2018-honor-7a-prozrachnaya" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-huawei-y6-2019-honor-8a-prozrachnaya" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-nova-y70-bezhevaya" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-nova-y70-zelenaya" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-nova-y70-chernaya" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-p-smart-2021-rozovaya" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-p-smart-z-honor-9x-zelenaya" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-p-smart-z-honor-9x-rozovaya" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-p-smart-z-honor-9x-chernaya" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-y5-2018-honor-7a-bezhevaya" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-y5-2018-honor-7a-zelenaya" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-y5-2018-honor-7a-rozovaya" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-y5-2018-honor-7a-sirenevaya" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-y6-2019-honor-8a-bezhevaya" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-y6-2019-honor-8a-sinyaya" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-huawei-honor-x7a-prozrachnaya" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-honor-x7-bezhevaya" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-honor-x7a-rozovaya" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-honor-x8-2022-zelenaya" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-honor-x8-2022-sinyaya" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-honor-x8a-zelenaya" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-honor-x8a-rozovaya" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-honor-x9a-bezhevaya" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-honor-x9a-zelenaya" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-honor-x9a-sinyaya" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-50-lite-sinyaya" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-8x-zelenaya" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-8x-krasnaya" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-8x-sinyaya" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-8x-chernaya" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-x7a-sirenevaya" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-x9a-sirenevaya" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-y5-2018-honor-7a-krasnaya" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-y5-2018-honor-7a-chernaya" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-y6-2019-honor-8a-belaya" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-honor-90-lite-prozrachnaya" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-honor-90-prozrachnaya" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-honor-x5-prozrachnaya" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-huawei-honor-90-prozrachnaya" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-honor-x7b-prozrachnaya" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-90-krasnaya" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-90-rozovaya" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-90-chernaya" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-x7b-belaya" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-plastikovaya-matovaya-s-silikonovoj-okantovkoj-dlya-huawei-p40-krasnaya" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-plastikovaya-matovaya-s-silikonovoj-okantovkoj-dlya-huawei-p40-haki" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-honor-x8-2022-prozrachnaya" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-y5-2018-honor-7a-prozrachnaya" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-y6-2019-honor-8a-prozrachnaya" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-apple-iphone-12-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-apple-iphone-13-mini-prozrachnaya" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-apple-iphone-13-pro-max-prozrachnaya" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-apple-iphone-13-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-apple-iphone-14-plus-prozrachnaya" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-apple-iphone-14-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-apple-iphone-6-6s-prozrachnaya" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-apple-iphone-11-pro-max-prozrachnaya" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-apple-iphone-11-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-11-pro-max-bezhevaya" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-11-pro-chernaya" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-12-pro-max-bezhevaya" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-12-pro-max-zelenaya" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-12-pro-bezhevaya" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-12-pro-zelenaya" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-12-pro-rozovaya" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-12-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-12-zelenaya" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-13-mini-rozovaya" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-13-pro-max-bezhevaya" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-13-pro-max-sirenevaya" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-13-pro-bezhevaya" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-13-pro-rozovaya" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-13-pro-chernaya" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-13-bezhevaya" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-14-plus-bezhevaya" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-14-pro-max-sirenevaya" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-14-pro-max-chernaya" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-14-pro-bezhevaya" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-14-pro-rozovaya" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-14-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-6-6s-chernaya" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-7-8-se-2020-zelenaya" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-x-xs-chernaya" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-15-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-15-pro-max-bezhevaya" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-15-ultra-zelenaya" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-15-pro-max-rozovaya" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-15-pro-max-sirenevaya" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-15-ultra-bezhevaya" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-15-sinyaya" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-11-pro-max-krasnaya" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-11-pro-max-sinyaya" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-11-pro-krasnaya" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-12-pro-max-krasnaya" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-12-pro-max-sirenevaya" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-12-pro-krasnaya" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-13-pro-max-zelenaya" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-13-pro-max-sinyaya" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-13-pro-zelenaya" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-13-pro-krasnaya" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-13-pro-sinyaya" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-13-pro-chernaya" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-14-pro-max-zelenaya" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-14-pro-zelenaya" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-14-pro-krasnaya" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-14-pro-sinyaya" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-14-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-14-pro-chernaya" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-6-6s-krasnaya" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-7-8-se-2020-krasnaya" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-x-xs-krasnaya" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-plastikovaya-matovaya-s-silikonovoj-okantovkoj-dlya-iphone-11-pro-zelenaya" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-12-pro-max-prozrachnaya" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-12-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-12-prozrachnaya" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-13-pro-max-prozrachnaya" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-13-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-6-6s-prozrachnaya" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-xr-prozrachnaya" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-14-plus-prozrachnaya" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-14-pro-max-prozrachnaya" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-14-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-14-prozrachnaya" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-a24-prozrachnaya" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-a34-prozrachnaya" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s23-plus-prozrachnaya" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s23-prozrachnaya" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-samsung-galaxy-a14-4g-prozrachnaya" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-samsung-galaxy-s23-prozrachnaya" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a03-core-chernaya" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a03s-bezhevaya" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a03s-sirenevaya" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a22s-a22-5g-bezhevaya" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a34-bezhevaya" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a34-rozovaya" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a52-sirenevaya" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a53-bezhevaya" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a73-zelenaya" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a73-rozovaya" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-s20fe-zelenaya" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-s20fe-chernaya" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-s21fe-bezhevaya" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-s21fe-sirenevaya" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-samsung-galaxy-a24-prozrachnaya" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a14-bezhevaya" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a14-zelenaya" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a14-rozovaya" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a24-bezhevaya" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a24-zelenaya" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a24-rozovaya" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a13-4g-chernaya" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a14-krasnaya" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a14-sinyaya" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a24-zelenaya" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a24-krasnaya" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a32-4g-chernaya" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a33-krasnaya" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a34-zelenaya" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a34-krasnaya" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a34-rozovaya" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s22-plus-sinyaya" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s22-plus-chernaya" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-plus-krasnaya" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-krasnaya" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-sinyaya" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a53-krasnaya" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s22-plus-rozovaya" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-plus-zelenaya" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-plus-sinyaya" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-plus-chernaya" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-sirenevaya" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-plus-rozovaya" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-ultra-krasnaya" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-zelenaya" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-chernaya" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-a05-prozrachnaya" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-a05s-prozrachnaya" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s23fe-prozrachnaya" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-samsung-galaxy-s23fe-prozrachnaya" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a05s-zelenaya" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a05s-krasnaya" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a05s-rozovaya" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a05s-sinyaya" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23fe-zelenaya" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23fe-krasnaya" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23fe-rozovaya" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23fe-sinyaya" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s24-prozrachnaya" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s24-ultra-prozrachnaya" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s24-plus-prozrachnaya" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-risunkom-na-samsung-galaxy-s10-plus-vid-10" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-a03-core-prozrachnaya" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-a53-prozrachnaya" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-a72-prozrachnaya" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-a73-prozrachnaya" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s21-plus-prozrachnaya" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s21-prozrachnaya" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s22-plus-prozrachnaya" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s22-ultra-prozrachnaya" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s22-prozrachnaya" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-mi-12t-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-mi-12t-prozrachnaya" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-poco-c55-prozrachnaya" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-poco-x5-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-poco-x5-prozrachnaya" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-mi-13-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-mi-13-prozrachnaya" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-mi-12-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-mi-12t-prozrachnaya" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-10c-poco-c40-prozrachnaya" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-9-prozrachnaya" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-9a-prozrachnaya" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-9c-10a-prozrachnaya" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-note-10-4g-10s-poco-m5s-prozrachnaya" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-note-10-pro-4g-prozrachnaya" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-a1-prozrachnaya" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-mi-11t-bezhevaya" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-mi-11t-chernaya" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-mi-12-lite-bezhevaya" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-mi-12-lite-zelenaya" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-mi-12t-pro-bezhevaya" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-mi-12t-pro-zelenaya" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-mi-12t-pro-chernaya" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-mi-12t-bezhevaya" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-10-zelenaya" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-9-bezhevaya" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-9-zelenaya" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-9-sinyaya" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-9-sirenevaya" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-9a-bezhevaya" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-9a-rozovaya" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-9c-10a-bezhevaya" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-a1-plus-a2-plus-bezhevaya" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-10-pro-5g-bezhevaya" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-10-pro-5g-zelenaya" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-10-pro-5g-rozovaya" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-10-pro-5g-sinyaya" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-10-pro-5g-sirenevaya" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-10-pro-5g-chernaya" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-11-pro-rozovaya" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-11-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-11-pro-chernaya" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-11-11s-rozovaya" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-11-11s-sirenevaya" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-11-11s-chernaya" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-8-pro-sinyaya" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-a2-2023-prozrachnaya" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-a2-plus-2023-prozrachnaya" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-mi-13-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-mi-13-prozrachnaya" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-12c-poco-c55-bezhevaya" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-12c-poco-c55-zelenaya" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-12c-poco-c55-rozovaya" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-12c-poco-c55-sinyaya" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-12c-poco-c55-sirenevaya" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-12c-poco-c55-chernaya" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-a1-a2-zelenaya" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-12-4g-bezhevaya" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-12-4g-chernaya" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-12-pro-4g-bezhevaya" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-12-pro-4g-sinyaya" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-12-pro-4g-sirenevaya" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-note-12s-prozrachnaya" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-note-8t-prozrachnaya" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-12c-prozrachnaya" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-12s-sinyaya" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-12-sirenevaya" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-12s-rozovaya" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-redmi-12c-poco-c55-belaya" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-redmi-12c-poco-c55-zelenaya" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-redmi-12c-poco-c55-krasnaya" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-redmi-12c-poco-c55-rozovaya" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-redmi-12c-poco-c55-sinyaya" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-redmi-12c-poco-c55-sirenevaya" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-redmi-12c-poco-c55-chernaya" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-mi-13-lite-chernaya" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-12-krasnaya" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-12-2023-zelenaya" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-11-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-12s-krasnaya" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-mi-13-lite-krasnaya" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-mi-13-lite-rozovaya" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-9-krasnaya" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-9a-zelenaya" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-11-pro-rozovaya" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-11-11s-zelenaya" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-12-2023-belaya" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-12-2023-krasnaya" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-12-2023-rozovaya" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-12-2023-sinyaya" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-12-2023-chernaya" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-12s-belaya" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-13-pro-bezhevaya" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-13-pro-zelenaya" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-13-pro-sinyaya" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-13-bezhevaya" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-13-zelenaya" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-13-rozovaya" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-note-13-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-note-13-prozrachnaya" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-13-pro-zelenaya" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-13-pro-rozovaya" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-13-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-13-belaya" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-13-sinyaya" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-13-sirenevaya" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-13c-chernaya" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-13c-zelenaya" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-note-13-4g-prozrachnaya" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-note-13-pro-4g-prozrachnaya" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-9-prozrachnaya" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-9a-prozrachnaya" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-9c-10a-prozrachnaya" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-note-10-pro-4g-prozrachnaya" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-note-11-pro-1642-prozrachnaya" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-note-11-11s-prozrachnaya" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-note-9-pro-9s-prozrachnaya" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-note-11-e-prozrachnaya" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-oppo-a17k-bezhevaya" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-oppo-a17k-zelenaya" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-oppo-a17k-sirenevaya" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-realme-c20-c11-prozrachnaya" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-realme-10-prozrachnaya" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-realme-c55-prozrachnaya" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-realme-11-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-realme-11-pro-plus-prozrachnaya" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-realme-c67-4g-prozrachnaya" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m3-pro-redmi-note-10-5g-sinyaya" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m4-pro-4g-bezhevaya" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m4-pro-4g-chernaya" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m4-pro-5g-bezhevaya" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m4-pro-5g-zelenaya" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m4-pro-5g-chernaya" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m5-chernaya" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m5s-redmi-note-10-4g-10s-sirenevaya" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x3-x3-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x4-gt-bezhevaya" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x4-gt-zelenaya" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x4-gt-sirenevaya" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x4-gt-chernaya" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x4-pro-bezhevaya" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x4-pro-rozovaya" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x4-pro-chernaya" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x5-pro-zelenaya" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x5-pro-rozovaya" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x5-pro-sinyaya" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x5-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x5-zelenaya" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x5-sinyaya" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x5-sirenevaya" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x5-chernaya" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-poco-m4-pro-5g-prozrachnaya" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-poco-x5-prozrachnaya" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-poco-f5-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-poco-f5-prozrachnaya" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-f5-pro-bezhevaya" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-f5-pro-zelenaya" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-f5-pro-krasnaya" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-f5-pro-sinyaya" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-f5-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-f5-pro-chernaya" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-f5-sinyaya" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-m3-belaya" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-m3-zelenaya" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-m3-krasnaya" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-x5-pro-redmi-note-12-pro-krasnaya" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-x5-pro-redmi-note-12-pro-rozovaya" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-x5-pro-redmi-note-12-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-x5-pro-redmi-note-12-pro-chernaya" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-x5-redmi-note-12-belaya" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-poco-m6-prozrachnaya" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-poco-x6-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m6-pro-4g-chernaya" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m6-pro-4g-sirenevaya" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m6-pro-4g-sinyaya" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m6-pro-4g-rozovaya" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m6-pro-4g-zelenaya" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m6-pro-4g-bezhevaya" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-poco-m6-pro-5g-prozrachnaya" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-poco-x6-prozrachnaya" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-poco-m6-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-poco-m3-prozrachnaya" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-poco-m4-pro-4g-prozrachnaya" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-hot-10-lite-prozrachnaya" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-hot-11-play-prozrachnaya" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-hot-12-play-prozrachnaya" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-hot-12i-prozrachnaya" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-note-12-g96-prozrachnaya" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-smart-6-plus-prozrachnaya" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-smart-6-prozrachnaya" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-hot-20-play-4g-prozrachnaya" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-hot-20i-prozrachnaya" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-hot-30i-prozrachnaya" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-infinix-hot-30-play-zelenaya" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-infinix-hot-30-play-krasnaya" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-infinix-note-12-g96-zelenaya" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-infinix-note-12-g96-krasnaya" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-infinix-note-12-g96-rozovaya" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-infinix-note-12-g96-belaya" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-infinix-note-12-g96-chernaya" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-tecno-shark-8p-prozrachnaya" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-tecno-shark-9-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-tecno-pova-3-prozrachnaya" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-tecno-spark-10c-prozrachnaya" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-tecno-camon-20-prozrachnaya" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-tecno-spark-10-prozrachnaya" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-tecno-spark-go-2023-prozrachnaya" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-tecno-pova-4-zelenaya" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-tecno-camon-20-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-tecno-camon-20-prozrachnaya" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-tecno-pova-5-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-tecno-pova-5-pro-krasnaya" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-9-bordovyj" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-9-krasnyj" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-9-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-9-sinij" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-9-chernyj" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-50-lite-bordovyj" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-50-lite-krasnyj" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-50-lite-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-50-lite-sinij" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x7a-bordovyj" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x7a-zolotistyj" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x7a-krasnyj" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x7a-sinij" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x8a-krasnyj" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x8a-sinij" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x9a-zolotistyj" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-y90-4g-zolotistyj" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-y90-4g-sinij" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x6-krasnyj" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x6-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-90-lite-zolotistyj" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-90-lite-krasnyj" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-90-lite-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-90-bordovyj" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-90-krasnyj" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-90-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-90-sinij" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-11-krasnyj" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-11-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-11i-krasnyj" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-11i-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-11i-sinij" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x8b-chernyj" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-8-zolotistyj" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-8-chernyj" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-9-zolotistyj" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-9-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-10-krasnyj" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-y5-prime-2018-honor-7a-zolotistyj" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-y5-prime-2018-honor-7a-chernyj" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-y6-prime-2018-7a-pro-krasnyj" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p30-lite-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p-smart-2018-zolotistyj" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-y9-2019-bordovyj" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-y9-2019-zolotistyj" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-y9-2019-sinij" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-20-lite-chernyj" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-20-lite-zolotistyj" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p-smart-z-honor-9x-krasnyj" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-9x-prime-krasnyj" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-y6-2019-honor-8a-krasnyj" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-pro-bordovyj" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-pro-zolotistyj" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-pro-krasnyj" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-pro-sinij" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-bordovyj" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-krasnyj" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-sinij" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-9a-krasnyj" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-9x-prime-bordovyj" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-9c-krasnyj" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-lite-e-y7p-krasnyj" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-lite-nova-6se-nova-7i-bordovyj" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-lite-nova-6se-nova-7i-krasnyj" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-lite-nova-6se-nova-7i-sinij" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-bordovyj" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-zolotistyj" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-krasnyj" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-sinij" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-chernyj" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-y5-prime-2018-honor-7a-bordovyj" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-pro-rozovyj" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-rozovyj" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-lite-nova-6se-nova-7i-rozovyj" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-rozovyj" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-y6p-bordovyj" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-8se-bordovyj" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-8se-krasnyj" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-8se-sinij" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x8-2022-krasnyj" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x8-2022-sinij" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-14-plus-sinij" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-14-pro-bordovyj" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-14-pro-krasnyj" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-11-pro-max-bordovyj" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-11-pro-max-sinij" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-11-pro-sinij" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-11-pro-bordovyj" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-xs-max-krasnyj" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-12-mini-bordovyj" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-12-mini-krasnyj" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-12-mini-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-12-mini-sinij" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-12-mini-sirenevyj" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-12-pro-max-krasnyj" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-12-pro-max-sirenevyj" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-12-12-pro-bordovyj" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-13-mini-sirenevyj" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-13-pro-max-bordovyj" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-13-pro-max-sinij" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-13-pro-max-sirenevyj" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-13-pro-krasnyj" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-13-pro-sirenevyj" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-13-bordovyj" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-13-krasnyj" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-5-5s-se-sirenevyj" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-xr-sirenevyj" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a04s-zolotistyj" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a14-krasnyj" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a24-bordovyj" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a24-chernyj" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a34-chernyj" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a05s-zolotistyj" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a35-zolotistyj" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-j2-pro-2018-zolotistyj" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a9-2018-chernyj" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a6s-2018-chernyj" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-j4-plus-2018-chernyj" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-j4-plus-2018-zolotistyj" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a9-2018-zolotistyj" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a7-2018-zolotistyj" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s10-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s10-plus-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s10-bordovyj" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s10-zolotistyj" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s10-plus-sinij" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s10-plus-chernyj" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a5-2017-krasnyj" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a70-krasnyj" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-j6-plus-2018-sinij" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a60-sinij" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a60-bordovyj" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a60-rozovo-zolotistaya" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a60-zolotistyj" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a60-chernyj" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-m30-chernyj" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-m30-krasnyj" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-m30-zolotistyj" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-note-10-plus-bordovyj" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-note-10-plus-zolotistyj" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-note-10-bordovyj" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-note-10-sinij" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-j1-2016-chernyj" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-j1-2016-sinij" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-j1-2016-bordovyj" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-j1-2016-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s11-plus-s20-ultra-zolotistyj" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s11-plus-s20-ultra-bordovyj" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s11-plus-s20-ultra-krasnyj" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s11-lite-s20-bordovyj" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s11-lite-s20-zolotistyj" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s11-lite-s20-krasnyj" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a01-krasnyj" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a21-krasnyj" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a21-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a3-2017-bordovyj" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a41-krasnyj" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-m11-zolotistyj" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-m11-chernyj" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-m11-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a42-zolotistyj" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a42-krasnyj" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a42-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a42-sinij" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a42-chernyj" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a52-krasnyj" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a72-krasnyj" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a72-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a72-sinij" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a52-bordovyj" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a72-bordovyj" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a03s-krasnyj" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s9-plus-bordovyj" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a70-bordovyj" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-j2-pro-2018-krasnyj" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s10-plus-krasnyj" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s11-lite-s20-chernyj" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a22s-krasnyj" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a22s-sinij" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a13-4g-krasnyj" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a23-bordovyj" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a33-bordovyj" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a33-zolotistyj" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a33-krasnyj" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a33-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a33-sinij" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a33-chernyj" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a53-bordovyj" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a53-krasnyj" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a53-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a73-bordovyj" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a73-krasnyj" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a73-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a73-sinij" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a73-chernyj" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a03-core-sirenevyj" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a12-sirenevyj" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s21fe-bordovyj" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m4-pro-5g-bordovyj" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m4-pro-5g-krasnyj" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m4-pro-5g-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m5-bordovyj" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m5-krasnyj" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m5-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-12-lite-bordovyj" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-12-lite-sinij" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-12t-12t-pro-bordovyj" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-12t-12t-pro-krasnyj" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-12t-12t-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-12t-12t-pro-sinij" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-mix-2-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-a1-2022-bordovyj" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-a1-2022-zolotistyj" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-a1-2022-krasnyj" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-a1-2022-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-a1-2022-sinij" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-a1-2022-chernyj" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-a1-plus-2022-a2-plus-poco-c51-zolotistyj" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-a1-plus-2022-a2-plus-poco-c51-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-a1-plus-2022-a2-plus-poco-c51-sinij" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-11e-bordovyj" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-11e-krasnyj" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-11e-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-11e-sinij" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-11e-chernyj" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-11t-bordovyj" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-11t-krasnyj" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-11t-sinij" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-13-pro-bordovyj" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-13-pro-krasnyj" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-13-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-13-pro-sinij" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-13-bordovyj" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-13-krasnyj" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-13-sinij" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-12c-poco-c55-bordovyj" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-12c-poco-c55-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-12c-poco-c55-sinij" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-12c-poco-c55-sirenevyj" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-12c-poco-c55-chernyj" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-4g-2023-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-4g-2023-sirenevyj" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-4g-bordovyj" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-4g-zolotistyj" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-4g-krasnyj" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-4g-sinij" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-5g-bordovyj" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-5g-zolotistyj" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-5g-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-5g-sirenevyj" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-5g-chernyj" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-plus-bordovyj" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-plus-zolotistyj" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-plus-krasnyj" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-plus-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-plus-sirenevyj" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-12-krasnyj" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-12-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-12-sinij" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-12-sirenevyj" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-12-chernyj" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12s-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12s-sirenevaya" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-13c-krasnyj" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-13c-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-6-bordovyj" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-5-zolotistyj" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-5-chernyj" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-6-chernyj" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-6a-chernyj" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-4x-zolotistyj" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-6-pro-bordovyj" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-6-pro-zolotistyj" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-6-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-6-pro-chernyj" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-5x-a1-zolotistyj" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-pocophone-f1-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-5-pro-chernyj" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-4x-bordovyj" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-6a-bordovyj" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-5x-a1-sinij" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-go-chernyj" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-go-bordovyj" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-go-zolotistyj" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-8-chernyj" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-8-chernyj" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-8-krasnyj" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-8a-zolotistyj" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-8a-chernyj" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-note-10-chernyj" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-note-10-krasnyj" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-mix-2-bordovyj" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-5-krasnyj" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-5a-krasnyj" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-8-bordovyj" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-8a-sinij" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-note-10-lite-bordovyj" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-note-10-lite-zolotistyj" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9-bordovyj" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9-zolotistyj" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9-krasnyj" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9a-zolotistyj" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9a-krasnyj" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9a-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9a-chernyj" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9c-10a-krasnyj" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m3-krasnyj" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m3-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x3-x3-pro-krasnyj" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi10t-lite-zolotistyj" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi10t-lite-chernyj" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi10t-10t-pro-zolotistyj" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi10t-10t-pro-krasnyj" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi10t-10t-pro-sinij" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-9t-zolotistyj" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-9t-krasnyj" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-9t-sinij" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m3-bordovyj" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9a-sinij" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f3-bordovyj" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f3-krasnyj" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi10t-10t-pro-bordovyj" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9t-bordovyj" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-10-pro-5g-bordovyj" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-10-pro-5g-krasnyj" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-10-pro-5g-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-10-pro-5g-sinij" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-10-5g-poco-m3-pro-krasnyj" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-9t-bordovyj" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-10-krasnyj" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-10-sinij" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-pocophone-f1-krasnyj" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-10-krasnyj" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-6x-a2-bordovyj" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-5-plus-bordovyj" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-7-krasnyj" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m4-pro-4g-bordovyj" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m4-pro-4g-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-10c-poco-c40-krasnyj" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-12-12x-bordovyj" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-12-12x-krasnyj" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-12-12x-sinij" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9-sirenevyj" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9a-sirenevyj" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-zte-blade-a71-2021-bordovyj" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-zte-blade-a71-2021-krasnyj" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-zte-blade-a71-2021-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-zte-blade-v30-vita-2021-zolotistyj" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-zte-blade-v30-vita-2021-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x4-gt-bordovyj" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x4-gt-zolotistyj" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x4-gt-krasnyj" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f4-bordovyj" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f4-krasnyj" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f4-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f4-sinij" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x5-pro-zolotistyj" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x5-pro-sinij" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x5-pro-chernyj" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x5-zolotistyj" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x5-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x5-chernyj" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f5-pro-redmi-k60-bordovyj" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f5-pro-redmi-k60-krasnyj" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f5-pro-redmi-k60-chernyj" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f5-krasnyj" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x6-zolotistyj" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x6-chernyj" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x4-pro-bordovyj" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x4-pro-zolotistyj" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x4-pro-krasnyj" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x4-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x4-pro-sinij" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x4-pro-chernyj" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-6-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-7-4g-bordovyj" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-7-4g-krasnyj" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-7-4g-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-7-4g-sinij" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-9-4g-krasnyj" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-9-4g-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-9-4g-sinij" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-9-4g-chernyj" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-9i-4g-krasnyj" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c21y-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c31-zolotistyj" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c31-chernyj" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-10-4g-zolotistyj" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-10-4g-krasnyj" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-10-4g-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-10-4g-chernyj" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c55-bordovyj" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c55-zolotistyj" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c55-krasnyj" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c55-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c55-sinij" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c55-sirenevyj" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c55-chernyj" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-narzo-n55-c55-bordovyj" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-narzo-n55-c55-zolotistyj" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-narzo-n55-c55-krasnyj" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-narzo-n55-c55-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-narzo-n55-c55-sinij" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-narzo-n55-c55-chernyj" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c51-53-zolotistyj" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c51-53-krasnyj" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c51-53-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-11-pro-plus-chernyj" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-11-zolotistyj" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c67-chernyj" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-note-50-zolotistyj" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-11-nfs-bordovyj" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-12-play-krasnyj" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-12-play-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-note-12-pro-bordovyj" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-note-12-pro-zolotistyj" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-note-12-pro-krasnyj" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-note-12-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-note-12-pro-chernyj" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-note-12-vip-bordovyj" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-note-12-vip-krasnyj" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-smart-6-plus-zolotistyj" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-smart-6-plus-krasnyj" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-smart-6-plus-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-smart-6-plus-sinij" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-12-pro-bordovyj" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-12-pro-krasnyj" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-12-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-12-pro-sinij" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-30-play-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-30-zolotistyj" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-30i-zolotistyj" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-smart-7-zolotistyj" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-40-40-pro-zolotistyj" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-40-40-pro-chernyj" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-40i-zolotistyj" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-smart-7-plus-zolotistyj" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-smart-7-plus-chernyj" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-smart-8-zolotistyj" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pop-6-pro-bordovyj" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pop-6-pro-krasnyj" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pop-6-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pop-6-pro-sinij" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-2-bordovyj" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-2-krasnyj" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-2-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-3-bordovyj" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-3-krasnyj" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-3-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-3-sinij" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-neo-2-krasnyj" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-neo-2-sinij" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-6-go-bordovyj" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-6-go-krasnyj" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-6-go-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-8p-krasnyj" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-9-pro-bordovyj" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-9-pro-krasnyj" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-9-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-9-pro-sinij" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-19-neo-bordovyj" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-19-neo-krasnyj" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-19-neo-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-19-krasnyj" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-19-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-4-pro-bordovyj" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-4-pro-krasnyj" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-4-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-4-sinij" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-go-2023-sinij" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-10-4g-bordovyj" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-10-4g-zolotistyj" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-10-4g-sinij" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-10-4g-chernyj" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-10c-zolotistyj" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-18-bordovyj" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-18-krasnyj" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-18-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-20-pro-5g-chernyj" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-20-zolotistyj" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-5-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-5-chernyj" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-neo-3-chernyj" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-10-pro-sinij" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-20-pro-zolotistyj" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-20-zolotistyj" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17-chernyj" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17k-chernyj" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17-bordovyj" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17-krasnyj" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17-sinij" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17k-bordovyj" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17k-zolotistyj" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17k-krasnyj" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17k-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17k-sinij" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a54-bordovyj" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a54-sinij" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a57s-zolotistyj" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a57s-krasnyj" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a57s-sinij" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a57s-chernyj" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-itel-a27-a551-p17-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-itel-vision-3-plus-p682lpn-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-t1-4g-2022-bordovyj" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-t1-4g-2022-krasnyj" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-t1-4g-2022-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y1s-2020-bordovyj" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y1s-2020-zolotistyj" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y1s-2020-krasnyj" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y1s-2020-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y21-y33s-2021-bordovyj" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y21-y33s-2021-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y22-2022-krasnyj" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y22-2022-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y22-2022-sinij" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y35-2022-bordovyj" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y35-2022-rozovo-zolotistyj" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <sheetPr>
     <outlinePr summaryBelow="0"/>
   </sheetPr>
-  <dimension ref="A1:N975"/>
+  <dimension ref="A1:N988"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="7" topLeftCell="A8" state="frozen" activePane="bottomLeft"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="1"/>
     <col min="2" max="2" width="44" customWidth="1"/>
     <col min="3" max="3" width="9" customWidth="1"/>
     <col min="4" max="4" width="9" customWidth="1"/>
     <col min="5" max="5" width="9" customWidth="1"/>
     <col min="6" max="6" width="9" customWidth="1"/>
     <col min="7" max="7" width="9" customWidth="1"/>
     <col min="8" max="8" width="9" customWidth="1"/>
     <col min="10" max="10" hidden="1" width="9.140625" customWidth="1"/>
     <col min="11" max="11" hidden="1" width="9.140625" customWidth="1"/>
     <col min="12" max="12" hidden="1" width="9.140625" customWidth="1"/>
     <col min="13" max="13" hidden="1" width="9.140625" customWidth="1"/>
     <col min="14" max="14" hidden="1" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="H1" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="H2" s="7" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3">
       <c r="H3" s="7" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="H4" s="0" t="s">
         <v>3</v>
       </c>
       <c r="I4" s="0">
         <f>IF( 10000&gt;K4,K4,IF( 20000&gt;L4,L4,IF( 50000&gt;M4,M4,N4)))</f>
       </c>
       <c r="J4" s="0">
-        <f>SUBTOTAL(9,J8:J976)</f>
+        <f>SUBTOTAL(9,J8:J989)</f>
       </c>
       <c r="K4" s="0">
-        <f>SUBTOTAL(9,K8:K976)</f>
+        <f>SUBTOTAL(9,K8:K989)</f>
       </c>
       <c r="L4" s="0">
-        <f>SUBTOTAL(9,L8:L976)</f>
+        <f>SUBTOTAL(9,L8:L989)</f>
       </c>
       <c r="M4" s="0">
-        <f>SUBTOTAL(9,M8:M976)</f>
+        <f>SUBTOTAL(9,M8:M989)</f>
       </c>
       <c r="N4" s="0">
-        <f>SUBTOTAL(9,N8:N976)</f>
+        <f>SUBTOTAL(9,N8:N989)</f>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="8" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D6" s="8" t="s">
         <v>7</v>
       </c>
       <c r="E6" s="8" t="s">
         <v>8</v>
       </c>
       <c r="F6" s="8" t="s">
         <v>9</v>
       </c>
       <c r="G6" s="8" t="s">
         <v>10</v>
       </c>
       <c r="H6" s="8" t="s">
@@ -46576,52 +46654,598 @@
         <v>85</v>
       </c>
       <c r="G975" s="3">
         <v>80</v>
       </c>
       <c r="H975" s="4"/>
       <c r="I975" s="3">
         <f>IF( 10000&gt;K4,K975,IF( 20000&gt;L4,L975,IF( 50000&gt;M4,M975,N975)))</f>
       </c>
       <c r="J975" s="0">
         <f>C975*H975</f>
       </c>
       <c r="K975" s="0">
         <f>D975*H975</f>
       </c>
       <c r="L975" s="0">
         <f>E975*H975</f>
       </c>
       <c r="M975" s="0">
         <f>F975*H975</f>
       </c>
       <c r="N975" s="0">
         <f>G975*H975</f>
       </c>
     </row>
+    <row r="976" outlineLevel="1">
+      <c r="A976" s="2" t="s">
+        <v>1944</v>
+      </c>
+      <c r="B976" s="5" t="s">
+        <v>1945</v>
+      </c>
+      <c r="C976" s="3">
+        <v>80</v>
+      </c>
+      <c r="D976" s="3">
+        <v>95</v>
+      </c>
+      <c r="E976" s="3">
+        <v>90</v>
+      </c>
+      <c r="F976" s="3">
+        <v>85</v>
+      </c>
+      <c r="G976" s="3">
+        <v>80</v>
+      </c>
+      <c r="H976" s="4"/>
+      <c r="I976" s="3">
+        <f>IF( 10000&gt;K4,K976,IF( 20000&gt;L4,L976,IF( 50000&gt;M4,M976,N976)))</f>
+      </c>
+      <c r="J976" s="0">
+        <f>C976*H976</f>
+      </c>
+      <c r="K976" s="0">
+        <f>D976*H976</f>
+      </c>
+      <c r="L976" s="0">
+        <f>E976*H976</f>
+      </c>
+      <c r="M976" s="0">
+        <f>F976*H976</f>
+      </c>
+      <c r="N976" s="0">
+        <f>G976*H976</f>
+      </c>
+    </row>
+    <row r="977" outlineLevel="1">
+      <c r="A977" s="2" t="s">
+        <v>1946</v>
+      </c>
+      <c r="B977" s="5" t="s">
+        <v>1947</v>
+      </c>
+      <c r="C977" s="3">
+        <v>80</v>
+      </c>
+      <c r="D977" s="3">
+        <v>95</v>
+      </c>
+      <c r="E977" s="3">
+        <v>90</v>
+      </c>
+      <c r="F977" s="3">
+        <v>85</v>
+      </c>
+      <c r="G977" s="3">
+        <v>80</v>
+      </c>
+      <c r="H977" s="4"/>
+      <c r="I977" s="3">
+        <f>IF( 10000&gt;K4,K977,IF( 20000&gt;L4,L977,IF( 50000&gt;M4,M977,N977)))</f>
+      </c>
+      <c r="J977" s="0">
+        <f>C977*H977</f>
+      </c>
+      <c r="K977" s="0">
+        <f>D977*H977</f>
+      </c>
+      <c r="L977" s="0">
+        <f>E977*H977</f>
+      </c>
+      <c r="M977" s="0">
+        <f>F977*H977</f>
+      </c>
+      <c r="N977" s="0">
+        <f>G977*H977</f>
+      </c>
+    </row>
+    <row r="978" outlineLevel="1">
+      <c r="A978" s="2" t="s">
+        <v>1948</v>
+      </c>
+      <c r="B978" s="5" t="s">
+        <v>1949</v>
+      </c>
+      <c r="C978" s="3">
+        <v>80</v>
+      </c>
+      <c r="D978" s="3">
+        <v>95</v>
+      </c>
+      <c r="E978" s="3">
+        <v>90</v>
+      </c>
+      <c r="F978" s="3">
+        <v>85</v>
+      </c>
+      <c r="G978" s="3">
+        <v>80</v>
+      </c>
+      <c r="H978" s="4"/>
+      <c r="I978" s="3">
+        <f>IF( 10000&gt;K4,K978,IF( 20000&gt;L4,L978,IF( 50000&gt;M4,M978,N978)))</f>
+      </c>
+      <c r="J978" s="0">
+        <f>C978*H978</f>
+      </c>
+      <c r="K978" s="0">
+        <f>D978*H978</f>
+      </c>
+      <c r="L978" s="0">
+        <f>E978*H978</f>
+      </c>
+      <c r="M978" s="0">
+        <f>F978*H978</f>
+      </c>
+      <c r="N978" s="0">
+        <f>G978*H978</f>
+      </c>
+    </row>
+    <row r="979" outlineLevel="1">
+      <c r="A979" s="2" t="s">
+        <v>1950</v>
+      </c>
+      <c r="B979" s="5" t="s">
+        <v>1951</v>
+      </c>
+      <c r="C979" s="3">
+        <v>80</v>
+      </c>
+      <c r="D979" s="3">
+        <v>95</v>
+      </c>
+      <c r="E979" s="3">
+        <v>90</v>
+      </c>
+      <c r="F979" s="3">
+        <v>85</v>
+      </c>
+      <c r="G979" s="3">
+        <v>80</v>
+      </c>
+      <c r="H979" s="4"/>
+      <c r="I979" s="3">
+        <f>IF( 10000&gt;K4,K979,IF( 20000&gt;L4,L979,IF( 50000&gt;M4,M979,N979)))</f>
+      </c>
+      <c r="J979" s="0">
+        <f>C979*H979</f>
+      </c>
+      <c r="K979" s="0">
+        <f>D979*H979</f>
+      </c>
+      <c r="L979" s="0">
+        <f>E979*H979</f>
+      </c>
+      <c r="M979" s="0">
+        <f>F979*H979</f>
+      </c>
+      <c r="N979" s="0">
+        <f>G979*H979</f>
+      </c>
+    </row>
+    <row r="980" outlineLevel="1">
+      <c r="A980" s="2" t="s">
+        <v>1952</v>
+      </c>
+      <c r="B980" s="5" t="s">
+        <v>1953</v>
+      </c>
+      <c r="C980" s="3">
+        <v>80</v>
+      </c>
+      <c r="D980" s="3">
+        <v>95</v>
+      </c>
+      <c r="E980" s="3">
+        <v>90</v>
+      </c>
+      <c r="F980" s="3">
+        <v>85</v>
+      </c>
+      <c r="G980" s="3">
+        <v>80</v>
+      </c>
+      <c r="H980" s="4"/>
+      <c r="I980" s="3">
+        <f>IF( 10000&gt;K4,K980,IF( 20000&gt;L4,L980,IF( 50000&gt;M4,M980,N980)))</f>
+      </c>
+      <c r="J980" s="0">
+        <f>C980*H980</f>
+      </c>
+      <c r="K980" s="0">
+        <f>D980*H980</f>
+      </c>
+      <c r="L980" s="0">
+        <f>E980*H980</f>
+      </c>
+      <c r="M980" s="0">
+        <f>F980*H980</f>
+      </c>
+      <c r="N980" s="0">
+        <f>G980*H980</f>
+      </c>
+    </row>
+    <row r="981" outlineLevel="1">
+      <c r="A981" s="2" t="s">
+        <v>1954</v>
+      </c>
+      <c r="B981" s="5" t="s">
+        <v>1955</v>
+      </c>
+      <c r="C981" s="3">
+        <v>80</v>
+      </c>
+      <c r="D981" s="3">
+        <v>95</v>
+      </c>
+      <c r="E981" s="3">
+        <v>90</v>
+      </c>
+      <c r="F981" s="3">
+        <v>85</v>
+      </c>
+      <c r="G981" s="3">
+        <v>80</v>
+      </c>
+      <c r="H981" s="4"/>
+      <c r="I981" s="3">
+        <f>IF( 10000&gt;K4,K981,IF( 20000&gt;L4,L981,IF( 50000&gt;M4,M981,N981)))</f>
+      </c>
+      <c r="J981" s="0">
+        <f>C981*H981</f>
+      </c>
+      <c r="K981" s="0">
+        <f>D981*H981</f>
+      </c>
+      <c r="L981" s="0">
+        <f>E981*H981</f>
+      </c>
+      <c r="M981" s="0">
+        <f>F981*H981</f>
+      </c>
+      <c r="N981" s="0">
+        <f>G981*H981</f>
+      </c>
+    </row>
+    <row r="982" outlineLevel="1">
+      <c r="A982" s="2" t="s">
+        <v>1956</v>
+      </c>
+      <c r="B982" s="5" t="s">
+        <v>1957</v>
+      </c>
+      <c r="C982" s="3">
+        <v>80</v>
+      </c>
+      <c r="D982" s="3">
+        <v>95</v>
+      </c>
+      <c r="E982" s="3">
+        <v>90</v>
+      </c>
+      <c r="F982" s="3">
+        <v>85</v>
+      </c>
+      <c r="G982" s="3">
+        <v>80</v>
+      </c>
+      <c r="H982" s="4"/>
+      <c r="I982" s="3">
+        <f>IF( 10000&gt;K4,K982,IF( 20000&gt;L4,L982,IF( 50000&gt;M4,M982,N982)))</f>
+      </c>
+      <c r="J982" s="0">
+        <f>C982*H982</f>
+      </c>
+      <c r="K982" s="0">
+        <f>D982*H982</f>
+      </c>
+      <c r="L982" s="0">
+        <f>E982*H982</f>
+      </c>
+      <c r="M982" s="0">
+        <f>F982*H982</f>
+      </c>
+      <c r="N982" s="0">
+        <f>G982*H982</f>
+      </c>
+    </row>
+    <row r="983" outlineLevel="1">
+      <c r="A983" s="2" t="s">
+        <v>1958</v>
+      </c>
+      <c r="B983" s="5" t="s">
+        <v>1959</v>
+      </c>
+      <c r="C983" s="3">
+        <v>80</v>
+      </c>
+      <c r="D983" s="3">
+        <v>95</v>
+      </c>
+      <c r="E983" s="3">
+        <v>90</v>
+      </c>
+      <c r="F983" s="3">
+        <v>85</v>
+      </c>
+      <c r="G983" s="3">
+        <v>80</v>
+      </c>
+      <c r="H983" s="4"/>
+      <c r="I983" s="3">
+        <f>IF( 10000&gt;K4,K983,IF( 20000&gt;L4,L983,IF( 50000&gt;M4,M983,N983)))</f>
+      </c>
+      <c r="J983" s="0">
+        <f>C983*H983</f>
+      </c>
+      <c r="K983" s="0">
+        <f>D983*H983</f>
+      </c>
+      <c r="L983" s="0">
+        <f>E983*H983</f>
+      </c>
+      <c r="M983" s="0">
+        <f>F983*H983</f>
+      </c>
+      <c r="N983" s="0">
+        <f>G983*H983</f>
+      </c>
+    </row>
+    <row r="984" outlineLevel="1">
+      <c r="A984" s="2" t="s">
+        <v>1960</v>
+      </c>
+      <c r="B984" s="5" t="s">
+        <v>1961</v>
+      </c>
+      <c r="C984" s="3">
+        <v>80</v>
+      </c>
+      <c r="D984" s="3">
+        <v>95</v>
+      </c>
+      <c r="E984" s="3">
+        <v>90</v>
+      </c>
+      <c r="F984" s="3">
+        <v>85</v>
+      </c>
+      <c r="G984" s="3">
+        <v>80</v>
+      </c>
+      <c r="H984" s="4"/>
+      <c r="I984" s="3">
+        <f>IF( 10000&gt;K4,K984,IF( 20000&gt;L4,L984,IF( 50000&gt;M4,M984,N984)))</f>
+      </c>
+      <c r="J984" s="0">
+        <f>C984*H984</f>
+      </c>
+      <c r="K984" s="0">
+        <f>D984*H984</f>
+      </c>
+      <c r="L984" s="0">
+        <f>E984*H984</f>
+      </c>
+      <c r="M984" s="0">
+        <f>F984*H984</f>
+      </c>
+      <c r="N984" s="0">
+        <f>G984*H984</f>
+      </c>
+    </row>
+    <row r="985" outlineLevel="1">
+      <c r="A985" s="2" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B985" s="5" t="s">
+        <v>1963</v>
+      </c>
+      <c r="C985" s="3">
+        <v>80</v>
+      </c>
+      <c r="D985" s="3">
+        <v>95</v>
+      </c>
+      <c r="E985" s="3">
+        <v>90</v>
+      </c>
+      <c r="F985" s="3">
+        <v>85</v>
+      </c>
+      <c r="G985" s="3">
+        <v>80</v>
+      </c>
+      <c r="H985" s="4"/>
+      <c r="I985" s="3">
+        <f>IF( 10000&gt;K4,K985,IF( 20000&gt;L4,L985,IF( 50000&gt;M4,M985,N985)))</f>
+      </c>
+      <c r="J985" s="0">
+        <f>C985*H985</f>
+      </c>
+      <c r="K985" s="0">
+        <f>D985*H985</f>
+      </c>
+      <c r="L985" s="0">
+        <f>E985*H985</f>
+      </c>
+      <c r="M985" s="0">
+        <f>F985*H985</f>
+      </c>
+      <c r="N985" s="0">
+        <f>G985*H985</f>
+      </c>
+    </row>
+    <row r="986" outlineLevel="1">
+      <c r="A986" s="2" t="s">
+        <v>1964</v>
+      </c>
+      <c r="B986" s="5" t="s">
+        <v>1965</v>
+      </c>
+      <c r="C986" s="3">
+        <v>80</v>
+      </c>
+      <c r="D986" s="3">
+        <v>95</v>
+      </c>
+      <c r="E986" s="3">
+        <v>90</v>
+      </c>
+      <c r="F986" s="3">
+        <v>85</v>
+      </c>
+      <c r="G986" s="3">
+        <v>80</v>
+      </c>
+      <c r="H986" s="4"/>
+      <c r="I986" s="3">
+        <f>IF( 10000&gt;K4,K986,IF( 20000&gt;L4,L986,IF( 50000&gt;M4,M986,N986)))</f>
+      </c>
+      <c r="J986" s="0">
+        <f>C986*H986</f>
+      </c>
+      <c r="K986" s="0">
+        <f>D986*H986</f>
+      </c>
+      <c r="L986" s="0">
+        <f>E986*H986</f>
+      </c>
+      <c r="M986" s="0">
+        <f>F986*H986</f>
+      </c>
+      <c r="N986" s="0">
+        <f>G986*H986</f>
+      </c>
+    </row>
+    <row r="987" outlineLevel="1">
+      <c r="A987" s="2" t="s">
+        <v>1966</v>
+      </c>
+      <c r="B987" s="5" t="s">
+        <v>1967</v>
+      </c>
+      <c r="C987" s="3">
+        <v>80</v>
+      </c>
+      <c r="D987" s="3">
+        <v>95</v>
+      </c>
+      <c r="E987" s="3">
+        <v>90</v>
+      </c>
+      <c r="F987" s="3">
+        <v>85</v>
+      </c>
+      <c r="G987" s="3">
+        <v>80</v>
+      </c>
+      <c r="H987" s="4"/>
+      <c r="I987" s="3">
+        <f>IF( 10000&gt;K4,K987,IF( 20000&gt;L4,L987,IF( 50000&gt;M4,M987,N987)))</f>
+      </c>
+      <c r="J987" s="0">
+        <f>C987*H987</f>
+      </c>
+      <c r="K987" s="0">
+        <f>D987*H987</f>
+      </c>
+      <c r="L987" s="0">
+        <f>E987*H987</f>
+      </c>
+      <c r="M987" s="0">
+        <f>F987*H987</f>
+      </c>
+      <c r="N987" s="0">
+        <f>G987*H987</f>
+      </c>
+    </row>
+    <row r="988" outlineLevel="1">
+      <c r="A988" s="2" t="s">
+        <v>1968</v>
+      </c>
+      <c r="B988" s="5" t="s">
+        <v>1969</v>
+      </c>
+      <c r="C988" s="3">
+        <v>80</v>
+      </c>
+      <c r="D988" s="3">
+        <v>95</v>
+      </c>
+      <c r="E988" s="3">
+        <v>90</v>
+      </c>
+      <c r="F988" s="3">
+        <v>85</v>
+      </c>
+      <c r="G988" s="3">
+        <v>80</v>
+      </c>
+      <c r="H988" s="4"/>
+      <c r="I988" s="3">
+        <f>IF( 10000&gt;K4,K988,IF( 20000&gt;L4,L988,IF( 50000&gt;M4,M988,N988)))</f>
+      </c>
+      <c r="J988" s="0">
+        <f>C988*H988</f>
+      </c>
+      <c r="K988" s="0">
+        <f>D988*H988</f>
+      </c>
+      <c r="L988" s="0">
+        <f>E988*H988</f>
+      </c>
+      <c r="M988" s="0">
+        <f>F988*H988</f>
+      </c>
+      <c r="N988" s="0">
+        <f>G988*H988</f>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="B7:I976"/>
+  <autoFilter ref="B7:I989"/>
   <mergeCells>
     <mergeCell ref="H2:I2"/>
     <mergeCell ref="H3:I3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B9" r:id="rId3"/>
     <hyperlink ref="B10" r:id="rId4"/>
     <hyperlink ref="B11" r:id="rId5"/>
     <hyperlink ref="B12" r:id="rId6"/>
     <hyperlink ref="B13" r:id="rId7"/>
     <hyperlink ref="B14" r:id="rId8"/>
     <hyperlink ref="B15" r:id="rId9"/>
     <hyperlink ref="B16" r:id="rId10"/>
     <hyperlink ref="B17" r:id="rId11"/>
     <hyperlink ref="B18" r:id="rId12"/>
     <hyperlink ref="B19" r:id="rId13"/>
     <hyperlink ref="B20" r:id="rId14"/>
     <hyperlink ref="B21" r:id="rId15"/>
     <hyperlink ref="B22" r:id="rId16"/>
     <hyperlink ref="B23" r:id="rId17"/>
     <hyperlink ref="B24" r:id="rId18"/>
     <hyperlink ref="B25" r:id="rId19"/>
     <hyperlink ref="B26" r:id="rId20"/>
     <hyperlink ref="B27" r:id="rId21"/>
     <hyperlink ref="B28" r:id="rId22"/>
@@ -47546,34 +48170,47 @@
     <hyperlink ref="B951" r:id="rId941"/>
     <hyperlink ref="B952" r:id="rId942"/>
     <hyperlink ref="B953" r:id="rId943"/>
     <hyperlink ref="B954" r:id="rId944"/>
     <hyperlink ref="B955" r:id="rId945"/>
     <hyperlink ref="B956" r:id="rId946"/>
     <hyperlink ref="B957" r:id="rId947"/>
     <hyperlink ref="B958" r:id="rId948"/>
     <hyperlink ref="B959" r:id="rId949"/>
     <hyperlink ref="B960" r:id="rId950"/>
     <hyperlink ref="B961" r:id="rId951"/>
     <hyperlink ref="B962" r:id="rId952"/>
     <hyperlink ref="B963" r:id="rId953"/>
     <hyperlink ref="B964" r:id="rId954"/>
     <hyperlink ref="B965" r:id="rId955"/>
     <hyperlink ref="B966" r:id="rId956"/>
     <hyperlink ref="B967" r:id="rId957"/>
     <hyperlink ref="B968" r:id="rId958"/>
     <hyperlink ref="B969" r:id="rId959"/>
     <hyperlink ref="B970" r:id="rId960"/>
     <hyperlink ref="B971" r:id="rId961"/>
     <hyperlink ref="B972" r:id="rId962"/>
     <hyperlink ref="B973" r:id="rId963"/>
     <hyperlink ref="B974" r:id="rId964"/>
     <hyperlink ref="B975" r:id="rId965"/>
+    <hyperlink ref="B976" r:id="rId966"/>
+    <hyperlink ref="B977" r:id="rId967"/>
+    <hyperlink ref="B978" r:id="rId968"/>
+    <hyperlink ref="B979" r:id="rId969"/>
+    <hyperlink ref="B980" r:id="rId970"/>
+    <hyperlink ref="B981" r:id="rId971"/>
+    <hyperlink ref="B982" r:id="rId972"/>
+    <hyperlink ref="B983" r:id="rId973"/>
+    <hyperlink ref="B984" r:id="rId974"/>
+    <hyperlink ref="B985" r:id="rId975"/>
+    <hyperlink ref="B986" r:id="rId976"/>
+    <hyperlink ref="B987" r:id="rId977"/>
+    <hyperlink ref="B988" r:id="rId978"/>
   </hyperlinks>
   <headerFooter differentFirst="1" differentOddEven="1">
-    <oddHeader>&amp;RДата формирования прайса: 07.12.2025 17:45</oddHeader>
-[...1 lines deleted...]
-    <firstHeader>&amp;RДата формирования прайса: 07.12.2025 17:45</firstHeader>
+    <oddHeader>&amp;RДата формирования прайса: 12.12.2025 17:10</oddHeader>
+    <evenHeader>&amp;RДата формирования прайса: 12.12.2025 17:10</evenHeader>
+    <firstHeader>&amp;RДата формирования прайса: 12.12.2025 17:10</firstHeader>
   </headerFooter>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>