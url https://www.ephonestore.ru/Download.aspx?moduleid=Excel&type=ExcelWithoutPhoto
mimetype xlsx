--- v1 (2025-12-13)
+++ v2 (2025-12-13)
@@ -37,51 +37,51 @@
   <authors>
     <d:author xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">ephonestore.ru</d:author>
   </authors>
   <commentList>
     <comment ref="C6" authorId="0">
       <text>
         <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
           <rPr>
             <sz val="11"/>
             <rFont val="Calibri"/>
           </rPr>
           <t xml:space="preserve">Рекомендуемая розничная цена</t>
         </d:r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1970" uniqueCount="1970">
   <si>
     <t>Прайс сформирован:</t>
   </si>
   <si>
-    <t>12.12.2025 17:10</t>
+    <t>13.12.2025 17:21</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Итого:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Наименование товара</t>
   </si>
   <si>
     <t>РРЦ</t>
   </si>
   <si>
     <t>Опт 1</t>
   </si>
   <si>
     <t>Опт 2</t>
   </si>
   <si>
     <t>Опт 3</t>
   </si>
@@ -48185,32 +48185,32 @@
     <hyperlink ref="B966" r:id="rId956"/>
     <hyperlink ref="B967" r:id="rId957"/>
     <hyperlink ref="B968" r:id="rId958"/>
     <hyperlink ref="B969" r:id="rId959"/>
     <hyperlink ref="B970" r:id="rId960"/>
     <hyperlink ref="B971" r:id="rId961"/>
     <hyperlink ref="B972" r:id="rId962"/>
     <hyperlink ref="B973" r:id="rId963"/>
     <hyperlink ref="B974" r:id="rId964"/>
     <hyperlink ref="B975" r:id="rId965"/>
     <hyperlink ref="B976" r:id="rId966"/>
     <hyperlink ref="B977" r:id="rId967"/>
     <hyperlink ref="B978" r:id="rId968"/>
     <hyperlink ref="B979" r:id="rId969"/>
     <hyperlink ref="B980" r:id="rId970"/>
     <hyperlink ref="B981" r:id="rId971"/>
     <hyperlink ref="B982" r:id="rId972"/>
     <hyperlink ref="B983" r:id="rId973"/>
     <hyperlink ref="B984" r:id="rId974"/>
     <hyperlink ref="B985" r:id="rId975"/>
     <hyperlink ref="B986" r:id="rId976"/>
     <hyperlink ref="B987" r:id="rId977"/>
     <hyperlink ref="B988" r:id="rId978"/>
   </hyperlinks>
   <headerFooter differentFirst="1" differentOddEven="1">
-    <oddHeader>&amp;RДата формирования прайса: 12.12.2025 17:10</oddHeader>
-[...1 lines deleted...]
-    <firstHeader>&amp;RДата формирования прайса: 12.12.2025 17:10</firstHeader>
+    <oddHeader>&amp;RДата формирования прайса: 13.12.2025 17:21</oddHeader>
+    <evenHeader>&amp;RДата формирования прайса: 13.12.2025 17:21</evenHeader>
+    <firstHeader>&amp;RДата формирования прайса: 13.12.2025 17:21</firstHeader>
   </headerFooter>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>