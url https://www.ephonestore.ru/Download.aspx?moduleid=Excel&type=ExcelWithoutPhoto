--- v2 (2025-12-13)
+++ v3 (2026-02-03)
@@ -2,86 +2,86 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml" PartName="/xl/comments1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing" PartName="/xl/drawings/vmlDrawing1.vml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Price" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Price'!$B$7:$I$989</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Price'!$B$7:$I$844</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Price'!$6:$9</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Price'!$A$1:$I$988</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Price'!$A$1:$I$843</definedName>
   </definedNames>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <authors>
     <d:author xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">ephonestore.ru</d:author>
   </authors>
   <commentList>
     <comment ref="C6" authorId="0">
       <text>
         <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
           <rPr>
             <sz val="11"/>
             <rFont val="Calibri"/>
           </rPr>
           <t xml:space="preserve">Рекомендуемая розничная цена</t>
         </d:r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1970" uniqueCount="1970">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1680" uniqueCount="1680">
   <si>
     <t>Прайс сформирован:</t>
   </si>
   <si>
-    <t>13.12.2025 17:21</t>
+    <t>03.02.2026 10:17</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Итого:</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Наименование товара</t>
   </si>
   <si>
     <t>РРЦ</t>
   </si>
   <si>
     <t>Опт 1</t>
   </si>
   <si>
     <t>Опт 2</t>
   </si>
   <si>
     <t>Опт 3</t>
   </si>
@@ -277,275 +277,215 @@
   <si>
     <t>23984</t>
   </si>
   <si>
     <t>Bluetooth гарнитура Denmen DL05 белая</t>
   </si>
   <si>
     <t>23985</t>
   </si>
   <si>
     <t>Bluetooth гарнитура Denmen DL05 черная</t>
   </si>
   <si>
     <t>Защита дисплея</t>
   </si>
   <si>
     <t>00096</t>
   </si>
   <si>
     <t>Защитное стекло Glass Protector в ассортименте</t>
   </si>
   <si>
     <t>Торговое оборудование</t>
   </si>
   <si>
-    <t>25045</t>
-[...4 lines deleted...]
-  <si>
     <t>01544</t>
   </si>
   <si>
     <t>Коробка для противоударных стёкол картонная белая</t>
   </si>
   <si>
     <t>Чехлы для смартфонов</t>
   </si>
   <si>
     <t>27851</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Huawei Honor X7 прозрачная</t>
   </si>
   <si>
     <t>27852</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Huawei P-Smart 2019 прозрачная</t>
   </si>
   <si>
     <t>27946</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Huawei Honor X7A прозрачная</t>
   </si>
   <si>
     <t>27948</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Huawei Honor X9A прозрачная</t>
   </si>
   <si>
     <t>28130</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером и усиленными углами для Huawei Honor X9 прозрачная</t>
   </si>
   <si>
     <t>28133</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером и усиленными углами для Huawei Y5 2018/Honor 7A прозрачная</t>
   </si>
   <si>
-    <t>28134</t>
-[...10 lines deleted...]
-  <si>
     <t>28335</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Huawei Nova Y70 зеленая</t>
   </si>
   <si>
     <t>28339</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Huawei Nova Y70 черная</t>
   </si>
   <si>
-    <t>28342</t>
-[...4 lines deleted...]
-  <si>
     <t>28347</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Huawei P Smart Z/Honor 9X зеленая</t>
   </si>
   <si>
     <t>28348</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Huawei P Smart Z/Honor 9X розовая</t>
   </si>
   <si>
     <t>28351</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Huawei P Smart Z/Honor 9X черная</t>
   </si>
   <si>
     <t>28352</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Huawei Y5 2018/Honor 7A бежевая</t>
   </si>
   <si>
     <t>28353</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Huawei Y5 2018/Honor 7A зеленая</t>
   </si>
   <si>
     <t>28354</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Huawei Y5 2018/Honor 7A розовая</t>
   </si>
   <si>
     <t>28356</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Huawei Y5 2018/Honor 7A сиреневая</t>
   </si>
   <si>
     <t>28358</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Huawei Y6 2019/Honor 8A бежевая</t>
   </si>
   <si>
-    <t>28361</t>
-[...4 lines deleted...]
-  <si>
     <t>29016</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером и усиленными углами для Huawei Honor X7A прозрачная</t>
   </si>
   <si>
     <t>29262</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Huawei Honor X7 бежевая</t>
   </si>
   <si>
-    <t>29270</t>
-[...10 lines deleted...]
-  <si>
     <t>29277</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Huawei Honor X8 2022 синяя</t>
   </si>
   <si>
     <t>29281</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Huawei Honor X8A зеленая</t>
   </si>
   <si>
-    <t>29282</t>
-[...4 lines deleted...]
-  <si>
     <t>29286</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Huawei Honor X9A бежевая</t>
   </si>
   <si>
     <t>29287</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Huawei Honor X9A зеленая</t>
   </si>
   <si>
     <t>29289</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Huawei Honor X9A синяя</t>
   </si>
   <si>
-    <t>29799</t>
-[...4 lines deleted...]
-  <si>
     <t>29803</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Huawei Honor X8 2022 зеленая</t>
   </si>
   <si>
     <t>29804</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Huawei Honor X8 2022 красная</t>
   </si>
   <si>
     <t>29806</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Huawei Honor X8 2022 синяя</t>
   </si>
   <si>
-    <t>29808</t>
-[...4 lines deleted...]
-  <si>
     <t>29814</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Huawei Honor X7A сиреневая</t>
   </si>
   <si>
     <t>29828</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Huawei Honor X9A сиреневая</t>
   </si>
   <si>
     <t>29853</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Huawei Y5 2018/Honor 7A красная</t>
   </si>
   <si>
     <t>29857</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Huawei Y5 2018/Honor 7A черная</t>
   </si>
   <si>
     <t>29858</t>
@@ -568,68 +508,56 @@
   <si>
     <t>30668</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Huawei Honor X5 прозрачная</t>
   </si>
   <si>
     <t>30756</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером и усиленными углами для Huawei Honor 90 прозрачная</t>
   </si>
   <si>
     <t>31188</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Huawei Honor X7B прозрачная</t>
   </si>
   <si>
     <t>31214</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Huawei Honor 90 красная</t>
   </si>
   <si>
-    <t>31215</t>
-[...4 lines deleted...]
-  <si>
     <t>31218</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Huawei Honor 90 черная</t>
   </si>
   <si>
-    <t>31219</t>
-[...4 lines deleted...]
-  <si>
     <t>18157</t>
   </si>
   <si>
     <t>Накладка пластиковая с силиконовой окантовкой для Huawei P40 красная</t>
   </si>
   <si>
     <t>18159</t>
   </si>
   <si>
     <t>Накладка пластиковая с силиконовой окантовкой для Huawei P40 хаки</t>
   </si>
   <si>
     <t>25985</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Huawei Honor X8 2022 прозрачная</t>
   </si>
   <si>
     <t>25988</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Huawei Y5 2018/Honor 7A прозрачная</t>
   </si>
   <si>
     <t>25989</t>
@@ -724,326 +652,248 @@
   <si>
     <t>28245</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Apple iPhone 12 Pro зеленая</t>
   </si>
   <si>
     <t>28246</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Apple iPhone 12 Pro розовая</t>
   </si>
   <si>
     <t>28248</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Apple iPhone 12 Pro сиреневая</t>
   </si>
   <si>
     <t>28251</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Apple iPhone 12 зеленая</t>
   </si>
   <si>
-    <t>28258</t>
-[...10 lines deleted...]
-  <si>
     <t>28266</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Apple iPhone 13 Pro Max сиреневая</t>
   </si>
   <si>
     <t>28268</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Apple iPhone 13 Pro бежевая</t>
   </si>
   <si>
     <t>28270</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Apple iPhone 13 Pro розовая</t>
   </si>
   <si>
-    <t>28273</t>
-[...4 lines deleted...]
-  <si>
     <t>28274</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Apple iPhone 13 бежевая</t>
   </si>
   <si>
-    <t>28280</t>
-[...4 lines deleted...]
-  <si>
     <t>28290</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Apple iPhone 14 Pro Max сиреневая</t>
   </si>
   <si>
     <t>28291</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Apple iPhone 14 Pro Max черная</t>
   </si>
   <si>
     <t>28292</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Apple iPhone 14 Pro бежевая</t>
   </si>
   <si>
     <t>28294</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Apple iPhone 14 Pro розовая</t>
   </si>
   <si>
     <t>28296</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Apple iPhone 14 Pro сиреневая</t>
   </si>
   <si>
     <t>28309</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Apple iPhone 6/6S черная</t>
   </si>
   <si>
     <t>28311</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Apple iPhone 7/8/SE 2020 зеленая</t>
   </si>
   <si>
     <t>28321</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Apple iPhone X/XS черная</t>
   </si>
   <si>
-    <t>29535</t>
-[...4 lines deleted...]
-  <si>
     <t>29579</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Apple iPhone 15 Pro Max бежевая</t>
   </si>
   <si>
     <t>29592</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Apple iPhone 15 Ultra зеленая</t>
   </si>
   <si>
     <t>29581</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Apple iPhone 15 Pro Max розовая</t>
   </si>
   <si>
     <t>29583</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Apple iPhone 15 Pro Max сиреневая</t>
   </si>
   <si>
-    <t>29591</t>
-[...4 lines deleted...]
-  <si>
     <t>29600</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Apple iPhone 15 синяя</t>
   </si>
   <si>
     <t>29643</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Apple iPhone 11 Pro Max красная</t>
   </si>
   <si>
-    <t>29645</t>
-[...4 lines deleted...]
-  <si>
     <t>29650</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Apple iPhone 11 Pro красная</t>
   </si>
   <si>
     <t>29671</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Apple iPhone 12 Pro Max красная</t>
   </si>
   <si>
-    <t>29674</t>
-[...4 lines deleted...]
-  <si>
     <t>29678</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Apple iPhone 12 Pro красная</t>
   </si>
   <si>
     <t>29698</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Apple iPhone 13 Pro Max зеленая</t>
   </si>
   <si>
     <t>29701</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Apple iPhone 13 Pro Max синяя</t>
   </si>
   <si>
     <t>29705</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Apple iPhone 13 Pro зеленая</t>
   </si>
   <si>
-    <t>29706</t>
-[...4 lines deleted...]
-  <si>
     <t>29708</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Apple iPhone 13 Pro синяя</t>
   </si>
   <si>
-    <t>29710</t>
-[...4 lines deleted...]
-  <si>
     <t>29719</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Apple iPhone 14 Pro Max зеленая</t>
   </si>
   <si>
     <t>29726</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Apple iPhone 14 Pro зеленая</t>
   </si>
   <si>
     <t>29727</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Apple iPhone 14 Pro красная</t>
   </si>
   <si>
     <t>29729</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Apple iPhone 14 Pro синяя</t>
   </si>
   <si>
-    <t>29730</t>
-[...4 lines deleted...]
-  <si>
     <t>29731</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Apple iPhone 14 Pro черная</t>
   </si>
   <si>
     <t>29762</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Apple iPhone 6/6S красная</t>
   </si>
   <si>
     <t>29769</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Apple iPhone 7/8/SE 2020 красная</t>
   </si>
   <si>
     <t>29776</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Apple iPhone X/XS красная</t>
   </si>
   <si>
-    <t>14719</t>
-[...10 lines deleted...]
-  <si>
     <t>25972</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Apple iPhone 12 Pro прозрачная</t>
   </si>
   <si>
     <t>25973</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Apple iPhone 12 прозрачная</t>
   </si>
   <si>
     <t>25975</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Apple iPhone 13 Pro Max прозрачная</t>
   </si>
   <si>
     <t>25976</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Apple iPhone 13 Pro прозрачная</t>
   </si>
   <si>
     <t>25978</t>
@@ -1054,56 +904,50 @@
   <si>
     <t>25982</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Apple iPhone Xr прозрачная</t>
   </si>
   <si>
     <t>26885</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Apple iPhone 14 Plus прозрачная</t>
   </si>
   <si>
     <t>26886</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Apple iPhone 14 Pro Max прозрачная</t>
   </si>
   <si>
     <t>26887</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Apple iPhone 14 Pro прозрачная</t>
   </si>
   <si>
-    <t>26888</t>
-[...4 lines deleted...]
-  <si>
     <t>27967</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Samsung Galaxy A24 прозрачная</t>
   </si>
   <si>
     <t>27968</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Samsung Galaxy A34 прозрачная</t>
   </si>
   <si>
     <t>27969</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Samsung Galaxy S23 Plus прозрачная</t>
   </si>
   <si>
     <t>27971</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Samsung Galaxy S23 прозрачная</t>
   </si>
   <si>
     <t>28158</t>
@@ -1114,140 +958,86 @@
   <si>
     <t>28179</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером и усиленными углами для Samsung Galaxy S23 прозрачная</t>
   </si>
   <si>
     <t>28435</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Samsung Galaxy A03 Core черная</t>
   </si>
   <si>
     <t>28436</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Samsung Galaxy A03S бежевая</t>
   </si>
   <si>
     <t>28440</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Samsung Galaxy A03S сиреневая</t>
   </si>
   <si>
-    <t>28460</t>
-[...10 lines deleted...]
-  <si>
     <t>28486</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Samsung Galaxy A34 розовая</t>
   </si>
   <si>
-    <t>28494</t>
-[...4 lines deleted...]
-  <si>
     <t>28496</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Samsung Galaxy A53 бежевая</t>
   </si>
   <si>
     <t>28509</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Samsung Galaxy A73 зеленая</t>
   </si>
   <si>
-    <t>28510</t>
-[...10 lines deleted...]
-  <si>
     <t>28519</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Samsung Galaxy S20FE черная</t>
   </si>
   <si>
-    <t>28520</t>
-[...4 lines deleted...]
-  <si>
     <t>28524</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Samsung Galaxy S21FE сиреневая</t>
   </si>
   <si>
     <t>29025</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером и усиленными углами для Samsung Galaxy A24 прозрачная</t>
   </si>
   <si>
-    <t>29322</t>
-[...16 lines deleted...]
-  <si>
     <t>29328</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Samsung Galaxy A24 бежевая</t>
   </si>
   <si>
     <t>29329</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Samsung Galaxy A24 зеленая</t>
   </si>
   <si>
     <t>29330</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Samsung Galaxy A24 розовая</t>
   </si>
   <si>
     <t>30011</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Samsung Galaxy A13 4G черная</t>
   </si>
   <si>
     <t>30014</t>
@@ -1354,56 +1144,50 @@
   <si>
     <t>30261</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Samsung Galaxy S23 Plus синяя</t>
   </si>
   <si>
     <t>30263</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Samsung Galaxy S23 Plus черная</t>
   </si>
   <si>
     <t>30276</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Samsung Galaxy S23 сиреневая</t>
   </si>
   <si>
     <t>30260</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Samsung Galaxy S23 Plus розовая</t>
   </si>
   <si>
-    <t>30266</t>
-[...4 lines deleted...]
-  <si>
     <t>30272</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Samsung Galaxy S23 зеленая</t>
   </si>
   <si>
     <t>30277</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Samsung Galaxy S23 черная</t>
   </si>
   <si>
     <t>30670</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Samsung Galaxy A05 прозрачная</t>
   </si>
   <si>
     <t>30671</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Samsung Galaxy A05S прозрачная</t>
   </si>
   <si>
     <t>30672</t>
@@ -1468,92 +1252,80 @@
   <si>
     <t>30828</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Samsung Galaxy S24 прозрачная</t>
   </si>
   <si>
     <t>30829</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Samsung Galaxy S24 Ultra прозрачная</t>
   </si>
   <si>
     <t>30830</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Samsung Galaxy S24 Plus прозрачная</t>
   </si>
   <si>
     <t>14051</t>
   </si>
   <si>
     <t>Накладка силиконовая с рисунком на Samsung Galaxy S10 Plus вид 10</t>
   </si>
   <si>
-    <t>25998</t>
-[...4 lines deleted...]
-  <si>
     <t>26007</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Samsung Galaxy A53 прозрачная</t>
   </si>
   <si>
     <t>26008</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Samsung Galaxy A72 прозрачная</t>
   </si>
   <si>
     <t>26009</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Samsung Galaxy A73 прозрачная</t>
   </si>
   <si>
     <t>26011</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Samsung Galaxy S21 Plus прозрачная</t>
   </si>
   <si>
     <t>26013</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Samsung Galaxy S21 прозрачная</t>
   </si>
   <si>
-    <t>26015</t>
-[...4 lines deleted...]
-  <si>
     <t>26016</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Samsung Galaxy S22 Ultra прозрачная</t>
   </si>
   <si>
     <t>26017</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Samsung Galaxy S22 прозрачная</t>
   </si>
   <si>
     <t>27100</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Xiaomi Mi 12T Pro прозрачная</t>
   </si>
   <si>
     <t>27101</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Xiaomi Mi 12T прозрачная</t>
   </si>
   <si>
     <t>27961</t>
@@ -1576,236 +1348,188 @@
   <si>
     <t>27978</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Xiaomi Mi 13 Pro прозрачная</t>
   </si>
   <si>
     <t>27979</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Xiaomi Mi 13 прозрачная</t>
   </si>
   <si>
     <t>28192</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером и усиленными углами для Xiaomi Mi 12 Pro прозрачная</t>
   </si>
   <si>
     <t>28195</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером и усиленными углами для Xiaomi Mi 12T прозрачная</t>
   </si>
   <si>
-    <t>28197</t>
-[...4 lines deleted...]
-  <si>
     <t>28198</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером и усиленными углами для Xiaomi Redmi 9 прозрачная</t>
   </si>
   <si>
     <t>28199</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером и усиленными углами для Xiaomi Redmi 9A прозрачная</t>
   </si>
   <si>
     <t>28200</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером и усиленными углами для Xiaomi Redmi 9C/10A прозрачная</t>
   </si>
   <si>
     <t>28202</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером и усиленными углами для Xiaomi Redmi Note 10 4G/10S/Poco M5S прозрачная</t>
   </si>
   <si>
     <t>28204</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером и усиленными углами для Xiaomi Redmi Note 10 Pro 4G прозрачная</t>
   </si>
   <si>
     <t>28211</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером и усиленными углами для Xiaomi Redmi A1 прозрачная</t>
   </si>
   <si>
     <t>28532</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Xiaomi Mi 11T бежевая</t>
   </si>
   <si>
     <t>28537</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Xiaomi Mi 11T черная</t>
   </si>
   <si>
-    <t>28538</t>
-[...4 lines deleted...]
-  <si>
     <t>28539</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Xiaomi Mi 12 Lite зеленая</t>
   </si>
   <si>
-    <t>28544</t>
-[...4 lines deleted...]
-  <si>
     <t>28545</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Xiaomi Mi 12T Pro зеленая</t>
   </si>
   <si>
     <t>28549</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Xiaomi Mi 12T Pro черная</t>
   </si>
   <si>
-    <t>28550</t>
-[...10 lines deleted...]
-  <si>
     <t>28568</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Xiaomi Redmi 9 бежевая</t>
   </si>
   <si>
     <t>28569</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Xiaomi Redmi 9 зеленая</t>
   </si>
   <si>
     <t>28571</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Xiaomi Redmi 9 синяя</t>
   </si>
   <si>
     <t>28572</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Xiaomi Redmi 9 сиреневая</t>
   </si>
   <si>
     <t>28574</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Xiaomi Redmi 9A бежевая</t>
   </si>
   <si>
-    <t>28576</t>
-[...4 lines deleted...]
-  <si>
     <t>28580</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Xiaomi Redmi 9C/10A бежевая</t>
   </si>
   <si>
     <t>28586</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Xiaomi Redmi A1 Plus/A2 Plus бежевая</t>
   </si>
   <si>
     <t>28598</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Xiaomi Redmi Note 10 Pro 5G бежевая</t>
   </si>
   <si>
     <t>28599</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Xiaomi Redmi Note 10 Pro 5G зеленая</t>
   </si>
   <si>
     <t>28600</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Xiaomi Redmi Note 10 Pro 5G розовая</t>
   </si>
   <si>
-    <t>28601</t>
-[...4 lines deleted...]
-  <si>
     <t>28602</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Xiaomi Redmi Note 10 Pro 5G сиреневая</t>
   </si>
   <si>
     <t>28603</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Xiaomi Redmi Note 10 Pro 5G черная</t>
   </si>
   <si>
-    <t>28606</t>
-[...4 lines deleted...]
-  <si>
     <t>28608</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Xiaomi Redmi Note 11 Pro сиреневая</t>
   </si>
   <si>
     <t>28609</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Xiaomi Redmi Note 11 Pro черная</t>
   </si>
   <si>
     <t>28612</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Xiaomi Redmi Note 11/11S розовая</t>
   </si>
   <si>
     <t>28614</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Xiaomi Redmi Note 11/11S сиреневая</t>
   </si>
   <si>
     <t>28615</t>
@@ -1858,68 +1582,56 @@
   <si>
     <t>29336</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Xiaomi Redmi 12C/Poco C55 розовая</t>
   </si>
   <si>
     <t>29337</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Xiaomi Redmi 12C/Poco C55 синяя</t>
   </si>
   <si>
     <t>29338</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Xiaomi Redmi 12C/Poco C55 сиреневая</t>
   </si>
   <si>
     <t>29339</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Xiaomi Redmi 12C/Poco C55 черная</t>
   </si>
   <si>
-    <t>29341</t>
-[...4 lines deleted...]
-  <si>
     <t>29346</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Xiaomi Redmi Note 12 4G бежевая</t>
   </si>
   <si>
-    <t>29351</t>
-[...4 lines deleted...]
-  <si>
     <t>29352</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Xiaomi Redmi Note 12 Pro 4G бежевая</t>
   </si>
   <si>
     <t>29355</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Xiaomi Redmi Note 12 Pro 4G синяя</t>
   </si>
   <si>
     <t>29356</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Xiaomi Redmi Note 12 Pro 4G сиреневая</t>
   </si>
   <si>
     <t>29366</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Xiaomi Redmi Note 12S прозрачная</t>
   </si>
   <si>
     <t>29367</t>
@@ -1972,56 +1684,50 @@
   <si>
     <t>29868</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Xiaomi Redmi12C/Poco C55 розовая</t>
   </si>
   <si>
     <t>29869</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Xiaomi Redmi12C/Poco C55 синяя</t>
   </si>
   <si>
     <t>29870</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Xiaomi Redmi12C/Poco C55 сиреневая</t>
   </si>
   <si>
     <t>29871</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Xiaomi Redmi12C/Poco C55 черная</t>
   </si>
   <si>
-    <t>30431</t>
-[...4 lines deleted...]
-  <si>
     <t>30448</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Xiaomi Redmi 12 красная</t>
   </si>
   <si>
     <t>30510</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Xiaomi Redmi Note 12 4G 2023 зеленая</t>
   </si>
   <si>
     <t>30500</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Xiaomi Redmi Note 11 Pro сиреневая</t>
   </si>
   <si>
     <t>30518</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Xiaomi Redmi Note 12S красная</t>
   </si>
   <si>
     <t>30427</t>
@@ -2038,56 +1744,50 @@
   <si>
     <t>30455</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Xiaomi Redmi 9 красная</t>
   </si>
   <si>
     <t>30461</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Xiaomi Redmi 9A зеленая</t>
   </si>
   <si>
     <t>30498</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Xiaomi Redmi Note 11 Pro розовая</t>
   </si>
   <si>
     <t>30503</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Xiaomi Redmi Note 11/11S зеленая</t>
   </si>
   <si>
-    <t>30509</t>
-[...4 lines deleted...]
-  <si>
     <t>30511</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Xiaomi Redmi Note 12 4G 2023 красная</t>
   </si>
   <si>
     <t>30512</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Xiaomi Redmi Note 12 4G 2023 розовая</t>
   </si>
   <si>
     <t>30513</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Xiaomi Redmi Note 12 4G 2023 синяя</t>
   </si>
   <si>
     <t>30515</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Xiaomi Redmi Note 12 4G 2023 черная</t>
   </si>
   <si>
     <t>30516</t>
@@ -2134,72 +1834,90 @@
   <si>
     <t>30661</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Xiaomi Redmi Note 13 зеленая</t>
   </si>
   <si>
     <t>30662</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Xiaomi Redmi Note 13 розовая</t>
   </si>
   <si>
     <t>30761</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером и усиленными углами для Xiaomi Redmi Note 13 Pro прозрачная</t>
   </si>
   <si>
     <t>30762</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером и усиленными углами для Xiaomi Redmi Note 13 прозрачная</t>
   </si>
   <si>
+    <t>30805</t>
+  </si>
+  <si>
+    <t>Накладка силиконовая Winter с кардхолдером для Xiaomi Redmi Note 13 Pro белая</t>
+  </si>
+  <si>
     <t>30806</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Xiaomi Redmi Note 13 Pro зеленая</t>
   </si>
   <si>
+    <t>30807</t>
+  </si>
+  <si>
+    <t>Накладка силиконовая Winter с кардхолдером для Xiaomi Redmi Note 13 Pro красная</t>
+  </si>
+  <si>
     <t>30808</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Xiaomi Redmi Note 13 Pro розовая</t>
   </si>
   <si>
+    <t>30809</t>
+  </si>
+  <si>
+    <t>Накладка силиконовая Winter с кардхолдером для Xiaomi Redmi Note 13 Pro синяя</t>
+  </si>
+  <si>
     <t>30810</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Xiaomi Redmi Note 13 Pro сиреневая</t>
   </si>
   <si>
-    <t>30812</t>
-[...2 lines deleted...]
-    <t>Накладка силиконовая Winter с кардхолдером для Xiaomi Redmi Note 13 белая</t>
+    <t>30811</t>
+  </si>
+  <si>
+    <t>Накладка силиконовая Winter с кардхолдером для Xiaomi Redmi Note 13 Pro черная</t>
   </si>
   <si>
     <t>30816</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Xiaomi Redmi Note 13 синяя</t>
   </si>
   <si>
     <t>30817</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Xiaomi Redmi Note 13 сиреневая</t>
   </si>
   <si>
     <t>31557</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Xiaomi Redmi 13C черная</t>
   </si>
   <si>
     <t>31561</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Xiaomi Redmi 13C зеленая</t>
   </si>
@@ -2320,206 +2038,176 @@
   <si>
     <t>28373</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Poco M3 Pro/Redmi Note 10 5G синяя</t>
   </si>
   <si>
     <t>28376</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Poco M4 Pro 4G бежевая</t>
   </si>
   <si>
     <t>28381</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Poco M4 Pro 4G черная</t>
   </si>
   <si>
     <t>28382</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Poco M4 Pro 5G бежевая</t>
   </si>
   <si>
-    <t>28383</t>
-[...4 lines deleted...]
-  <si>
     <t>28387</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Poco M4 Pro 5G черная</t>
   </si>
   <si>
     <t>28393</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Poco M5 черная</t>
   </si>
   <si>
     <t>28398</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Poco M5S/Redmi Note 10 4G/10S сиреневая</t>
   </si>
   <si>
     <t>28404</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Poco X3/X3 Pro сиреневая</t>
   </si>
   <si>
     <t>28406</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Poco X4 GT бежевая</t>
   </si>
   <si>
-    <t>28407</t>
-[...4 lines deleted...]
-  <si>
     <t>28410</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Poco X4 GT сиреневая</t>
   </si>
   <si>
     <t>28411</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Poco X4 GT черная</t>
   </si>
   <si>
     <t>28412</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Poco X4 Pro бежевая</t>
   </si>
   <si>
     <t>28414</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Poco X4 Pro розовая</t>
   </si>
   <si>
     <t>28417</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Poco X4 Pro черная</t>
   </si>
   <si>
     <t>28419</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Poco X5 Pro зеленая</t>
   </si>
   <si>
     <t>28420</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Poco X5 Pro розовая</t>
   </si>
   <si>
-    <t>28421</t>
-[...4 lines deleted...]
-  <si>
     <t>28422</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Poco X5 Pro сиреневая</t>
   </si>
   <si>
     <t>28425</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Poco X5 зеленая</t>
   </si>
   <si>
     <t>28427</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Poco X5 синяя</t>
   </si>
   <si>
     <t>28428</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Poco X5 сиреневая</t>
   </si>
   <si>
     <t>28429</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Poco X5 черная</t>
   </si>
   <si>
     <t>29018</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером и усиленными углами для Poco M4 Pro 5G прозрачная</t>
   </si>
   <si>
     <t>29021</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером и усиленными углами для Poco X5 прозрачная</t>
   </si>
   <si>
-    <t>29376</t>
-[...4 lines deleted...]
-  <si>
     <t>29377</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером и усиленными углами для Poco F5 прозрачная</t>
   </si>
   <si>
     <t>29603</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Poco F5 Pro бежевая</t>
   </si>
   <si>
-    <t>29604</t>
-[...4 lines deleted...]
-  <si>
     <t>29881</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Poco F5 Pro красная</t>
   </si>
   <si>
     <t>29883</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Poco F5 Pro синяя</t>
   </si>
   <si>
     <t>29884</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Poco F5 Pro сиреневая</t>
   </si>
   <si>
     <t>29885</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Poco F5 Pro черная</t>
   </si>
   <si>
     <t>29890</t>
@@ -2542,56 +2230,50 @@
   <si>
     <t>29902</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Poco M3 красная</t>
   </si>
   <si>
     <t>29958</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Poco X5 Pro/Redmi Note 12 Pro 5G красная</t>
   </si>
   <si>
     <t>29959</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Poco X5 Pro/Redmi Note 12 Pro 5G розовая</t>
   </si>
   <si>
     <t>29961</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Poco X5 Pro/Redmi Note 12 Pro 5G сиреневая</t>
   </si>
   <si>
-    <t>29962</t>
-[...4 lines deleted...]
-  <si>
     <t>29963</t>
   </si>
   <si>
     <t>Накладка силиконовая Winter с кардхолдером для Poco X5/Redmi Note 12 5G белая</t>
   </si>
   <si>
     <t>31195</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Poco M6 прозрачная</t>
   </si>
   <si>
     <t>31196</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Poco X6 Pro прозрачная</t>
   </si>
   <si>
     <t>31527</t>
   </si>
   <si>
     <t>Накладка силиконовая Summer с кардхолдером для Poco M6 Pro 4G черная</t>
   </si>
   <si>
     <t>31528</t>
@@ -2632,56 +2314,50 @@
   <si>
     <t>31586</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером и усиленными углами для Poco X6 прозрачная</t>
   </si>
   <si>
     <t>31715</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Poco M6 Pro прозрачная</t>
   </si>
   <si>
     <t>25992</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Poco M3 прозрачная</t>
   </si>
   <si>
     <t>25993</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Poco M4 Pro 4G прозрачная</t>
   </si>
   <si>
-    <t>27228</t>
-[...4 lines deleted...]
-  <si>
     <t>27229</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Infinix Hot 11 Play прозрачная</t>
   </si>
   <si>
     <t>27231</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Infinix Hot 12 Play прозрачная</t>
   </si>
   <si>
     <t>27232</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Infinix Hot 12i прозрачная</t>
   </si>
   <si>
     <t>27235</t>
   </si>
   <si>
     <t>Накладка силиконовая с кардхолдером для Infinix Note 12 G96 прозрачная</t>
   </si>
   <si>
     <t>27238</t>
@@ -2878,92 +2554,62 @@
   <si>
     <t>28632</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei Honor 50 Lite розово-золотистый</t>
   </si>
   <si>
     <t>28633</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei Honor 50 Lite синий</t>
   </si>
   <si>
     <t>28635</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei Honor X7A бордовый</t>
   </si>
   <si>
     <t>28636</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei Honor X7A золотистый</t>
   </si>
   <si>
-    <t>28637</t>
-[...16 lines deleted...]
-  <si>
     <t>28645</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei Honor X8A синий</t>
   </si>
   <si>
-    <t>28648</t>
-[...4 lines deleted...]
-  <si>
     <t>28660</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei Nova Y90 4G золотистый</t>
   </si>
   <si>
-    <t>28663</t>
-[...4 lines deleted...]
-  <si>
     <t>29391</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei Honor X6 красный</t>
   </si>
   <si>
     <t>29392</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei Honor X6 розово-золотистый</t>
   </si>
   <si>
     <t>30725</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei Honor 90 Lite золотистый</t>
   </si>
   <si>
     <t>30726</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei Honor 90 Lite красный</t>
   </si>
   <si>
     <t>30727</t>
@@ -2974,74 +2620,62 @@
   <si>
     <t>30730</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei Honor 90 бордовый</t>
   </si>
   <si>
     <t>30732</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei Honor 90 красный</t>
   </si>
   <si>
     <t>30733</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei Honor 90 розово-золотистый</t>
   </si>
   <si>
     <t>30734</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei Honor 90 синий</t>
   </si>
   <si>
-    <t>30738</t>
-[...4 lines deleted...]
-  <si>
     <t>30739</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei Nova 11 розово-золотистый</t>
   </si>
   <si>
     <t>30744</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei Nova 11i красный</t>
   </si>
   <si>
-    <t>30745</t>
-[...4 lines deleted...]
-  <si>
     <t>30746</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei Nova 11i синий</t>
   </si>
   <si>
     <t>31664</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei Honor X8B черный</t>
   </si>
   <si>
     <t>02745</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei Honor 8 золотистый</t>
   </si>
   <si>
     <t>02752</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei Honor 8 черный</t>
   </si>
   <si>
     <t>02754</t>
@@ -3058,86 +2692,62 @@
   <si>
     <t>02764</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei Honor 10 красный</t>
   </si>
   <si>
     <t>02786</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei Y5 Prime 2018/ Honor 7A золотистый</t>
   </si>
   <si>
     <t>02789</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei Y5 Prime 2018/ Honor 7A черный</t>
   </si>
   <si>
     <t>02790</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei Y6 Prime 2018/7A Pro красный</t>
   </si>
   <si>
-    <t>10781</t>
-[...16 lines deleted...]
-  <si>
     <t>11592</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei Y9 2019 золотистый</t>
   </si>
   <si>
     <t>11593</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei Y9 2019 синий</t>
   </si>
   <si>
-    <t>11680</t>
-[...4 lines deleted...]
-  <si>
     <t>11690</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei Honor 20 Lite золотистый</t>
   </si>
   <si>
     <t>16439</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei P Smart Z/Honor 9X красный</t>
   </si>
   <si>
     <t>17117</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei Honor 9x Prime красный</t>
   </si>
   <si>
     <t>18139</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei Y6 2019/Honor 8A красный</t>
   </si>
   <si>
     <t>18758</t>
@@ -3274,224 +2884,176 @@
   <si>
     <t>21173</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei Honor 30 Pro розовый</t>
   </si>
   <si>
     <t>21174</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei Honor 30 розовый</t>
   </si>
   <si>
     <t>21178</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei P40 Lite/Nova 6SE/Nova 7i розовый</t>
   </si>
   <si>
     <t>21179</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei P40 розовый</t>
   </si>
   <si>
-    <t>21181</t>
-[...4 lines deleted...]
-  <si>
     <t>25394</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei Nova 8SE бордовый</t>
   </si>
   <si>
     <t>25396</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei Nova 8SE красный</t>
   </si>
   <si>
     <t>25398</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei Nova 8SE синий</t>
   </si>
   <si>
     <t>26429</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei Honor X8 2022 красный</t>
   </si>
   <si>
     <t>26431</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Huawei Honor X8 2022 синий</t>
   </si>
   <si>
     <t>27449</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для iPhone 14 Plus синий</t>
   </si>
   <si>
-    <t>27457</t>
-[...10 lines deleted...]
-  <si>
     <t>13650</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для iPhone 11 Pro Max бордовый</t>
   </si>
   <si>
     <t>13653</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для iPhone 11 Pro Max синий</t>
   </si>
   <si>
     <t>13663</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для iPhone 11 Pro синий</t>
   </si>
   <si>
     <t>13665</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для iPhone 11 Pro бордовый</t>
   </si>
   <si>
-    <t>24952</t>
-[...16 lines deleted...]
-  <si>
     <t>26900</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для iPhone 12 Mini розово-золотистый</t>
   </si>
   <si>
     <t>26901</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для iPhone 12 Mini синий</t>
   </si>
   <si>
     <t>26902</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для iPhone 12 Mini сиреневый</t>
   </si>
   <si>
-    <t>26906</t>
-[...4 lines deleted...]
-  <si>
     <t>26909</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для iPhone 12 Pro Max сиреневый</t>
   </si>
   <si>
     <t>26911</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для iPhone 12/12 Pro бордовый</t>
   </si>
   <si>
     <t>26923</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для iPhone 13 Mini сиреневый</t>
   </si>
   <si>
     <t>26925</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для iPhone 13 Pro Max бордовый</t>
   </si>
   <si>
     <t>26929</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для iPhone 13 Pro Max синий</t>
   </si>
   <si>
     <t>26930</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для iPhone 13 Pro Max сиреневый</t>
   </si>
   <si>
     <t>26934</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для iPhone 13 Pro красный</t>
   </si>
   <si>
     <t>26937</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для iPhone 13 Pro сиреневый</t>
   </si>
   <si>
-    <t>26939</t>
-[...4 lines deleted...]
-  <si>
     <t>26941</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для iPhone 13 красный</t>
   </si>
   <si>
     <t>26946</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для iPhone 5/5s/SE сиреневый</t>
   </si>
   <si>
     <t>26949</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для iPhone Xr сиреневый</t>
   </si>
   <si>
     <t>27762</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A04S золотистый</t>
   </si>
   <si>
     <t>28735</t>
@@ -3508,140 +3070,86 @@
   <si>
     <t>28744</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A24 черный</t>
   </si>
   <si>
     <t>28750</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A34 черный</t>
   </si>
   <si>
     <t>31691</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A05S золотистый</t>
   </si>
   <si>
     <t>31697</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A35 золотистый</t>
   </si>
   <si>
+    <t>09519</t>
+  </si>
+  <si>
+    <t>Чехол книжка боковой Fashion Case для Samsung Galaxy J2 Pro 2018 черный</t>
+  </si>
+  <si>
     <t>09647</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy J2 Pro 2018 золотистый</t>
   </si>
   <si>
     <t>09977</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A9 2018 черный</t>
   </si>
   <si>
-    <t>09993</t>
-[...16 lines deleted...]
-  <si>
     <t>09920</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A9 2018 золотистый</t>
   </si>
   <si>
-    <t>07862</t>
-[...14 lines deleted...]
-    <t>Чехол книжка боковой Fashion Case для Samsung Galaxy S10 Plus розово-золотистый</t>
+    <t>02822</t>
+  </si>
+  <si>
+    <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A6S 2018 золотистый</t>
   </si>
   <si>
     <t>10317</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy S10 бордовый</t>
   </si>
   <si>
-    <t>10318</t>
-[...28 lines deleted...]
-  <si>
     <t>11564</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy J6 Plus 2018 синий</t>
   </si>
   <si>
     <t>11623</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A60 синий</t>
   </si>
   <si>
     <t>11624</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A60 бордовый</t>
   </si>
   <si>
     <t>11625</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A60 розово-золотистая</t>
   </si>
   <si>
     <t>11626</t>
@@ -3658,174 +3166,138 @@
   <si>
     <t>11656</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy M30 черный</t>
   </si>
   <si>
     <t>11657</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy M30 красный</t>
   </si>
   <si>
     <t>11658</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy M30 золотистый</t>
   </si>
   <si>
     <t>13623</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy Note 10 Plus бордовый</t>
   </si>
   <si>
-    <t>13624</t>
-[...4 lines deleted...]
-  <si>
     <t>13626</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy Note 10 бордовый</t>
   </si>
   <si>
+    <t>13627</t>
+  </si>
+  <si>
+    <t>Чехол книжка боковой Fashion Case для Samsung Galaxy Note 10 черный</t>
+  </si>
+  <si>
     <t>13628</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy Note 10 синий</t>
   </si>
   <si>
-    <t>14606</t>
-[...20 lines deleted...]
-    <t>Чехол книжка боковой Fashion Case для Samsung Galaxy J1 2016 розово-золотистый</t>
+    <t>13671</t>
+  </si>
+  <si>
+    <t>Чехол книжка боковой Fashion Case для Samsung Galaxy Note 10 золотистый</t>
   </si>
   <si>
     <t>16424</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy S11 Plus\S20 Ultra золотистый</t>
   </si>
   <si>
     <t>16425</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy S11 Plus\S20 Ultra бордовый</t>
   </si>
   <si>
     <t>16426</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy S11 Plus\S20 Ultra красный</t>
   </si>
   <si>
     <t>16429</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy S11 Lite\S20 бордовый</t>
   </si>
   <si>
     <t>16430</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy S11 Lite\S20 золотистый</t>
   </si>
   <si>
     <t>16431</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy S11 Lite\S20 красный</t>
   </si>
   <si>
-    <t>16442</t>
-[...4 lines deleted...]
-  <si>
     <t>18835</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A21 красный</t>
   </si>
   <si>
-    <t>18836</t>
-[...4 lines deleted...]
-  <si>
     <t>18839</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A3 2017 бордовый</t>
   </si>
   <si>
     <t>18848</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A41 красный</t>
   </si>
   <si>
-    <t>21211</t>
-[...14 lines deleted...]
-    <t>Чехол книжка боковой Fashion Case для Samsung Galaxy M11 розово-золотистый</t>
+    <t>21198</t>
+  </si>
+  <si>
+    <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A11 синий</t>
+  </si>
+  <si>
+    <t>21212</t>
+  </si>
+  <si>
+    <t>Чехол книжка боковой Fashion Case для Samsung Galaxy M11 красный</t>
   </si>
   <si>
     <t>22475</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A42 золотистый</t>
   </si>
   <si>
     <t>22476</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A42 красный</t>
   </si>
   <si>
     <t>22477</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A42 розово-золотистый</t>
   </si>
   <si>
     <t>22478</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A42 синий</t>
   </si>
@@ -3838,158 +3310,146 @@
   <si>
     <t>22481</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A52 красный</t>
   </si>
   <si>
     <t>22484</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A72 красный</t>
   </si>
   <si>
     <t>22485</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A72 розово-золотистый</t>
   </si>
   <si>
     <t>22486</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A72 синий</t>
   </si>
   <si>
-    <t>22608</t>
-[...2 lines deleted...]
-    <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A52 бордовый</t>
+    <t>22609</t>
+  </si>
+  <si>
+    <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A52 черный</t>
   </si>
   <si>
     <t>22651</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A72 бордовый</t>
   </si>
   <si>
     <t>24039</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A03S красный</t>
   </si>
   <si>
     <t>24984</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy S9 Plus бордовый</t>
   </si>
   <si>
-    <t>25006</t>
-[...4 lines deleted...]
-  <si>
     <t>25011</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy J2 Pro 2018 красный</t>
   </si>
   <si>
-    <t>25013</t>
-[...4 lines deleted...]
-  <si>
     <t>25017</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy S11 Lite\S20 черный</t>
   </si>
   <si>
     <t>25420</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A22S красный</t>
   </si>
   <si>
     <t>25422</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A22S синий</t>
   </si>
   <si>
+    <t>26439</t>
+  </si>
+  <si>
+    <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A13 4G бордовый</t>
+  </si>
+  <si>
     <t>26441</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A13 4G красный</t>
   </si>
   <si>
     <t>26445</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A23 бордовый</t>
   </si>
   <si>
     <t>26451</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A33 бордовый</t>
   </si>
   <si>
     <t>26452</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A33 золотистый</t>
   </si>
   <si>
     <t>26453</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A33 красный</t>
   </si>
   <si>
     <t>26454</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A33 розово-золотистый</t>
   </si>
   <si>
     <t>26455</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A33 синий</t>
   </si>
   <si>
-    <t>26456</t>
-[...4 lines deleted...]
-  <si>
     <t>26457</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A53 бордовый</t>
   </si>
   <si>
     <t>26459</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A53 красный</t>
   </si>
   <si>
     <t>26460</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A53 розово-золотистый</t>
   </si>
   <si>
     <t>26463</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A73 бордовый</t>
   </si>
   <si>
     <t>26465</t>
@@ -4006,98 +3466,92 @@
   <si>
     <t>26467</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A73 синий</t>
   </si>
   <si>
     <t>26468</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A73 черный</t>
   </si>
   <si>
     <t>26950</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A03 Core сиреневый</t>
   </si>
   <si>
     <t>26951</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A12 сиреневый</t>
   </si>
   <si>
+    <t>26952</t>
+  </si>
+  <si>
+    <t>Чехол книжка боковой Fashion Case для Samsung Galaxy A13 4G сиреневый</t>
+  </si>
+  <si>
     <t>24297</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Samsung Galaxy S21FE бордовый</t>
   </si>
   <si>
     <t>27469</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Poco M4 Pro 5G бордовый</t>
   </si>
   <si>
-    <t>27471</t>
-[...14 lines deleted...]
-    <t>Чехол книжка боковой Fashion Case для Poco M5 бордовый</t>
+    <t>27470</t>
+  </si>
+  <si>
+    <t>Чехол книжка боковой Fashion Case для Poco M4 Pro 5G золотистый</t>
+  </si>
+  <si>
+    <t>27474</t>
+  </si>
+  <si>
+    <t>Чехол книжка боковой Fashion Case для Poco M4 Pro 5G черный</t>
   </si>
   <si>
     <t>27477</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Poco M5 красный</t>
   </si>
   <si>
     <t>27478</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Poco M5 розово-золотистый</t>
   </si>
   <si>
-    <t>27559</t>
-[...4 lines deleted...]
-  <si>
     <t>27563</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Mi 12 Lite синий</t>
   </si>
   <si>
     <t>27565</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Mi 12T/12T Pro бордовый</t>
   </si>
   <si>
     <t>27567</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Mi 12T/12T Pro красный</t>
   </si>
   <si>
     <t>27568</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Mi 12T/12T Pro розово-золотистый</t>
   </si>
   <si>
     <t>27569</t>
@@ -4132,62 +3586,50 @@
   <si>
     <t>27577</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi A1 2022 розово-золотистый</t>
   </si>
   <si>
     <t>27578</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi A1 2022 синий</t>
   </si>
   <si>
     <t>27579</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi A1 2022 черный</t>
   </si>
   <si>
     <t>27581</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi A1 Plus 2022/A2 Plus/Poco C51 золотистый</t>
   </si>
   <si>
-    <t>27583</t>
-[...10 lines deleted...]
-  <si>
     <t>27586</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi Note 11E бордовый</t>
   </si>
   <si>
     <t>27588</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi Note 11E красный</t>
   </si>
   <si>
     <t>27589</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi Note 11E розово-золотистый</t>
   </si>
   <si>
     <t>27590</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi Note 11E синий</t>
   </si>
   <si>
     <t>27591</t>
@@ -4210,98 +3652,80 @@
   <si>
     <t>28792</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Mi 11T синий</t>
   </si>
   <si>
     <t>28800</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Mi 13 Pro бордовый</t>
   </si>
   <si>
     <t>28802</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Mi 13 Pro красный</t>
   </si>
   <si>
     <t>28803</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Mi 13 Pro розово-золотистый</t>
   </si>
   <si>
-    <t>28804</t>
-[...4 lines deleted...]
-  <si>
     <t>28806</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Mi 13 бордовый</t>
   </si>
   <si>
     <t>28808</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Mi 13 красный</t>
   </si>
   <si>
     <t>28810</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Mi 13 синий</t>
   </si>
   <si>
     <t>29195</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi 12C/Poco C55 бордовый</t>
   </si>
   <si>
     <t>29198</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi 12C/Poco C55 розово-золотистый</t>
   </si>
   <si>
-    <t>29199</t>
-[...10 lines deleted...]
-  <si>
     <t>29201</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi 12C/Poco C55 черный</t>
   </si>
   <si>
     <t>29205</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi Note 12 4G 2023 розово-золотистый</t>
   </si>
   <si>
     <t>29207</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi Note 12 4G 2023 сиреневый</t>
   </si>
   <si>
     <t>29209</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi Note 12 Pro 4G бордовый</t>
   </si>
   <si>
     <t>29210</t>
@@ -4360,428 +3784,266 @@
   <si>
     <t>29224</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi Note 12 Pro Plus золотистый</t>
   </si>
   <si>
     <t>29225</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi Note 12 Pro Plus красный</t>
   </si>
   <si>
     <t>29226</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi Note 12 Pro Plus розово-золотистый</t>
   </si>
   <si>
     <t>29228</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi Note 12 Pro Plus сиреневый</t>
   </si>
   <si>
-    <t>29511</t>
-[...4 lines deleted...]
-  <si>
     <t>29512</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi 12 розово-золотистый</t>
   </si>
   <si>
-    <t>29513</t>
-[...4 lines deleted...]
-  <si>
     <t>29514</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi 12 сиреневый</t>
   </si>
   <si>
-    <t>29515</t>
-[...4 lines deleted...]
-  <si>
     <t>30617</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi Note 12S розово-золотистый</t>
   </si>
   <si>
     <t>30619</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi Note 12S сиреневая</t>
   </si>
   <si>
     <t>31709</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi 13C красный</t>
   </si>
   <si>
     <t>31710</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi 13C розово-золотистый</t>
   </si>
   <si>
-    <t>02624</t>
-[...4 lines deleted...]
-  <si>
     <t>02699</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi 5 золотистый</t>
   </si>
   <si>
-    <t>02701</t>
-[...10 lines deleted...]
-  <si>
     <t>02813</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi 6A черный</t>
   </si>
   <si>
     <t>02583</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi Note 4x золотистый</t>
   </si>
   <si>
     <t>02587</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi Note 6 Pro бордовый</t>
   </si>
   <si>
-    <t>02588</t>
-[...16 lines deleted...]
-  <si>
     <t>02602</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Mi 5X/A1 золотистый</t>
   </si>
   <si>
-    <t>02620</t>
-[...4 lines deleted...]
-  <si>
     <t>02722</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi Note 5 Pro черный</t>
   </si>
   <si>
     <t>02723</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi Note 4x бордовый</t>
   </si>
   <si>
-    <t>02787</t>
-[...16 lines deleted...]
-  <si>
     <t>11618</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi GO бордовый</t>
   </si>
   <si>
-    <t>11619</t>
-[...4 lines deleted...]
-  <si>
     <t>13693</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi Note 8 черный</t>
   </si>
   <si>
-    <t>14494</t>
-[...10 lines deleted...]
-  <si>
     <t>14496</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi 8A золотистый</t>
   </si>
   <si>
-    <t>14497</t>
-[...10 lines deleted...]
-  <si>
     <t>17789</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Mi Note 10 красный</t>
   </si>
   <si>
     <t>18870</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Mi Mix 2 бордовый</t>
   </si>
   <si>
     <t>18872</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi 5 красный</t>
   </si>
   <si>
     <t>18874</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi 5A красный</t>
   </si>
   <si>
-    <t>18878</t>
-[...4 lines deleted...]
-  <si>
     <t>18882</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi 8A синий</t>
   </si>
   <si>
     <t>21228</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Mi Note 10 Lite бордовый</t>
   </si>
   <si>
-    <t>21229</t>
-[...16 lines deleted...]
-  <si>
     <t>21492</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi 9 красный</t>
   </si>
   <si>
     <t>21493</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi 9 розово-золотистый</t>
   </si>
   <si>
     <t>21496</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi 9A золотистый</t>
   </si>
   <si>
-    <t>21497</t>
-[...4 lines deleted...]
-  <si>
     <t>21498</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi 9A розово-золотистый</t>
   </si>
   <si>
-    <t>21499</t>
-[...10 lines deleted...]
-  <si>
     <t>22456</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Poco M3 красный</t>
   </si>
   <si>
     <t>22457</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Poco M3 розово-золотистый</t>
   </si>
   <si>
     <t>22461</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Poco X3/X3 Pro красный</t>
   </si>
   <si>
     <t>22493</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Mi10T Lite золотистый</t>
   </si>
   <si>
     <t>22497</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Mi10T Lite черный</t>
   </si>
   <si>
     <t>22498</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Mi10T/10T Pro золотистый</t>
   </si>
   <si>
     <t>22499</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Mi10T/10T Pro красный</t>
   </si>
   <si>
     <t>22501</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Mi10T/10T Pro синий</t>
   </si>
   <si>
-    <t>22508</t>
-[...4 lines deleted...]
-  <si>
     <t>22509</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi Note 9T красный</t>
   </si>
   <si>
     <t>22511</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi Note 9T синий</t>
   </si>
   <si>
-    <t>22644</t>
-[...4 lines deleted...]
-  <si>
     <t>22976</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi 9A синий</t>
   </si>
   <si>
     <t>24030</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Poco F3 бордовый</t>
   </si>
   <si>
     <t>24032</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Poco F3 красный</t>
   </si>
   <si>
     <t>24051</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Mi10T/10T Pro бордовый</t>
   </si>
   <si>
     <t>24052</t>
@@ -4816,164 +4078,158 @@
   <si>
     <t>24062</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi Note 10 5G/Poco M3 Pro красный</t>
   </si>
   <si>
     <t>24066</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi Note 9T бордовый</t>
   </si>
   <si>
     <t>24075</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi 10 красный</t>
   </si>
   <si>
     <t>24077</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi 10 синий</t>
   </si>
   <si>
-    <t>24983</t>
-[...4 lines deleted...]
-  <si>
     <t>24986</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Mi 10 красный</t>
   </si>
   <si>
     <t>24987</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Mi 6X/A2 бордовый</t>
   </si>
   <si>
     <t>24996</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi 5 Plus бордовый</t>
   </si>
   <si>
     <t>24997</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi 7 красный</t>
   </si>
   <si>
     <t>25400</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Poco M4 Pro 4G бордовый</t>
   </si>
   <si>
+    <t>25401</t>
+  </si>
+  <si>
+    <t>Чехол книжка боковой Fashion Case для Poco M4 Pro 4G золотистый</t>
+  </si>
+  <si>
     <t>25403</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Poco M4 Pro 4G розово-золотистый</t>
   </si>
   <si>
+    <t>25404</t>
+  </si>
+  <si>
+    <t>Чехол книжка боковой Fashion Case для Poco M4 Pro 4G синий</t>
+  </si>
+  <si>
     <t>26471</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi 10C/Poco C40 красный</t>
   </si>
   <si>
     <t>26954</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Mi 12/12X бордовый</t>
   </si>
   <si>
     <t>26956</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Mi 12/12X красный</t>
   </si>
   <si>
     <t>26958</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Mi 12/12X синий</t>
   </si>
   <si>
     <t>26961</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi 9 сиреневый</t>
   </si>
   <si>
     <t>26962</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Xiaomi Redmi 9A сиреневый</t>
   </si>
   <si>
-    <t>29522</t>
-[...4 lines deleted...]
-  <si>
     <t>29524</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для ZTE Blade A71 2021 красный</t>
   </si>
   <si>
     <t>29525</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для ZTE Blade A71 2021 розово-золотистый</t>
   </si>
   <si>
     <t>29529</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для ZTE Blade V30 Vita 2021 золотистый</t>
   </si>
   <si>
     <t>29531</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для ZTE Blade V30 Vita 2021 розово-золотистый</t>
   </si>
   <si>
-    <t>27755</t>
-[...4 lines deleted...]
-  <si>
     <t>27756</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Poco X4 GT золотистый</t>
   </si>
   <si>
     <t>27757</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Poco X4 GT красный</t>
   </si>
   <si>
     <t>28699</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Poco F4 бордовый</t>
   </si>
   <si>
     <t>28701</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Poco F4 красный</t>
   </si>
   <si>
     <t>28702</t>
@@ -5002,74 +4258,62 @@
   <si>
     <t>28710</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Poco X5 Pro черный</t>
   </si>
   <si>
     <t>28712</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Poco X5 золотистый</t>
   </si>
   <si>
     <t>28714</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Poco X5 розово-золотистый</t>
   </si>
   <si>
     <t>28716</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Poco X5 черный</t>
   </si>
   <si>
-    <t>29443</t>
-[...4 lines deleted...]
-  <si>
     <t>29445</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Poco F5 Pro/Redmi K60 красный</t>
   </si>
   <si>
     <t>29448</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Poco F5 Pro/Redmi K60 черный</t>
   </si>
   <si>
-    <t>29451</t>
-[...4 lines deleted...]
-  <si>
     <t>31679</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Poco X6 золотистый</t>
   </si>
   <si>
     <t>31680</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Poco X6 черный</t>
   </si>
   <si>
     <t>26433</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Poco X4 Pro бордовый</t>
   </si>
   <si>
     <t>26434</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Poco X4 Pro золотистый</t>
   </si>
   <si>
     <t>26435</t>
@@ -5098,140 +4342,104 @@
   <si>
     <t>27484</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Realme 6 Pro розово-золотистый</t>
   </si>
   <si>
     <t>27487</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Realme 7 4G бордовый</t>
   </si>
   <si>
     <t>27489</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Realme 7 4G красный</t>
   </si>
   <si>
     <t>27490</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Realme 7 4G розово-золотистый</t>
   </si>
   <si>
-    <t>27491</t>
-[...4 lines deleted...]
-  <si>
     <t>27507</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Realme 9 4G красный</t>
   </si>
   <si>
     <t>27508</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Realme 9 4G розово-золотистый</t>
   </si>
   <si>
     <t>27509</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Realme 9 4G синий</t>
   </si>
   <si>
-    <t>27510</t>
-[...4 lines deleted...]
-  <si>
     <t>27513</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Realme 9i 4G красный</t>
   </si>
   <si>
     <t>27538</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Realme C21Y розово-золотистый</t>
   </si>
   <si>
-    <t>27548</t>
-[...4 lines deleted...]
-  <si>
     <t>27552</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Realme C31 черный</t>
   </si>
   <si>
     <t>28718</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Realme 10 4G золотистый</t>
   </si>
   <si>
-    <t>28719</t>
-[...4 lines deleted...]
-  <si>
     <t>28720</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Realme 10 4G розово-золотистый</t>
   </si>
   <si>
     <t>28722</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Realme 10 4G черный</t>
   </si>
   <si>
-    <t>29176</t>
-[...10 lines deleted...]
-  <si>
     <t>29178</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Realme C55 красный</t>
   </si>
   <si>
     <t>29179</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Realme C55 розово-золотистый</t>
   </si>
   <si>
     <t>29180</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Realme C55 синий</t>
   </si>
   <si>
     <t>29181</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Realme C55 сиреневый</t>
   </si>
   <si>
     <t>29182</t>
@@ -5260,206 +4468,164 @@
   <si>
     <t>29458</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Realme Narzo N55/C55 розово-золотистый</t>
   </si>
   <si>
     <t>29459</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Realme Narzo N55/C55 синий</t>
   </si>
   <si>
     <t>29460</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Realme Narzo N55/C55 черный</t>
   </si>
   <si>
     <t>30749</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Realme C51/53 золотистый</t>
   </si>
   <si>
-    <t>30750</t>
-[...4 lines deleted...]
-  <si>
     <t>30751</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Realme C51/53 розово-золотистый</t>
   </si>
   <si>
     <t>31682</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Realme 11 Pro Plus черный</t>
   </si>
   <si>
     <t>31683</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Realme 11 золотистый</t>
   </si>
   <si>
     <t>31686</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Realme C67 черный</t>
   </si>
   <si>
     <t>31687</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Realme Note 50 золотистый</t>
   </si>
   <si>
     <t>27689</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Infinix Hot 11 NFS бордовый</t>
   </si>
   <si>
-    <t>27703</t>
-[...4 lines deleted...]
-  <si>
     <t>27704</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Infinix Hot 12 Play розово-золотистый</t>
   </si>
   <si>
     <t>27719</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Infinix Note 12 Pro бордовый</t>
   </si>
   <si>
     <t>27720</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Infinix Note 12 Pro золотистый</t>
   </si>
   <si>
     <t>27721</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Infinix Note 12 Pro красный</t>
   </si>
   <si>
     <t>27722</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Infinix Note 12 Pro розово-золотистый</t>
   </si>
   <si>
     <t>27724</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Infinix Note 12 Pro черный</t>
   </si>
   <si>
-    <t>27725</t>
-[...4 lines deleted...]
-  <si>
     <t>27727</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Infinix Note 12 Vip красный</t>
   </si>
   <si>
     <t>27744</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Infinix Smart 6 Plus золотистый</t>
   </si>
   <si>
     <t>27745</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Infinix Smart 6 Plus красный</t>
   </si>
   <si>
     <t>27746</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Infinix Smart 6 Plus розово-золотистый</t>
   </si>
   <si>
     <t>27747</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Infinix Smart 6 Plus синий</t>
   </si>
   <si>
-    <t>28665</t>
-[...4 lines deleted...]
-  <si>
     <t>28667</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Infinix Hot 12 Pro красный</t>
   </si>
   <si>
     <t>28668</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Infinix Hot 12 Pro розово-золотистый</t>
   </si>
   <si>
-    <t>28669</t>
-[...16 lines deleted...]
-  <si>
     <t>29408</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Infinix Hot 30i золотистый</t>
   </si>
   <si>
     <t>29414</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Infinix Smart 7 золотистый</t>
   </si>
   <si>
     <t>31667</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Infinix Hot 40/40 Pro золотистый</t>
   </si>
   <si>
     <t>31668</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Infinix Hot 40/40 Pro черный</t>
   </si>
   <si>
     <t>31669</t>
@@ -5488,284 +4654,254 @@
   <si>
     <t>27768</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Pop 6 Pro бордовый</t>
   </si>
   <si>
     <t>27770</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Pop 6 Pro красный</t>
   </si>
   <si>
     <t>27771</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Pop 6 Pro розово-золотистый</t>
   </si>
   <si>
     <t>27772</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Pop 6 Pro синий</t>
   </si>
   <si>
-    <t>27774</t>
-[...4 lines deleted...]
-  <si>
     <t>27776</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Pova 2 красный</t>
   </si>
   <si>
     <t>27777</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Pova 2 розово-золотистый</t>
   </si>
   <si>
     <t>27780</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Pova 3 бордовый</t>
   </si>
   <si>
     <t>27782</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Pova 3 красный</t>
   </si>
   <si>
     <t>27783</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Pova 3 розово-золотистый</t>
   </si>
   <si>
-    <t>27784</t>
-[...4 lines deleted...]
-  <si>
     <t>27788</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Pova Neo 2 красный</t>
   </si>
   <si>
-    <t>27790</t>
-[...4 lines deleted...]
-  <si>
     <t>27792</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Spark 6 GO бордовый</t>
   </si>
   <si>
     <t>27794</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Spark 6 GO красный</t>
   </si>
   <si>
     <t>27795</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Spark 6 GO розово-золотистый</t>
   </si>
   <si>
     <t>27812</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Spark 8P красный</t>
   </si>
   <si>
     <t>27816</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Spark 9 Pro бордовый</t>
   </si>
   <si>
     <t>27818</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Spark 9 Pro красный</t>
   </si>
   <si>
     <t>27819</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Spark 9 Pro розово-золотистый</t>
   </si>
   <si>
     <t>27820</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Spark 9 Pro синий</t>
   </si>
   <si>
-    <t>28758</t>
-[...4 lines deleted...]
-  <si>
     <t>28760</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Camon 19 Neo красный</t>
   </si>
   <si>
     <t>28761</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Camon 19 Neo розово-золотистый</t>
   </si>
   <si>
     <t>28766</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Camon 19 красный</t>
   </si>
   <si>
     <t>28767</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Camon 19 розово-золотистый</t>
   </si>
   <si>
     <t>28770</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Pova 4 Pro бордовый</t>
   </si>
   <si>
     <t>28772</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Pova 4 Pro красный</t>
   </si>
   <si>
+    <t>28776</t>
+  </si>
+  <si>
+    <t>Чехол книжка боковой Fashion Case для Tecno Pova 4 бордовый</t>
+  </si>
+  <si>
     <t>28779</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Pova 4 розово-золотистый</t>
   </si>
   <si>
     <t>28780</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Pova 4 синий</t>
   </si>
   <si>
-    <t>28786</t>
-[...4 lines deleted...]
-  <si>
     <t>29183</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Spark 10 4G бордовый</t>
   </si>
   <si>
     <t>29184</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Spark 10 4G золотистый</t>
   </si>
   <si>
-    <t>29187</t>
-[...4 lines deleted...]
-  <si>
     <t>29188</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Spark 10 4G черный</t>
   </si>
   <si>
     <t>29190</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Spark 10C золотистый</t>
   </si>
   <si>
-    <t>29461</t>
-[...4 lines deleted...]
-  <si>
     <t>29463</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Camon 18 красный</t>
   </si>
   <si>
     <t>29464</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Camon 18 розово-золотистый</t>
   </si>
   <si>
     <t>29472</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Camon 20 Pro 5G черный</t>
   </si>
   <si>
     <t>29474</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Camon 20 золотистый</t>
   </si>
   <si>
     <t>30599</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Pova 5 розово-золотистый</t>
   </si>
   <si>
     <t>30601</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Pova 5 черный</t>
   </si>
   <si>
+    <t>30602</t>
+  </si>
+  <si>
+    <t>Чехол книжка боковой Fashion Case для Tecno Pova Neo 3 бордовый</t>
+  </si>
+  <si>
     <t>30607</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Pova Neo 3 черный</t>
   </si>
   <si>
     <t>30612</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Spark 10 Pro синий</t>
   </si>
   <si>
     <t>31699</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Spark 20 Pro золотистый</t>
   </si>
   <si>
     <t>31701</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Tecno Spark 20 золотистый</t>
   </si>
   <si>
     <t>27944</t>
@@ -5846,56 +4982,50 @@
     <t>Чехол книжка боковой Fashion Case для Oppo A54 синий</t>
   </si>
   <si>
     <t>28688</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Oppo A57S золотистый</t>
   </si>
   <si>
     <t>28689</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Oppo A57S красный</t>
   </si>
   <si>
     <t>28691</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Oppo A57S синий</t>
   </si>
   <si>
     <t>28692</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Oppo A57S черный</t>
-  </si>
-[...4 lines deleted...]
-    <t>Чехол книжка боковой Fashion Case для ITEL A27 A551/P17 розово-золотистый</t>
   </si>
   <si>
     <t>29440</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для ITEL Vision 3 Plus P682LPN розово-золотистый</t>
   </si>
   <si>
     <t>29479</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Vivo T1 4G 2022 бордовый</t>
   </si>
   <si>
     <t>29481</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Vivo T1 4G 2022 красный</t>
   </si>
   <si>
     <t>29482</t>
   </si>
   <si>
     <t>Чехол книжка боковой Fashion Case для Vivo T1 4G 2022 розово-золотистый</t>
   </si>
@@ -6033,118 +5163,118 @@
     </xf>
     <xf numFmtId="3" applyNumberFormat="1" fontId="2" applyFont="1" fillId="3" applyFill="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" fillId="4" applyFill="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/kabel-denmen-d20s-na-type-c-na-type-c-1m-belyj" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d19t-na-type-c-24a-1m-zheltyj" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d19t-na-type-c-24a-1m-krasnyj" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d45l-na-lightning-24a-1m-zolotistyj" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d15l-na-lightning-24a-1m-zheltyj" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d15l-na-lightning-24a-1m-zelenyj" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d19l-na-lightning-24a-1m-zheltyj" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d19l-na-lightning-24a-1m-krasnyj" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d07l-na-lightning-24a-1m-belyj" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d07l-na-lightning-24a-1m-chernyj" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d07l-na-lightning-24a-1m-rozovyj" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d22l-na-lightning-24a-1m-belyj" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d01l-na-lightning-24a-1m-chernyj" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d02l-na-lightning-24a-1m-zolotistyj" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d02l-na-lightning-24a-1m-krasnyj" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d02l-na-lightning-24a-1m-chernyj" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d06l-na-lightning-24a-1m-belyj" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d06l-na-lightning-24a-1m-chernyj" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d23l-na-lightning-21a-2m-chernyj" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/aux-kabel-denmen-dx01-1m-belyj" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/aux-kabel-denmen-dx01-1m-chernyj" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/aux-kabel-denmen-dx02-2m-belyj" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/aux-kabel-denmen-dx02-2m-chernyj" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/bluetooth-kolonka-denmen-dr13-sinyaya" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/bluetooth-kolonka-denmen-dr13-chernaya" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/naushniki-sennheiser-cx-300-krasnye" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/bluetooth-garnitura-denmen-dl03-belaya" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/bluetooth-garnitura-denmen-dl03-chernaya" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/bluetooth-garnitura-denmen-dl02-belaya" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/bluetooth-garnitura-denmen-dl05-belaya" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/bluetooth-garnitura-denmen-dl05-chernaya" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/sv57" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/stikery-dlya-udaleniya-pyli" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/korobka-dlya-protivoudarnyh-stekol-kartonnaya-belaya-plus-salfetki" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-honor-x7-prozrachnaya" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-p-smart-2019-prozrachnaya" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-honor-x7a-prozrachnaya" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-honor-x9a-prozrachnaya" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-huawei-honor-x9-prozrachnaya" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-huawei-y5-2018-honor-7a-prozrachnaya" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-huawei-y6-2019-honor-8a-prozrachnaya" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-nova-y70-bezhevaya" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-nova-y70-zelenaya" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-nova-y70-chernaya" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-p-smart-2021-rozovaya" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-p-smart-z-honor-9x-zelenaya" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-p-smart-z-honor-9x-rozovaya" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-p-smart-z-honor-9x-chernaya" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-y5-2018-honor-7a-bezhevaya" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-y5-2018-honor-7a-zelenaya" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-y5-2018-honor-7a-rozovaya" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-y5-2018-honor-7a-sirenevaya" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-y6-2019-honor-8a-bezhevaya" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-y6-2019-honor-8a-sinyaya" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-huawei-honor-x7a-prozrachnaya" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-honor-x7-bezhevaya" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-honor-x7a-rozovaya" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-honor-x8-2022-zelenaya" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-honor-x8-2022-sinyaya" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-honor-x8a-zelenaya" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-honor-x8a-rozovaya" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-honor-x9a-bezhevaya" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-honor-x9a-zelenaya" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-honor-x9a-sinyaya" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-50-lite-sinyaya" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-8x-zelenaya" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-8x-krasnaya" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-8x-sinyaya" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-8x-chernaya" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-x7a-sirenevaya" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-x9a-sirenevaya" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-y5-2018-honor-7a-krasnaya" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-y5-2018-honor-7a-chernaya" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-y6-2019-honor-8a-belaya" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-honor-90-lite-prozrachnaya" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-honor-90-prozrachnaya" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-honor-x5-prozrachnaya" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-huawei-honor-90-prozrachnaya" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-honor-x7b-prozrachnaya" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-90-krasnaya" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-90-rozovaya" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-90-chernaya" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-x7b-belaya" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-plastikovaya-matovaya-s-silikonovoj-okantovkoj-dlya-huawei-p40-krasnaya" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-plastikovaya-matovaya-s-silikonovoj-okantovkoj-dlya-huawei-p40-haki" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-honor-x8-2022-prozrachnaya" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-y5-2018-honor-7a-prozrachnaya" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-y6-2019-honor-8a-prozrachnaya" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-apple-iphone-12-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-apple-iphone-13-mini-prozrachnaya" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-apple-iphone-13-pro-max-prozrachnaya" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-apple-iphone-13-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-apple-iphone-14-plus-prozrachnaya" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-apple-iphone-14-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-apple-iphone-6-6s-prozrachnaya" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-apple-iphone-11-pro-max-prozrachnaya" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-apple-iphone-11-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-11-pro-max-bezhevaya" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-11-pro-chernaya" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-12-pro-max-bezhevaya" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-12-pro-max-zelenaya" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-12-pro-bezhevaya" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-12-pro-zelenaya" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-12-pro-rozovaya" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-12-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-12-zelenaya" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-13-mini-rozovaya" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-13-pro-max-bezhevaya" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-13-pro-max-sirenevaya" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-13-pro-bezhevaya" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-13-pro-rozovaya" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-13-pro-chernaya" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-13-bezhevaya" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-14-plus-bezhevaya" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-14-pro-max-sirenevaya" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-14-pro-max-chernaya" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-14-pro-bezhevaya" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-14-pro-rozovaya" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-14-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-6-6s-chernaya" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-7-8-se-2020-zelenaya" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-x-xs-chernaya" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-15-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-15-pro-max-bezhevaya" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-15-ultra-zelenaya" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-15-pro-max-rozovaya" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-15-pro-max-sirenevaya" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-15-ultra-bezhevaya" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-15-sinyaya" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-11-pro-max-krasnaya" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-11-pro-max-sinyaya" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-11-pro-krasnaya" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-12-pro-max-krasnaya" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-12-pro-max-sirenevaya" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-12-pro-krasnaya" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-13-pro-max-zelenaya" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-13-pro-max-sinyaya" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-13-pro-zelenaya" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-13-pro-krasnaya" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-13-pro-sinyaya" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-13-pro-chernaya" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-14-pro-max-zelenaya" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-14-pro-zelenaya" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-14-pro-krasnaya" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-14-pro-sinyaya" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-14-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-14-pro-chernaya" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-6-6s-krasnaya" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-7-8-se-2020-krasnaya" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-x-xs-krasnaya" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-plastikovaya-matovaya-s-silikonovoj-okantovkoj-dlya-iphone-11-pro-zelenaya" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-12-pro-max-prozrachnaya" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-12-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-12-prozrachnaya" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-13-pro-max-prozrachnaya" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-13-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-6-6s-prozrachnaya" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-xr-prozrachnaya" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-14-plus-prozrachnaya" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-14-pro-max-prozrachnaya" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-14-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-14-prozrachnaya" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-a24-prozrachnaya" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-a34-prozrachnaya" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s23-plus-prozrachnaya" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s23-prozrachnaya" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-samsung-galaxy-a14-4g-prozrachnaya" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-samsung-galaxy-s23-prozrachnaya" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a03-core-chernaya" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a03s-bezhevaya" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a03s-sirenevaya" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a22s-a22-5g-bezhevaya" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a34-bezhevaya" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a34-rozovaya" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a52-sirenevaya" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a53-bezhevaya" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a73-zelenaya" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a73-rozovaya" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-s20fe-zelenaya" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-s20fe-chernaya" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-s21fe-bezhevaya" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-s21fe-sirenevaya" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-samsung-galaxy-a24-prozrachnaya" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a14-bezhevaya" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a14-zelenaya" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a14-rozovaya" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a24-bezhevaya" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a24-zelenaya" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a24-rozovaya" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a13-4g-chernaya" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a14-krasnaya" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a14-sinyaya" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a24-zelenaya" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a24-krasnaya" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a32-4g-chernaya" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a33-krasnaya" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a34-zelenaya" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a34-krasnaya" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a34-rozovaya" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s22-plus-sinyaya" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s22-plus-chernaya" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-plus-krasnaya" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-krasnaya" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-sinyaya" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a53-krasnaya" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s22-plus-rozovaya" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-plus-zelenaya" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-plus-sinyaya" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-plus-chernaya" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-sirenevaya" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-plus-rozovaya" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-ultra-krasnaya" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-zelenaya" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-chernaya" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-a05-prozrachnaya" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-a05s-prozrachnaya" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s23fe-prozrachnaya" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-samsung-galaxy-s23fe-prozrachnaya" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a05s-zelenaya" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a05s-krasnaya" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a05s-rozovaya" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a05s-sinyaya" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23fe-zelenaya" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23fe-krasnaya" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23fe-rozovaya" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23fe-sinyaya" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s24-prozrachnaya" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s24-ultra-prozrachnaya" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s24-plus-prozrachnaya" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-risunkom-na-samsung-galaxy-s10-plus-vid-10" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-a03-core-prozrachnaya" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-a53-prozrachnaya" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-a72-prozrachnaya" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-a73-prozrachnaya" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s21-plus-prozrachnaya" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s21-prozrachnaya" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s22-plus-prozrachnaya" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s22-ultra-prozrachnaya" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s22-prozrachnaya" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-mi-12t-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-mi-12t-prozrachnaya" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-poco-c55-prozrachnaya" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-poco-x5-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-poco-x5-prozrachnaya" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-mi-13-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-mi-13-prozrachnaya" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-mi-12-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-mi-12t-prozrachnaya" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-10c-poco-c40-prozrachnaya" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-9-prozrachnaya" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-9a-prozrachnaya" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-9c-10a-prozrachnaya" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-note-10-4g-10s-poco-m5s-prozrachnaya" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-note-10-pro-4g-prozrachnaya" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-a1-prozrachnaya" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-mi-11t-bezhevaya" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-mi-11t-chernaya" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-mi-12-lite-bezhevaya" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-mi-12-lite-zelenaya" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-mi-12t-pro-bezhevaya" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-mi-12t-pro-zelenaya" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-mi-12t-pro-chernaya" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-mi-12t-bezhevaya" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-10-zelenaya" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-9-bezhevaya" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-9-zelenaya" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-9-sinyaya" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-9-sirenevaya" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-9a-bezhevaya" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-9a-rozovaya" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-9c-10a-bezhevaya" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-a1-plus-a2-plus-bezhevaya" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-10-pro-5g-bezhevaya" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-10-pro-5g-zelenaya" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-10-pro-5g-rozovaya" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-10-pro-5g-sinyaya" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-10-pro-5g-sirenevaya" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-10-pro-5g-chernaya" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-11-pro-rozovaya" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-11-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-11-pro-chernaya" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-11-11s-rozovaya" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-11-11s-sirenevaya" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-11-11s-chernaya" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-8-pro-sinyaya" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-a2-2023-prozrachnaya" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-a2-plus-2023-prozrachnaya" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-mi-13-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-mi-13-prozrachnaya" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-12c-poco-c55-bezhevaya" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-12c-poco-c55-zelenaya" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-12c-poco-c55-rozovaya" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-12c-poco-c55-sinyaya" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-12c-poco-c55-sirenevaya" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-12c-poco-c55-chernaya" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-a1-a2-zelenaya" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-12-4g-bezhevaya" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-12-4g-chernaya" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-12-pro-4g-bezhevaya" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-12-pro-4g-sinyaya" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-12-pro-4g-sirenevaya" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-note-12s-prozrachnaya" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-note-8t-prozrachnaya" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-12c-prozrachnaya" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-12s-sinyaya" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-12-sirenevaya" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-12s-rozovaya" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-redmi-12c-poco-c55-belaya" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-redmi-12c-poco-c55-zelenaya" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-redmi-12c-poco-c55-krasnaya" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-redmi-12c-poco-c55-rozovaya" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-redmi-12c-poco-c55-sinyaya" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-redmi-12c-poco-c55-sirenevaya" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-redmi-12c-poco-c55-chernaya" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-mi-13-lite-chernaya" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-12-krasnaya" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-12-2023-zelenaya" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-11-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-12s-krasnaya" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-mi-13-lite-krasnaya" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-mi-13-lite-rozovaya" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-9-krasnaya" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-9a-zelenaya" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-11-pro-rozovaya" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-11-11s-zelenaya" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-12-2023-belaya" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-12-2023-krasnaya" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-12-2023-rozovaya" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-12-2023-sinyaya" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-12-2023-chernaya" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-12s-belaya" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-13-pro-bezhevaya" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-13-pro-zelenaya" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-13-pro-sinyaya" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-13-bezhevaya" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-13-zelenaya" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-13-rozovaya" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-note-13-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-note-13-prozrachnaya" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-13-pro-zelenaya" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-13-pro-rozovaya" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-13-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-13-belaya" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-13-sinyaya" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-13-sirenevaya" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-13c-chernaya" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-13c-zelenaya" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-note-13-4g-prozrachnaya" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-note-13-pro-4g-prozrachnaya" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-9-prozrachnaya" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-9a-prozrachnaya" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-9c-10a-prozrachnaya" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-note-10-pro-4g-prozrachnaya" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-note-11-pro-1642-prozrachnaya" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-note-11-11s-prozrachnaya" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-note-9-pro-9s-prozrachnaya" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-note-11-e-prozrachnaya" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-oppo-a17k-bezhevaya" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-oppo-a17k-zelenaya" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-oppo-a17k-sirenevaya" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-realme-c20-c11-prozrachnaya" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-realme-10-prozrachnaya" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-realme-c55-prozrachnaya" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-realme-11-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-realme-11-pro-plus-prozrachnaya" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-realme-c67-4g-prozrachnaya" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m3-pro-redmi-note-10-5g-sinyaya" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m4-pro-4g-bezhevaya" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m4-pro-4g-chernaya" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m4-pro-5g-bezhevaya" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m4-pro-5g-zelenaya" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m4-pro-5g-chernaya" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m5-chernaya" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m5s-redmi-note-10-4g-10s-sirenevaya" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x3-x3-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x4-gt-bezhevaya" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x4-gt-zelenaya" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x4-gt-sirenevaya" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x4-gt-chernaya" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x4-pro-bezhevaya" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x4-pro-rozovaya" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x4-pro-chernaya" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x5-pro-zelenaya" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x5-pro-rozovaya" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x5-pro-sinyaya" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x5-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x5-zelenaya" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x5-sinyaya" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x5-sirenevaya" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x5-chernaya" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-poco-m4-pro-5g-prozrachnaya" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-poco-x5-prozrachnaya" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-poco-f5-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-poco-f5-prozrachnaya" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-f5-pro-bezhevaya" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-f5-pro-zelenaya" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-f5-pro-krasnaya" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-f5-pro-sinyaya" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-f5-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-f5-pro-chernaya" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-f5-sinyaya" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-m3-belaya" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-m3-zelenaya" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-m3-krasnaya" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-x5-pro-redmi-note-12-pro-krasnaya" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-x5-pro-redmi-note-12-pro-rozovaya" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-x5-pro-redmi-note-12-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-x5-pro-redmi-note-12-pro-chernaya" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-x5-redmi-note-12-belaya" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-poco-m6-prozrachnaya" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-poco-x6-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m6-pro-4g-chernaya" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m6-pro-4g-sirenevaya" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m6-pro-4g-sinyaya" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m6-pro-4g-rozovaya" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m6-pro-4g-zelenaya" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m6-pro-4g-bezhevaya" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-poco-m6-pro-5g-prozrachnaya" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-poco-x6-prozrachnaya" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-poco-m6-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-poco-m3-prozrachnaya" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-poco-m4-pro-4g-prozrachnaya" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-hot-10-lite-prozrachnaya" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-hot-11-play-prozrachnaya" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-hot-12-play-prozrachnaya" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-hot-12i-prozrachnaya" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-note-12-g96-prozrachnaya" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-smart-6-plus-prozrachnaya" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-smart-6-prozrachnaya" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-hot-20-play-4g-prozrachnaya" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-hot-20i-prozrachnaya" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-hot-30i-prozrachnaya" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-infinix-hot-30-play-zelenaya" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-infinix-hot-30-play-krasnaya" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-infinix-note-12-g96-zelenaya" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-infinix-note-12-g96-krasnaya" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-infinix-note-12-g96-rozovaya" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-infinix-note-12-g96-belaya" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-infinix-note-12-g96-chernaya" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-tecno-shark-8p-prozrachnaya" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-tecno-shark-9-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-tecno-pova-3-prozrachnaya" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-tecno-spark-10c-prozrachnaya" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-tecno-camon-20-prozrachnaya" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-tecno-spark-10-prozrachnaya" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-tecno-spark-go-2023-prozrachnaya" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-tecno-pova-4-zelenaya" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-tecno-camon-20-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-tecno-camon-20-prozrachnaya" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-tecno-pova-5-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-tecno-pova-5-pro-krasnaya" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-9-bordovyj" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-9-krasnyj" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-9-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-9-sinij" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-9-chernyj" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-50-lite-bordovyj" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-50-lite-krasnyj" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-50-lite-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-50-lite-sinij" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x7a-bordovyj" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x7a-zolotistyj" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x7a-krasnyj" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x7a-sinij" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x8a-krasnyj" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x8a-sinij" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x9a-zolotistyj" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-y90-4g-zolotistyj" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-y90-4g-sinij" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x6-krasnyj" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x6-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-90-lite-zolotistyj" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-90-lite-krasnyj" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-90-lite-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-90-bordovyj" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-90-krasnyj" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-90-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-90-sinij" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-11-krasnyj" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-11-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-11i-krasnyj" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-11i-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-11i-sinij" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x8b-chernyj" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-8-zolotistyj" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-8-chernyj" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-9-zolotistyj" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-9-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-10-krasnyj" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-y5-prime-2018-honor-7a-zolotistyj" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-y5-prime-2018-honor-7a-chernyj" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-y6-prime-2018-7a-pro-krasnyj" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p30-lite-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p-smart-2018-zolotistyj" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-y9-2019-bordovyj" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-y9-2019-zolotistyj" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-y9-2019-sinij" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-20-lite-chernyj" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-20-lite-zolotistyj" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p-smart-z-honor-9x-krasnyj" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-9x-prime-krasnyj" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-y6-2019-honor-8a-krasnyj" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-pro-bordovyj" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-pro-zolotistyj" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-pro-krasnyj" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-pro-sinij" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-bordovyj" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-krasnyj" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-sinij" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-9a-krasnyj" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-9x-prime-bordovyj" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-9c-krasnyj" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-lite-e-y7p-krasnyj" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-lite-nova-6se-nova-7i-bordovyj" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-lite-nova-6se-nova-7i-krasnyj" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-lite-nova-6se-nova-7i-sinij" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-bordovyj" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-zolotistyj" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-krasnyj" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-sinij" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-chernyj" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-y5-prime-2018-honor-7a-bordovyj" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-pro-rozovyj" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-rozovyj" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-lite-nova-6se-nova-7i-rozovyj" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-rozovyj" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-y6p-bordovyj" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-8se-bordovyj" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-8se-krasnyj" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-8se-sinij" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x8-2022-krasnyj" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x8-2022-sinij" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-14-plus-sinij" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-14-pro-bordovyj" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-14-pro-krasnyj" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-11-pro-max-bordovyj" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-11-pro-max-sinij" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-11-pro-sinij" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-11-pro-bordovyj" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-xs-max-krasnyj" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-12-mini-bordovyj" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-12-mini-krasnyj" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-12-mini-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-12-mini-sinij" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-12-mini-sirenevyj" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-12-pro-max-krasnyj" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-12-pro-max-sirenevyj" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-12-12-pro-bordovyj" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-13-mini-sirenevyj" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-13-pro-max-bordovyj" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-13-pro-max-sinij" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-13-pro-max-sirenevyj" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-13-pro-krasnyj" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-13-pro-sirenevyj" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-13-bordovyj" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-13-krasnyj" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-5-5s-se-sirenevyj" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-xr-sirenevyj" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a04s-zolotistyj" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a14-krasnyj" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a24-bordovyj" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a24-chernyj" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a34-chernyj" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a05s-zolotistyj" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a35-zolotistyj" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-j2-pro-2018-zolotistyj" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a9-2018-chernyj" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a6s-2018-chernyj" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-j4-plus-2018-chernyj" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-j4-plus-2018-zolotistyj" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a9-2018-zolotistyj" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a7-2018-zolotistyj" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s10-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s10-plus-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s10-bordovyj" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s10-zolotistyj" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s10-plus-sinij" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s10-plus-chernyj" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a5-2017-krasnyj" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a70-krasnyj" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-j6-plus-2018-sinij" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a60-sinij" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a60-bordovyj" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a60-rozovo-zolotistaya" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a60-zolotistyj" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a60-chernyj" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-m30-chernyj" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-m30-krasnyj" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-m30-zolotistyj" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-note-10-plus-bordovyj" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-note-10-plus-zolotistyj" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-note-10-bordovyj" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-note-10-sinij" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-j1-2016-chernyj" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-j1-2016-sinij" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-j1-2016-bordovyj" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-j1-2016-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s11-plus-s20-ultra-zolotistyj" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s11-plus-s20-ultra-bordovyj" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s11-plus-s20-ultra-krasnyj" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s11-lite-s20-bordovyj" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s11-lite-s20-zolotistyj" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s11-lite-s20-krasnyj" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a01-krasnyj" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a21-krasnyj" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a21-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a3-2017-bordovyj" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a41-krasnyj" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-m11-zolotistyj" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-m11-chernyj" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-m11-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a42-zolotistyj" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a42-krasnyj" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a42-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a42-sinij" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a42-chernyj" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a52-krasnyj" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a72-krasnyj" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a72-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a72-sinij" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a52-bordovyj" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a72-bordovyj" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a03s-krasnyj" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s9-plus-bordovyj" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a70-bordovyj" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-j2-pro-2018-krasnyj" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s10-plus-krasnyj" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s11-lite-s20-chernyj" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a22s-krasnyj" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a22s-sinij" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a13-4g-krasnyj" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a23-bordovyj" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a33-bordovyj" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a33-zolotistyj" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a33-krasnyj" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a33-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a33-sinij" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a33-chernyj" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a53-bordovyj" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a53-krasnyj" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a53-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a73-bordovyj" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a73-krasnyj" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a73-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a73-sinij" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a73-chernyj" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a03-core-sirenevyj" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a12-sirenevyj" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s21fe-bordovyj" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m4-pro-5g-bordovyj" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m4-pro-5g-krasnyj" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m4-pro-5g-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m5-bordovyj" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m5-krasnyj" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m5-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-12-lite-bordovyj" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-12-lite-sinij" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-12t-12t-pro-bordovyj" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-12t-12t-pro-krasnyj" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-12t-12t-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-12t-12t-pro-sinij" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-mix-2-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-a1-2022-bordovyj" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-a1-2022-zolotistyj" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-a1-2022-krasnyj" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-a1-2022-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-a1-2022-sinij" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-a1-2022-chernyj" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-a1-plus-2022-a2-plus-poco-c51-zolotistyj" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-a1-plus-2022-a2-plus-poco-c51-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-a1-plus-2022-a2-plus-poco-c51-sinij" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-11e-bordovyj" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-11e-krasnyj" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-11e-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-11e-sinij" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-11e-chernyj" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-11t-bordovyj" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-11t-krasnyj" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-11t-sinij" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-13-pro-bordovyj" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-13-pro-krasnyj" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-13-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-13-pro-sinij" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-13-bordovyj" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-13-krasnyj" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-13-sinij" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-12c-poco-c55-bordovyj" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-12c-poco-c55-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-12c-poco-c55-sinij" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-12c-poco-c55-sirenevyj" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-12c-poco-c55-chernyj" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-4g-2023-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-4g-2023-sirenevyj" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-4g-bordovyj" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-4g-zolotistyj" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-4g-krasnyj" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-4g-sinij" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-5g-bordovyj" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-5g-zolotistyj" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-5g-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-5g-sirenevyj" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-5g-chernyj" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-plus-bordovyj" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-plus-zolotistyj" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-plus-krasnyj" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-plus-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-plus-sirenevyj" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-12-krasnyj" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-12-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-12-sinij" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-12-sirenevyj" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-12-chernyj" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12s-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12s-sirenevaya" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-13c-krasnyj" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-13c-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-6-bordovyj" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-5-zolotistyj" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-5-chernyj" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-6-chernyj" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-6a-chernyj" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-4x-zolotistyj" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-6-pro-bordovyj" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-6-pro-zolotistyj" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-6-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-6-pro-chernyj" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-5x-a1-zolotistyj" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-pocophone-f1-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-5-pro-chernyj" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-4x-bordovyj" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-6a-bordovyj" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-5x-a1-sinij" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-go-chernyj" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-go-bordovyj" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-go-zolotistyj" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-8-chernyj" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-8-chernyj" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-8-krasnyj" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-8a-zolotistyj" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-8a-chernyj" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-note-10-chernyj" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-note-10-krasnyj" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-mix-2-bordovyj" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-5-krasnyj" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-5a-krasnyj" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-8-bordovyj" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-8a-sinij" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-note-10-lite-bordovyj" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-note-10-lite-zolotistyj" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9-bordovyj" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9-zolotistyj" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9-krasnyj" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9a-zolotistyj" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9a-krasnyj" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9a-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9a-chernyj" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9c-10a-krasnyj" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m3-krasnyj" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m3-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x3-x3-pro-krasnyj" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi10t-lite-zolotistyj" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi10t-lite-chernyj" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi10t-10t-pro-zolotistyj" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi10t-10t-pro-krasnyj" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi10t-10t-pro-sinij" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-9t-zolotistyj" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-9t-krasnyj" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-9t-sinij" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m3-bordovyj" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9a-sinij" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f3-bordovyj" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f3-krasnyj" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi10t-10t-pro-bordovyj" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9t-bordovyj" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-10-pro-5g-bordovyj" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-10-pro-5g-krasnyj" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-10-pro-5g-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-10-pro-5g-sinij" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-10-5g-poco-m3-pro-krasnyj" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-9t-bordovyj" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-10-krasnyj" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-10-sinij" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-pocophone-f1-krasnyj" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-10-krasnyj" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-6x-a2-bordovyj" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-5-plus-bordovyj" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-7-krasnyj" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m4-pro-4g-bordovyj" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m4-pro-4g-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-10c-poco-c40-krasnyj" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-12-12x-bordovyj" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-12-12x-krasnyj" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-12-12x-sinij" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9-sirenevyj" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9a-sirenevyj" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-zte-blade-a71-2021-bordovyj" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-zte-blade-a71-2021-krasnyj" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-zte-blade-a71-2021-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-zte-blade-v30-vita-2021-zolotistyj" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-zte-blade-v30-vita-2021-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x4-gt-bordovyj" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x4-gt-zolotistyj" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x4-gt-krasnyj" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f4-bordovyj" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f4-krasnyj" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f4-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f4-sinij" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x5-pro-zolotistyj" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x5-pro-sinij" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x5-pro-chernyj" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x5-zolotistyj" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x5-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x5-chernyj" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f5-pro-redmi-k60-bordovyj" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f5-pro-redmi-k60-krasnyj" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f5-pro-redmi-k60-chernyj" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f5-krasnyj" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x6-zolotistyj" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x6-chernyj" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x4-pro-bordovyj" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x4-pro-zolotistyj" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x4-pro-krasnyj" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x4-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x4-pro-sinij" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x4-pro-chernyj" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-6-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-7-4g-bordovyj" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-7-4g-krasnyj" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-7-4g-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-7-4g-sinij" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-9-4g-krasnyj" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-9-4g-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-9-4g-sinij" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-9-4g-chernyj" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-9i-4g-krasnyj" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c21y-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c31-zolotistyj" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c31-chernyj" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-10-4g-zolotistyj" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-10-4g-krasnyj" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-10-4g-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-10-4g-chernyj" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c55-bordovyj" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c55-zolotistyj" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c55-krasnyj" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c55-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c55-sinij" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c55-sirenevyj" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c55-chernyj" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-narzo-n55-c55-bordovyj" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-narzo-n55-c55-zolotistyj" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-narzo-n55-c55-krasnyj" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-narzo-n55-c55-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-narzo-n55-c55-sinij" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-narzo-n55-c55-chernyj" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c51-53-zolotistyj" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c51-53-krasnyj" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c51-53-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-11-pro-plus-chernyj" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-11-zolotistyj" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c67-chernyj" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-note-50-zolotistyj" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-11-nfs-bordovyj" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-12-play-krasnyj" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-12-play-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-note-12-pro-bordovyj" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-note-12-pro-zolotistyj" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-note-12-pro-krasnyj" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-note-12-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-note-12-pro-chernyj" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-note-12-vip-bordovyj" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-note-12-vip-krasnyj" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-smart-6-plus-zolotistyj" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-smart-6-plus-krasnyj" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-smart-6-plus-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-smart-6-plus-sinij" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-12-pro-bordovyj" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-12-pro-krasnyj" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-12-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-12-pro-sinij" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-30-play-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-30-zolotistyj" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-30i-zolotistyj" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-smart-7-zolotistyj" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-40-40-pro-zolotistyj" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-40-40-pro-chernyj" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-40i-zolotistyj" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-smart-7-plus-zolotistyj" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-smart-7-plus-chernyj" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-smart-8-zolotistyj" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pop-6-pro-bordovyj" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pop-6-pro-krasnyj" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pop-6-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pop-6-pro-sinij" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-2-bordovyj" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-2-krasnyj" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-2-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-3-bordovyj" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-3-krasnyj" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-3-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-3-sinij" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-neo-2-krasnyj" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-neo-2-sinij" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-6-go-bordovyj" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-6-go-krasnyj" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-6-go-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-8p-krasnyj" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-9-pro-bordovyj" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-9-pro-krasnyj" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-9-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-9-pro-sinij" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-19-neo-bordovyj" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-19-neo-krasnyj" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-19-neo-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-19-krasnyj" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-19-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-4-pro-bordovyj" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-4-pro-krasnyj" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-4-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-4-sinij" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-go-2023-sinij" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-10-4g-bordovyj" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-10-4g-zolotistyj" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-10-4g-sinij" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-10-4g-chernyj" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-10c-zolotistyj" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-18-bordovyj" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-18-krasnyj" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-18-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-20-pro-5g-chernyj" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-20-zolotistyj" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-5-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-5-chernyj" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-neo-3-chernyj" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-10-pro-sinij" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-20-pro-zolotistyj" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-20-zolotistyj" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17-chernyj" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17k-chernyj" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17-bordovyj" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17-krasnyj" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17-sinij" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17k-bordovyj" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17k-zolotistyj" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17k-krasnyj" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17k-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17k-sinij" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a54-bordovyj" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a54-sinij" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a57s-zolotistyj" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a57s-krasnyj" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a57s-sinij" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a57s-chernyj" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-itel-a27-a551-p17-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-itel-vision-3-plus-p682lpn-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-t1-4g-2022-bordovyj" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-t1-4g-2022-krasnyj" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-t1-4g-2022-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y1s-2020-bordovyj" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y1s-2020-zolotistyj" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y1s-2020-krasnyj" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y1s-2020-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y21-y33s-2021-bordovyj" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y21-y33s-2021-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y22-2022-krasnyj" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y22-2022-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y22-2022-sinij" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y35-2022-bordovyj" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y35-2022-rozovo-zolotistyj" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/kabel-denmen-d20s-na-type-c-na-type-c-1m-belyj" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d19t-na-type-c-24a-1m-zheltyj" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d19t-na-type-c-24a-1m-krasnyj" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d45l-na-lightning-24a-1m-zolotistyj" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d15l-na-lightning-24a-1m-zheltyj" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d15l-na-lightning-24a-1m-zelenyj" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d19l-na-lightning-24a-1m-zheltyj" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d19l-na-lightning-24a-1m-krasnyj" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d07l-na-lightning-24a-1m-belyj" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d07l-na-lightning-24a-1m-chernyj" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d07l-na-lightning-24a-1m-rozovyj" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d22l-na-lightning-24a-1m-belyj" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d01l-na-lightning-24a-1m-chernyj" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d02l-na-lightning-24a-1m-zolotistyj" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d02l-na-lightning-24a-1m-krasnyj" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d02l-na-lightning-24a-1m-chernyj" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d06l-na-lightning-24a-1m-belyj" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d06l-na-lightning-24a-1m-chernyj" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/usb-kabel-denmen-d23l-na-lightning-21a-2m-chernyj" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/aux-kabel-denmen-dx01-1m-belyj" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/aux-kabel-denmen-dx01-1m-chernyj" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/aux-kabel-denmen-dx02-2m-belyj" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/aux-kabel-denmen-dx02-2m-chernyj" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/bluetooth-kolonka-denmen-dr13-sinyaya" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/bluetooth-kolonka-denmen-dr13-chernaya" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/naushniki-sennheiser-cx-300-krasnye" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/bluetooth-garnitura-denmen-dl03-belaya" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/bluetooth-garnitura-denmen-dl03-chernaya" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/bluetooth-garnitura-denmen-dl02-belaya" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/bluetooth-garnitura-denmen-dl05-belaya" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/bluetooth-garnitura-denmen-dl05-chernaya" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/sv57" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/korobka-dlya-protivoudarnyh-stekol-kartonnaya-belaya-plus-salfetki" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-honor-x7-prozrachnaya" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-p-smart-2019-prozrachnaya" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-honor-x7a-prozrachnaya" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-honor-x9a-prozrachnaya" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-huawei-honor-x9-prozrachnaya" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-huawei-y5-2018-honor-7a-prozrachnaya" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-nova-y70-zelenaya" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-nova-y70-chernaya" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-p-smart-z-honor-9x-zelenaya" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-p-smart-z-honor-9x-rozovaya" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-p-smart-z-honor-9x-chernaya" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-y5-2018-honor-7a-bezhevaya" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-y5-2018-honor-7a-zelenaya" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-y5-2018-honor-7a-rozovaya" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-y5-2018-honor-7a-sirenevaya" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-y6-2019-honor-8a-bezhevaya" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-huawei-honor-x7a-prozrachnaya" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-honor-x7-bezhevaya" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-honor-x8-2022-sinyaya" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-honor-x8a-zelenaya" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-honor-x9a-bezhevaya" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-honor-x9a-zelenaya" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-huawei-honor-x9a-sinyaya" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-8x-zelenaya" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-8x-krasnaya" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-8x-sinyaya" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-x7a-sirenevaya" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-x9a-sirenevaya" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-y5-2018-honor-7a-krasnaya" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-y5-2018-honor-7a-chernaya" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-y6-2019-honor-8a-belaya" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-honor-90-lite-prozrachnaya" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-honor-90-prozrachnaya" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-honor-x5-prozrachnaya" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-huawei-honor-90-prozrachnaya" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-honor-x7b-prozrachnaya" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-90-krasnaya" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-huawei-honor-90-chernaya" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-plastikovaya-matovaya-s-silikonovoj-okantovkoj-dlya-huawei-p40-krasnaya" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-plastikovaya-matovaya-s-silikonovoj-okantovkoj-dlya-huawei-p40-haki" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-honor-x8-2022-prozrachnaya" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-y5-2018-honor-7a-prozrachnaya" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-huawei-y6-2019-honor-8a-prozrachnaya" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-apple-iphone-12-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-apple-iphone-13-mini-prozrachnaya" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-apple-iphone-13-pro-max-prozrachnaya" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-apple-iphone-13-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-apple-iphone-14-plus-prozrachnaya" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-apple-iphone-14-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-apple-iphone-6-6s-prozrachnaya" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-apple-iphone-11-pro-max-prozrachnaya" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-apple-iphone-11-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-11-pro-max-bezhevaya" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-11-pro-chernaya" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-12-pro-max-bezhevaya" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-12-pro-max-zelenaya" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-12-pro-bezhevaya" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-12-pro-zelenaya" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-12-pro-rozovaya" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-12-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-12-zelenaya" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-13-pro-max-sirenevaya" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-13-pro-bezhevaya" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-13-pro-rozovaya" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-13-bezhevaya" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-14-pro-max-sirenevaya" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-14-pro-max-chernaya" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-14-pro-bezhevaya" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-14-pro-rozovaya" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-14-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-6-6s-chernaya" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-7-8-se-2020-zelenaya" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-x-xs-chernaya" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-15-pro-max-bezhevaya" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-15-ultra-zelenaya" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-15-pro-max-rozovaya" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-15-pro-max-sirenevaya" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-apple-iphone-15-sinyaya" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-11-pro-max-krasnaya" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-11-pro-krasnaya" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-12-pro-max-krasnaya" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-12-pro-krasnaya" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-13-pro-max-zelenaya" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-13-pro-max-sinyaya" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-13-pro-zelenaya" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-13-pro-sinyaya" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-14-pro-max-zelenaya" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-14-pro-zelenaya" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-14-pro-krasnaya" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-14-pro-sinyaya" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-14-pro-chernaya" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-6-6s-krasnaya" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-7-8-se-2020-krasnaya" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-apple-iphone-x-xs-krasnaya" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-12-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-12-prozrachnaya" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-13-pro-max-prozrachnaya" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-13-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-6-6s-prozrachnaya" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-xr-prozrachnaya" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-14-plus-prozrachnaya" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-14-pro-max-prozrachnaya" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-apple-iphone-14-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-a24-prozrachnaya" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-a34-prozrachnaya" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s23-plus-prozrachnaya" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s23-prozrachnaya" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-samsung-galaxy-a14-4g-prozrachnaya" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-samsung-galaxy-s23-prozrachnaya" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a03-core-chernaya" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a03s-bezhevaya" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a03s-sirenevaya" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a34-rozovaya" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a53-bezhevaya" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a73-zelenaya" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-s20fe-chernaya" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-s21fe-sirenevaya" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-samsung-galaxy-a24-prozrachnaya" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a24-bezhevaya" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a24-zelenaya" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-samsung-galaxy-a24-rozovaya" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a13-4g-chernaya" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a14-krasnaya" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a14-sinyaya" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a24-zelenaya" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a24-krasnaya" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a32-4g-chernaya" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a33-krasnaya" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a34-zelenaya" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a34-krasnaya" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a34-rozovaya" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s22-plus-sinyaya" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s22-plus-chernaya" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-plus-krasnaya" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-krasnaya" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-sinyaya" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a53-krasnaya" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s22-plus-rozovaya" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-plus-zelenaya" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-plus-sinyaya" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-plus-chernaya" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-sirenevaya" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-plus-rozovaya" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-zelenaya" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23-chernaya" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-a05-prozrachnaya" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-a05s-prozrachnaya" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s23fe-prozrachnaya" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-samsung-galaxy-s23fe-prozrachnaya" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a05s-zelenaya" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a05s-krasnaya" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a05s-rozovaya" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-a05s-sinyaya" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23fe-zelenaya" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23fe-krasnaya" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23fe-rozovaya" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-samsung-galaxy-s23fe-sinyaya" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s24-prozrachnaya" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s24-ultra-prozrachnaya" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s24-plus-prozrachnaya" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-risunkom-na-samsung-galaxy-s10-plus-vid-10" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-a53-prozrachnaya" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-a72-prozrachnaya" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-a73-prozrachnaya" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s21-plus-prozrachnaya" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s21-prozrachnaya" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s22-ultra-prozrachnaya" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-samsung-galaxy-s22-prozrachnaya" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-mi-12t-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-mi-12t-prozrachnaya" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-poco-c55-prozrachnaya" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-poco-x5-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-poco-x5-prozrachnaya" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-mi-13-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-mi-13-prozrachnaya" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-mi-12-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-mi-12t-prozrachnaya" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-9-prozrachnaya" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-9a-prozrachnaya" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-9c-10a-prozrachnaya" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-note-10-4g-10s-poco-m5s-prozrachnaya" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-note-10-pro-4g-prozrachnaya" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-a1-prozrachnaya" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-mi-11t-bezhevaya" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-mi-11t-chernaya" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-mi-12-lite-zelenaya" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-mi-12t-pro-zelenaya" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-mi-12t-pro-chernaya" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-9-bezhevaya" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-9-zelenaya" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-9-sinyaya" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-9-sirenevaya" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-9a-bezhevaya" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-9c-10a-bezhevaya" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-a1-plus-a2-plus-bezhevaya" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-10-pro-5g-bezhevaya" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-10-pro-5g-zelenaya" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-10-pro-5g-rozovaya" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-10-pro-5g-sirenevaya" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-10-pro-5g-chernaya" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-11-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-11-pro-chernaya" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-11-11s-rozovaya" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-11-11s-sirenevaya" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-11-11s-chernaya" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-8-pro-sinyaya" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-a2-2023-prozrachnaya" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-a2-plus-2023-prozrachnaya" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-mi-13-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-mi-13-prozrachnaya" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-12c-poco-c55-bezhevaya" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-12c-poco-c55-zelenaya" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-12c-poco-c55-rozovaya" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-12c-poco-c55-sinyaya" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-12c-poco-c55-sirenevaya" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-12c-poco-c55-chernaya" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-12-4g-bezhevaya" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-12-pro-4g-bezhevaya" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-12-pro-4g-sinyaya" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-12-pro-4g-sirenevaya" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-note-12s-prozrachnaya" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-note-8t-prozrachnaya" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-12c-prozrachnaya" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-12s-sinyaya" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-12-sirenevaya" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-12s-rozovaya" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-redmi-12c-poco-c55-belaya" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-redmi-12c-poco-c55-zelenaya" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-redmi-12c-poco-c55-krasnaya" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-redmi-12c-poco-c55-rozovaya" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-redmi-12c-poco-c55-sinyaya" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-redmi-12c-poco-c55-sirenevaya" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-redmi-12c-poco-c55-chernaya" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-12-krasnaya" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-12-2023-zelenaya" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-11-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-12s-krasnaya" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-mi-13-lite-krasnaya" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-mi-13-lite-rozovaya" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-9-krasnaya" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-9a-zelenaya" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-11-pro-rozovaya" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-11-11s-zelenaya" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-12-2023-krasnaya" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-12-2023-rozovaya" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-12-2023-sinyaya" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-12-2023-chernaya" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-12s-belaya" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-13-pro-bezhevaya" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-13-pro-zelenaya" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-13-pro-sinyaya" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-13-bezhevaya" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-13-zelenaya" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-note-13-rozovaya" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-note-13-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-xiaomi-redmi-note-13-prozrachnaya" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-13-pro-belaya" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-13-pro-zelenaya" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-13-pro-krasnaya" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-13-pro-rozovaya" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-13-pro-sinyaya" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-13-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-13-pro-chernaya" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-13-sinyaya" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-xiaomi-redmi-note-13-sirenevaya" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-13c-chernaya" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-xiaomi-redmi-13c-zelenaya" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-note-13-4g-prozrachnaya" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-note-13-pro-4g-prozrachnaya" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-9-prozrachnaya" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-9a-prozrachnaya" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-9c-10a-prozrachnaya" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-note-10-pro-4g-prozrachnaya" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-note-11-pro-1642-prozrachnaya" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-note-11-11s-prozrachnaya" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-note-9-pro-9s-prozrachnaya" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-xiaomi-redmi-note-11-e-prozrachnaya" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-oppo-a17k-bezhevaya" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-oppo-a17k-zelenaya" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-oppo-a17k-sirenevaya" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-realme-c20-c11-prozrachnaya" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-realme-10-prozrachnaya" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-realme-c55-prozrachnaya" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-realme-11-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-realme-11-pro-plus-prozrachnaya" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-realme-c67-4g-prozrachnaya" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m3-pro-redmi-note-10-5g-sinyaya" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m4-pro-4g-bezhevaya" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m4-pro-4g-chernaya" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m4-pro-5g-bezhevaya" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m4-pro-5g-chernaya" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m5-chernaya" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m5s-redmi-note-10-4g-10s-sirenevaya" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x3-x3-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x4-gt-bezhevaya" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x4-gt-sirenevaya" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x4-gt-chernaya" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x4-pro-bezhevaya" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x4-pro-rozovaya" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x4-pro-chernaya" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x5-pro-zelenaya" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x5-pro-rozovaya" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x5-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x5-zelenaya" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x5-sinyaya" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x5-sirenevaya" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-x5-chernaya" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-poco-m4-pro-5g-prozrachnaya" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-poco-x5-prozrachnaya" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-poco-f5-prozrachnaya" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-f5-pro-bezhevaya" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-f5-pro-krasnaya" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-f5-pro-sinyaya" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-f5-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-f5-pro-chernaya" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-f5-sinyaya" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-m3-belaya" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-m3-zelenaya" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-m3-krasnaya" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-x5-pro-redmi-note-12-pro-krasnaya" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-x5-pro-redmi-note-12-pro-rozovaya" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-x5-pro-redmi-note-12-pro-sirenevaya" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-poco-x5-redmi-note-12-belaya" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-poco-m6-prozrachnaya" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-poco-x6-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m6-pro-4g-chernaya" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m6-pro-4g-sirenevaya" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m6-pro-4g-sinyaya" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m6-pro-4g-rozovaya" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m6-pro-4g-zelenaya" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-summer-s-kardholderom-dlya-poco-m6-pro-4g-bezhevaya" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-poco-m6-pro-5g-prozrachnaya" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-poco-x6-prozrachnaya" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-poco-m6-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-poco-m3-prozrachnaya" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-poco-m4-pro-4g-prozrachnaya" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-hot-11-play-prozrachnaya" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-hot-12-play-prozrachnaya" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-hot-12i-prozrachnaya" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-note-12-g96-prozrachnaya" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-smart-6-plus-prozrachnaya" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-smart-6-prozrachnaya" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-hot-20-play-4g-prozrachnaya" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-hot-20i-prozrachnaya" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-infinix-hot-30i-prozrachnaya" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-infinix-hot-30-play-zelenaya" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-infinix-hot-30-play-krasnaya" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-infinix-note-12-g96-zelenaya" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-infinix-note-12-g96-krasnaya" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-infinix-note-12-g96-rozovaya" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-infinix-note-12-g96-belaya" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-infinix-note-12-g96-chernaya" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-tecno-shark-8p-prozrachnaya" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-tecno-shark-9-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-tecno-pova-3-prozrachnaya" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-tecno-spark-10c-prozrachnaya" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-tecno-camon-20-prozrachnaya" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-tecno-spark-10-prozrachnaya" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-tecno-spark-go-2023-prozrachnaya" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-tecno-pova-4-zelenaya" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-tecno-camon-20-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-i-usilennymi-uglami-dlya-tecno-camon-20-prozrachnaya" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-s-kardholderom-dlya-tecno-pova-5-pro-prozrachnaya" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/nakladka-silikonovaya-winter-s-kardholderom-dlya-tecno-pova-5-pro-krasnaya" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-9-bordovyj" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-9-krasnyj" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-9-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-9-sinij" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-9-chernyj" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-50-lite-bordovyj" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-50-lite-krasnyj" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-50-lite-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-50-lite-sinij" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x7a-bordovyj" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x7a-zolotistyj" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x8a-sinij" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-y90-4g-zolotistyj" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x6-krasnyj" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x6-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-90-lite-zolotistyj" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-90-lite-krasnyj" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-90-lite-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-90-bordovyj" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-90-krasnyj" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-90-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-90-sinij" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-11-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-11i-krasnyj" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-11i-sinij" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x8b-chernyj" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-8-zolotistyj" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-8-chernyj" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-9-zolotistyj" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-9-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-10-krasnyj" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-y5-prime-2018-honor-7a-zolotistyj" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-y5-prime-2018-honor-7a-chernyj" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-y6-prime-2018-7a-pro-krasnyj" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-y9-2019-zolotistyj" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-y9-2019-sinij" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-20-lite-zolotistyj" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p-smart-z-honor-9x-krasnyj" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-9x-prime-krasnyj" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-y6-2019-honor-8a-krasnyj" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-pro-bordovyj" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-pro-zolotistyj" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-pro-krasnyj" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-pro-sinij" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-bordovyj" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-krasnyj" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-sinij" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-9a-krasnyj" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-9x-prime-bordovyj" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-9c-krasnyj" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-lite-e-y7p-krasnyj" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-lite-nova-6se-nova-7i-bordovyj" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-lite-nova-6se-nova-7i-krasnyj" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-lite-nova-6se-nova-7i-sinij" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-bordovyj" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-zolotistyj" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-krasnyj" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-sinij" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-chernyj" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-y5-prime-2018-honor-7a-bordovyj" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-pro-rozovyj" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-30-rozovyj" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-lite-nova-6se-nova-7i-rozovyj" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-p40-rozovyj" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-8se-bordovyj" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-8se-krasnyj" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-nova-8se-sinij" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x8-2022-krasnyj" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-huawei-honor-x8-2022-sinij" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-14-plus-sinij" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-11-pro-max-bordovyj" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-11-pro-max-sinij" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-11-pro-sinij" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-11-pro-bordovyj" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-12-mini-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-12-mini-sinij" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-12-mini-sirenevyj" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-12-pro-max-sirenevyj" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-12-12-pro-bordovyj" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-13-mini-sirenevyj" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-13-pro-max-bordovyj" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-13-pro-max-sinij" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-13-pro-max-sirenevyj" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-13-pro-krasnyj" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-13-pro-sirenevyj" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-13-krasnyj" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-5-5s-se-sirenevyj" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-iphone-xr-sirenevyj" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a04s-zolotistyj" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a14-krasnyj" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a24-bordovyj" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a24-chernyj" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a34-chernyj" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a05s-zolotistyj" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a35-zolotistyj" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-j2-pro-2018-chernyj" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-j2-pro-2018-zolotistyj" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a9-2018-chernyj" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a9-2018-zolotistyj" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a6s-2018-zolotistyj" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s10-bordovyj" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-j6-plus-2018-sinij" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a60-sinij" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a60-bordovyj" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a60-rozovo-zolotistaya" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a60-zolotistyj" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a60-chernyj" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-m30-chernyj" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-m30-krasnyj" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-m30-zolotistyj" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-note-10-plus-bordovyj" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-note-10-bordovyj" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-note-10-chernyj" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-note-10-sinij" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-note-10-zolotistyj" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s11-plus-s20-ultra-zolotistyj" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s11-plus-s20-ultra-bordovyj" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s11-plus-s20-ultra-krasnyj" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s11-lite-s20-bordovyj" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s11-lite-s20-zolotistyj" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s11-lite-s20-krasnyj" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a21-krasnyj" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a3-2017-bordovyj" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a41-krasnyj" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a11-sinij" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-m11-krasnyj" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a42-zolotistyj" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a42-krasnyj" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a42-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a42-sinij" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a42-chernyj" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a52-krasnyj" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a72-krasnyj" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a72-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a72-sinij" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a52-chernyj" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a72-bordovyj" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a03s-krasnyj" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s9-plus-bordovyj" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-j2-pro-2018-krasnyj" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s11-lite-s20-chernyj" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a22s-krasnyj" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a22s-sinij" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a13-4g-bordovyj" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a13-4g-krasnyj" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a23-bordovyj" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a33-bordovyj" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a33-zolotistyj" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a33-krasnyj" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a33-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a33-sinij" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a53-bordovyj" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a53-krasnyj" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a53-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a73-bordovyj" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a73-krasnyj" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a73-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a73-sinij" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a73-chernyj" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a03-core-sirenevyj" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a12-sirenevyj" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-a13-4g-sirenevyj" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-samsung-galaxy-s21fe-bordovyj" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m4-pro-5g-bordovyj" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m4-pro-5g-zolotistyj" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m4-pro-5g-chernyj" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m5-krasnyj" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m5-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-12-lite-sinij" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-12t-12t-pro-bordovyj" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-12t-12t-pro-krasnyj" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-12t-12t-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-12t-12t-pro-sinij" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-mix-2-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-a1-2022-bordovyj" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-a1-2022-zolotistyj" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-a1-2022-krasnyj" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-a1-2022-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-a1-2022-sinij" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-a1-2022-chernyj" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-a1-plus-2022-a2-plus-poco-c51-zolotistyj" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-11e-bordovyj" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-11e-krasnyj" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-11e-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-11e-sinij" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-11e-chernyj" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-11t-bordovyj" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-11t-krasnyj" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-11t-sinij" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-13-pro-bordovyj" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-13-pro-krasnyj" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-13-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-13-bordovyj" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-13-krasnyj" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-13-sinij" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-12c-poco-c55-bordovyj" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-12c-poco-c55-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-12c-poco-c55-chernyj" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-4g-2023-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-4g-2023-sirenevyj" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-4g-bordovyj" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-4g-zolotistyj" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-4g-krasnyj" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-4g-sinij" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-5g-bordovyj" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-5g-zolotistyj" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-5g-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-5g-sirenevyj" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-5g-chernyj" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-plus-bordovyj" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-plus-zolotistyj" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-plus-krasnyj" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-plus-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12-pro-plus-sirenevyj" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-12-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-12-sirenevyj" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12s-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-12s-sirenevaya" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-13c-krasnyj" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-13c-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-5-zolotistyj" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-6a-chernyj" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-4x-zolotistyj" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-6-pro-bordovyj" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-5x-a1-zolotistyj" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-5-pro-chernyj" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-4x-bordovyj" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-go-bordovyj" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-8-chernyj" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-8a-zolotistyj" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-note-10-krasnyj" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-mix-2-bordovyj" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-5-krasnyj" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-5a-krasnyj" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-8a-sinij" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-note-10-lite-bordovyj" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9-krasnyj" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9a-zolotistyj" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9a-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m3-krasnyj" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m3-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x3-x3-pro-krasnyj" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi10t-lite-zolotistyj" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi10t-lite-chernyj" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi10t-10t-pro-zolotistyj" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi10t-10t-pro-krasnyj" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi10t-10t-pro-sinij" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-9t-krasnyj" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-9t-sinij" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9a-sinij" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f3-bordovyj" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f3-krasnyj" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi10t-10t-pro-bordovyj" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9t-bordovyj" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-10-pro-5g-bordovyj" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-10-pro-5g-krasnyj" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-10-pro-5g-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-10-pro-5g-sinij" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-10-5g-poco-m3-pro-krasnyj" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-note-9t-bordovyj" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-10-krasnyj" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-10-sinij" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-10-krasnyj" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-6x-a2-bordovyj" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-5-plus-bordovyj" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-7-krasnyj" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m4-pro-4g-bordovyj" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m4-pro-4g-zolotistyj" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m4-pro-4g-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-m4-pro-4g-sinij" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-10c-poco-c40-krasnyj" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-12-12x-bordovyj" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-12-12x-krasnyj" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-mi-12-12x-sinij" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9-sirenevyj" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-xiaomi-redmi-9a-sirenevyj" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-zte-blade-a71-2021-krasnyj" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-zte-blade-a71-2021-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-zte-blade-v30-vita-2021-zolotistyj" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-zte-blade-v30-vita-2021-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x4-gt-zolotistyj" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x4-gt-krasnyj" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f4-bordovyj" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f4-krasnyj" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f4-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f4-sinij" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x5-pro-zolotistyj" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x5-pro-sinij" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x5-pro-chernyj" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x5-zolotistyj" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x5-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x5-chernyj" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f5-pro-redmi-k60-krasnyj" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-f5-pro-redmi-k60-chernyj" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x6-zolotistyj" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x6-chernyj" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x4-pro-bordovyj" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x4-pro-zolotistyj" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x4-pro-krasnyj" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x4-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x4-pro-sinij" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-poco-x4-pro-chernyj" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-6-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-7-4g-bordovyj" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-7-4g-krasnyj" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-7-4g-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-9-4g-krasnyj" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-9-4g-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-9-4g-sinij" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-9i-4g-krasnyj" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c21y-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c31-chernyj" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-10-4g-zolotistyj" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-10-4g-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-10-4g-chernyj" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c55-krasnyj" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c55-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c55-sinij" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c55-sirenevyj" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c55-chernyj" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-narzo-n55-c55-bordovyj" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-narzo-n55-c55-zolotistyj" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-narzo-n55-c55-krasnyj" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-narzo-n55-c55-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-narzo-n55-c55-sinij" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-narzo-n55-c55-chernyj" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c51-53-zolotistyj" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c51-53-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-11-pro-plus-chernyj" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-11-zolotistyj" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-c67-chernyj" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-realme-note-50-zolotistyj" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-11-nfs-bordovyj" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-12-play-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-note-12-pro-bordovyj" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-note-12-pro-zolotistyj" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-note-12-pro-krasnyj" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-note-12-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-note-12-pro-chernyj" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-note-12-vip-krasnyj" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-smart-6-plus-zolotistyj" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-smart-6-plus-krasnyj" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-smart-6-plus-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-smart-6-plus-sinij" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-12-pro-krasnyj" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-12-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-30i-zolotistyj" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-smart-7-zolotistyj" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-40-40-pro-zolotistyj" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-40-40-pro-chernyj" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-hot-40i-zolotistyj" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-smart-7-plus-zolotistyj" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-smart-7-plus-chernyj" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-infinix-smart-8-zolotistyj" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pop-6-pro-bordovyj" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pop-6-pro-krasnyj" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pop-6-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pop-6-pro-sinij" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-2-krasnyj" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-2-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-3-bordovyj" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-3-krasnyj" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-3-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-neo-2-krasnyj" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-6-go-bordovyj" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-6-go-krasnyj" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-6-go-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-8p-krasnyj" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-9-pro-bordovyj" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-9-pro-krasnyj" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-9-pro-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-9-pro-sinij" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-19-neo-krasnyj" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-19-neo-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-19-krasnyj" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-19-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-4-pro-bordovyj" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-4-pro-krasnyj" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-4-bordovyj" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-4-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-4-sinij" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-10-4g-bordovyj" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-10-4g-zolotistyj" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-10-4g-chernyj" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-10c-zolotistyj" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-18-krasnyj" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-18-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-20-pro-5g-chernyj" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-camon-20-zolotistyj" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-5-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-5-chernyj" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-neo-3-bordovyj" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-pova-neo-3-chernyj" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-10-pro-sinij" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-20-pro-zolotistyj" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-tecno-spark-20-zolotistyj" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17-chernyj" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17k-chernyj" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17-bordovyj" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17-krasnyj" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17-sinij" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17k-bordovyj" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17k-zolotistyj" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17k-krasnyj" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17k-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a17k-sinij" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a54-bordovyj" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a54-sinij" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a57s-zolotistyj" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a57s-krasnyj" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a57s-sinij" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-oppo-a57s-chernyj" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-itel-vision-3-plus-p682lpn-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-t1-4g-2022-bordovyj" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-t1-4g-2022-krasnyj" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-t1-4g-2022-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y1s-2020-bordovyj" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y1s-2020-zolotistyj" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y1s-2020-krasnyj" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y1s-2020-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y21-y33s-2021-bordovyj" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y21-y33s-2021-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y22-2022-krasnyj" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y22-2022-rozovo-zolotistyj" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y22-2022-sinij" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y35-2022-bordovyj" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ephonestore.ru/products/chehol-knizhka-bokovoj-fashion-case-dlya-vivo-y35-2022-rozovo-zolotistyj" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="xr">
   <sheetPr>
     <outlinePr summaryBelow="0"/>
   </sheetPr>
-  <dimension ref="A1:N988"/>
+  <dimension ref="A1:N843"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="7" topLeftCell="A8" state="frozen" activePane="bottomLeft"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="1"/>
     <col min="2" max="2" width="44" customWidth="1"/>
     <col min="3" max="3" width="9" customWidth="1"/>
     <col min="4" max="4" width="9" customWidth="1"/>
     <col min="5" max="5" width="9" customWidth="1"/>
     <col min="6" max="6" width="9" customWidth="1"/>
     <col min="7" max="7" width="9" customWidth="1"/>
     <col min="8" max="8" width="9" customWidth="1"/>
     <col min="10" max="10" hidden="1" width="9.140625" customWidth="1"/>
     <col min="11" max="11" hidden="1" width="9.140625" customWidth="1"/>
     <col min="12" max="12" hidden="1" width="9.140625" customWidth="1"/>
     <col min="13" max="13" hidden="1" width="9.140625" customWidth="1"/>
     <col min="14" max="14" hidden="1" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="H1" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="H2" s="7" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3">
       <c r="H3" s="7" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="H4" s="0" t="s">
         <v>3</v>
       </c>
       <c r="I4" s="0">
         <f>IF( 10000&gt;K4,K4,IF( 20000&gt;L4,L4,IF( 50000&gt;M4,M4,N4)))</f>
       </c>
       <c r="J4" s="0">
-        <f>SUBTOTAL(9,J8:J989)</f>
+        <f>SUBTOTAL(9,J8:J844)</f>
       </c>
       <c r="K4" s="0">
-        <f>SUBTOTAL(9,K8:K989)</f>
+        <f>SUBTOTAL(9,K8:K844)</f>
       </c>
       <c r="L4" s="0">
-        <f>SUBTOTAL(9,L8:L989)</f>
+        <f>SUBTOTAL(9,L8:L844)</f>
       </c>
       <c r="M4" s="0">
-        <f>SUBTOTAL(9,M8:M989)</f>
+        <f>SUBTOTAL(9,M8:M844)</f>
       </c>
       <c r="N4" s="0">
-        <f>SUBTOTAL(9,N8:N989)</f>
+        <f>SUBTOTAL(9,N8:N844)</f>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="8" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D6" s="8" t="s">
         <v>7</v>
       </c>
       <c r="E6" s="8" t="s">
         <v>8</v>
       </c>
       <c r="F6" s="8" t="s">
         <v>9</v>
       </c>
       <c r="G6" s="8" t="s">
         <v>10</v>
       </c>
       <c r="H6" s="8" t="s">
@@ -7547,138 +6677,138 @@
       <c r="N42" s="0">
         <f>G42*H42</f>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B43" s="1"/>
       <c r="C43" s="1"/>
       <c r="D43" s="1"/>
       <c r="E43" s="1"/>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
       <c r="I43" s="1"/>
     </row>
     <row r="44" outlineLevel="1">
       <c r="A44" s="2" t="s">
         <v>81</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>82</v>
       </c>
       <c r="C44" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D44" s="3">
-        <v>1.7999999523162842</v>
+        <v>6</v>
       </c>
       <c r="E44" s="3">
-        <v>1.3999999761581421</v>
+        <v>5</v>
       </c>
       <c r="F44" s="3">
-        <v>1.2000000476837158</v>
+        <v>4.5</v>
       </c>
       <c r="G44" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H44" s="4"/>
       <c r="I44" s="3">
         <f>IF( 10000&gt;K4,K44,IF( 20000&gt;L4,L44,IF( 50000&gt;M4,M44,N44)))</f>
       </c>
       <c r="J44" s="0">
         <f>C44*H44</f>
       </c>
       <c r="K44" s="0">
         <f>D44*H44</f>
       </c>
       <c r="L44" s="0">
         <f>E44*H44</f>
       </c>
       <c r="M44" s="0">
         <f>F44*H44</f>
       </c>
       <c r="N44" s="0">
         <f>G44*H44</f>
       </c>
     </row>
-    <row r="45" outlineLevel="1">
-      <c r="A45" s="2" t="s">
+    <row r="45">
+      <c r="A45" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="B45" s="5" t="s">
+      <c r="B45" s="1"/>
+      <c r="C45" s="1"/>
+      <c r="D45" s="1"/>
+      <c r="E45" s="1"/>
+      <c r="F45" s="1"/>
+      <c r="G45" s="1"/>
+      <c r="H45" s="1"/>
+      <c r="I45" s="1"/>
+    </row>
+    <row r="46" outlineLevel="1">
+      <c r="A46" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="C45" s="3">
-[...45 lines deleted...]
-      <c r="I46" s="1"/>
+      <c r="B46" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="C46" s="3">
+        <v>20</v>
+      </c>
+      <c r="D46" s="3">
+        <v>28</v>
+      </c>
+      <c r="E46" s="3">
+        <v>24</v>
+      </c>
+      <c r="F46" s="3">
+        <v>22</v>
+      </c>
+      <c r="G46" s="3">
+        <v>20</v>
+      </c>
+      <c r="H46" s="4"/>
+      <c r="I46" s="3">
+        <f>IF( 10000&gt;K4,K46,IF( 20000&gt;L4,L46,IF( 50000&gt;M4,M46,N46)))</f>
+      </c>
+      <c r="J46" s="0">
+        <f>C46*H46</f>
+      </c>
+      <c r="K46" s="0">
+        <f>D46*H46</f>
+      </c>
+      <c r="L46" s="0">
+        <f>E46*H46</f>
+      </c>
+      <c r="M46" s="0">
+        <f>F46*H46</f>
+      </c>
+      <c r="N46" s="0">
+        <f>G46*H46</f>
+      </c>
     </row>
     <row r="47" outlineLevel="1">
       <c r="A47" s="2" t="s">
         <v>86</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>87</v>
       </c>
       <c r="C47" s="3">
         <v>20</v>
       </c>
       <c r="D47" s="3">
         <v>28</v>
       </c>
       <c r="E47" s="3">
         <v>24</v>
       </c>
       <c r="F47" s="3">
         <v>22</v>
       </c>
       <c r="G47" s="3">
         <v>20</v>
       </c>
       <c r="H47" s="4"/>
       <c r="I47" s="3">
@@ -7770,63 +6900,63 @@
       </c>
       <c r="J49" s="0">
         <f>C49*H49</f>
       </c>
       <c r="K49" s="0">
         <f>D49*H49</f>
       </c>
       <c r="L49" s="0">
         <f>E49*H49</f>
       </c>
       <c r="M49" s="0">
         <f>F49*H49</f>
       </c>
       <c r="N49" s="0">
         <f>G49*H49</f>
       </c>
     </row>
     <row r="50" outlineLevel="1">
       <c r="A50" s="2" t="s">
         <v>92</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>93</v>
       </c>
       <c r="C50" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="D50" s="3">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="E50" s="3">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="F50" s="3">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G50" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="H50" s="4"/>
       <c r="I50" s="3">
         <f>IF( 10000&gt;K4,K50,IF( 20000&gt;L4,L50,IF( 50000&gt;M4,M50,N50)))</f>
       </c>
       <c r="J50" s="0">
         <f>C50*H50</f>
       </c>
       <c r="K50" s="0">
         <f>D50*H50</f>
       </c>
       <c r="L50" s="0">
         <f>E50*H50</f>
       </c>
       <c r="M50" s="0">
         <f>F50*H50</f>
       </c>
       <c r="N50" s="0">
         <f>G50*H50</f>
       </c>
     </row>
     <row r="51" outlineLevel="1">
       <c r="A51" s="2" t="s">
         <v>94</v>
       </c>
@@ -7854,105 +6984,105 @@
       </c>
       <c r="J51" s="0">
         <f>C51*H51</f>
       </c>
       <c r="K51" s="0">
         <f>D51*H51</f>
       </c>
       <c r="L51" s="0">
         <f>E51*H51</f>
       </c>
       <c r="M51" s="0">
         <f>F51*H51</f>
       </c>
       <c r="N51" s="0">
         <f>G51*H51</f>
       </c>
     </row>
     <row r="52" outlineLevel="1">
       <c r="A52" s="2" t="s">
         <v>96</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>97</v>
       </c>
       <c r="C52" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="D52" s="3">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="E52" s="3">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="F52" s="3">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="G52" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="H52" s="4"/>
       <c r="I52" s="3">
         <f>IF( 10000&gt;K4,K52,IF( 20000&gt;L4,L52,IF( 50000&gt;M4,M52,N52)))</f>
       </c>
       <c r="J52" s="0">
         <f>C52*H52</f>
       </c>
       <c r="K52" s="0">
         <f>D52*H52</f>
       </c>
       <c r="L52" s="0">
         <f>E52*H52</f>
       </c>
       <c r="M52" s="0">
         <f>F52*H52</f>
       </c>
       <c r="N52" s="0">
         <f>G52*H52</f>
       </c>
     </row>
     <row r="53" outlineLevel="1">
       <c r="A53" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>99</v>
       </c>
       <c r="C53" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="D53" s="3">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="E53" s="3">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="F53" s="3">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="G53" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="H53" s="4"/>
       <c r="I53" s="3">
         <f>IF( 10000&gt;K4,K53,IF( 20000&gt;L4,L53,IF( 50000&gt;M4,M53,N53)))</f>
       </c>
       <c r="J53" s="0">
         <f>C53*H53</f>
       </c>
       <c r="K53" s="0">
         <f>D53*H53</f>
       </c>
       <c r="L53" s="0">
         <f>E53*H53</f>
       </c>
       <c r="M53" s="0">
         <f>F53*H53</f>
       </c>
       <c r="N53" s="0">
         <f>G53*H53</f>
       </c>
     </row>
     <row r="54" outlineLevel="1">
       <c r="A54" s="2" t="s">
         <v>100</v>
       </c>
@@ -8274,63 +7404,63 @@
       </c>
       <c r="J61" s="0">
         <f>C61*H61</f>
       </c>
       <c r="K61" s="0">
         <f>D61*H61</f>
       </c>
       <c r="L61" s="0">
         <f>E61*H61</f>
       </c>
       <c r="M61" s="0">
         <f>F61*H61</f>
       </c>
       <c r="N61" s="0">
         <f>G61*H61</f>
       </c>
     </row>
     <row r="62" outlineLevel="1">
       <c r="A62" s="2" t="s">
         <v>116</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>117</v>
       </c>
       <c r="C62" s="3">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="D62" s="3">
-        <v>89</v>
+        <v>33</v>
       </c>
       <c r="E62" s="3">
-        <v>79</v>
+        <v>29</v>
       </c>
       <c r="F62" s="3">
-        <v>74</v>
+        <v>27</v>
       </c>
       <c r="G62" s="3">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="H62" s="4"/>
       <c r="I62" s="3">
         <f>IF( 10000&gt;K4,K62,IF( 20000&gt;L4,L62,IF( 50000&gt;M4,M62,N62)))</f>
       </c>
       <c r="J62" s="0">
         <f>C62*H62</f>
       </c>
       <c r="K62" s="0">
         <f>D62*H62</f>
       </c>
       <c r="L62" s="0">
         <f>E62*H62</f>
       </c>
       <c r="M62" s="0">
         <f>F62*H62</f>
       </c>
       <c r="N62" s="0">
         <f>G62*H62</f>
       </c>
     </row>
     <row r="63" outlineLevel="1">
       <c r="A63" s="2" t="s">
         <v>118</v>
       </c>
@@ -8484,63 +7614,63 @@
       </c>
       <c r="J66" s="0">
         <f>C66*H66</f>
       </c>
       <c r="K66" s="0">
         <f>D66*H66</f>
       </c>
       <c r="L66" s="0">
         <f>E66*H66</f>
       </c>
       <c r="M66" s="0">
         <f>F66*H66</f>
       </c>
       <c r="N66" s="0">
         <f>G66*H66</f>
       </c>
     </row>
     <row r="67" outlineLevel="1">
       <c r="A67" s="2" t="s">
         <v>126</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>127</v>
       </c>
       <c r="C67" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="D67" s="3">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="E67" s="3">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="F67" s="3">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="G67" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="H67" s="4"/>
       <c r="I67" s="3">
         <f>IF( 10000&gt;K4,K67,IF( 20000&gt;L4,L67,IF( 50000&gt;M4,M67,N67)))</f>
       </c>
       <c r="J67" s="0">
         <f>C67*H67</f>
       </c>
       <c r="K67" s="0">
         <f>D67*H67</f>
       </c>
       <c r="L67" s="0">
         <f>E67*H67</f>
       </c>
       <c r="M67" s="0">
         <f>F67*H67</f>
       </c>
       <c r="N67" s="0">
         <f>G67*H67</f>
       </c>
     </row>
     <row r="68" outlineLevel="1">
       <c r="A68" s="2" t="s">
         <v>128</v>
       </c>
@@ -8568,567 +7698,567 @@
       </c>
       <c r="J68" s="0">
         <f>C68*H68</f>
       </c>
       <c r="K68" s="0">
         <f>D68*H68</f>
       </c>
       <c r="L68" s="0">
         <f>E68*H68</f>
       </c>
       <c r="M68" s="0">
         <f>F68*H68</f>
       </c>
       <c r="N68" s="0">
         <f>G68*H68</f>
       </c>
     </row>
     <row r="69" outlineLevel="1">
       <c r="A69" s="2" t="s">
         <v>130</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>131</v>
       </c>
       <c r="C69" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D69" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E69" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F69" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G69" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H69" s="4"/>
       <c r="I69" s="3">
         <f>IF( 10000&gt;K4,K69,IF( 20000&gt;L4,L69,IF( 50000&gt;M4,M69,N69)))</f>
       </c>
       <c r="J69" s="0">
         <f>C69*H69</f>
       </c>
       <c r="K69" s="0">
         <f>D69*H69</f>
       </c>
       <c r="L69" s="0">
         <f>E69*H69</f>
       </c>
       <c r="M69" s="0">
         <f>F69*H69</f>
       </c>
       <c r="N69" s="0">
         <f>G69*H69</f>
       </c>
     </row>
     <row r="70" outlineLevel="1">
       <c r="A70" s="2" t="s">
         <v>132</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>133</v>
       </c>
       <c r="C70" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D70" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E70" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F70" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G70" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H70" s="4"/>
       <c r="I70" s="3">
         <f>IF( 10000&gt;K4,K70,IF( 20000&gt;L4,L70,IF( 50000&gt;M4,M70,N70)))</f>
       </c>
       <c r="J70" s="0">
         <f>C70*H70</f>
       </c>
       <c r="K70" s="0">
         <f>D70*H70</f>
       </c>
       <c r="L70" s="0">
         <f>E70*H70</f>
       </c>
       <c r="M70" s="0">
         <f>F70*H70</f>
       </c>
       <c r="N70" s="0">
         <f>G70*H70</f>
       </c>
     </row>
     <row r="71" outlineLevel="1">
       <c r="A71" s="2" t="s">
         <v>134</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>135</v>
       </c>
       <c r="C71" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D71" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E71" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F71" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G71" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H71" s="4"/>
       <c r="I71" s="3">
         <f>IF( 10000&gt;K4,K71,IF( 20000&gt;L4,L71,IF( 50000&gt;M4,M71,N71)))</f>
       </c>
       <c r="J71" s="0">
         <f>C71*H71</f>
       </c>
       <c r="K71" s="0">
         <f>D71*H71</f>
       </c>
       <c r="L71" s="0">
         <f>E71*H71</f>
       </c>
       <c r="M71" s="0">
         <f>F71*H71</f>
       </c>
       <c r="N71" s="0">
         <f>G71*H71</f>
       </c>
     </row>
     <row r="72" outlineLevel="1">
       <c r="A72" s="2" t="s">
         <v>136</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>137</v>
       </c>
       <c r="C72" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D72" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E72" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F72" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G72" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H72" s="4"/>
       <c r="I72" s="3">
         <f>IF( 10000&gt;K4,K72,IF( 20000&gt;L4,L72,IF( 50000&gt;M4,M72,N72)))</f>
       </c>
       <c r="J72" s="0">
         <f>C72*H72</f>
       </c>
       <c r="K72" s="0">
         <f>D72*H72</f>
       </c>
       <c r="L72" s="0">
         <f>E72*H72</f>
       </c>
       <c r="M72" s="0">
         <f>F72*H72</f>
       </c>
       <c r="N72" s="0">
         <f>G72*H72</f>
       </c>
     </row>
     <row r="73" outlineLevel="1">
       <c r="A73" s="2" t="s">
         <v>138</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>139</v>
       </c>
       <c r="C73" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D73" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E73" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F73" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G73" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H73" s="4"/>
       <c r="I73" s="3">
         <f>IF( 10000&gt;K4,K73,IF( 20000&gt;L4,L73,IF( 50000&gt;M4,M73,N73)))</f>
       </c>
       <c r="J73" s="0">
         <f>C73*H73</f>
       </c>
       <c r="K73" s="0">
         <f>D73*H73</f>
       </c>
       <c r="L73" s="0">
         <f>E73*H73</f>
       </c>
       <c r="M73" s="0">
         <f>F73*H73</f>
       </c>
       <c r="N73" s="0">
         <f>G73*H73</f>
       </c>
     </row>
     <row r="74" outlineLevel="1">
       <c r="A74" s="2" t="s">
         <v>140</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>141</v>
       </c>
       <c r="C74" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D74" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E74" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F74" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G74" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H74" s="4"/>
       <c r="I74" s="3">
         <f>IF( 10000&gt;K4,K74,IF( 20000&gt;L4,L74,IF( 50000&gt;M4,M74,N74)))</f>
       </c>
       <c r="J74" s="0">
         <f>C74*H74</f>
       </c>
       <c r="K74" s="0">
         <f>D74*H74</f>
       </c>
       <c r="L74" s="0">
         <f>E74*H74</f>
       </c>
       <c r="M74" s="0">
         <f>F74*H74</f>
       </c>
       <c r="N74" s="0">
         <f>G74*H74</f>
       </c>
     </row>
     <row r="75" outlineLevel="1">
       <c r="A75" s="2" t="s">
         <v>142</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>143</v>
       </c>
       <c r="C75" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D75" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E75" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F75" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G75" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H75" s="4"/>
       <c r="I75" s="3">
         <f>IF( 10000&gt;K4,K75,IF( 20000&gt;L4,L75,IF( 50000&gt;M4,M75,N75)))</f>
       </c>
       <c r="J75" s="0">
         <f>C75*H75</f>
       </c>
       <c r="K75" s="0">
         <f>D75*H75</f>
       </c>
       <c r="L75" s="0">
         <f>E75*H75</f>
       </c>
       <c r="M75" s="0">
         <f>F75*H75</f>
       </c>
       <c r="N75" s="0">
         <f>G75*H75</f>
       </c>
     </row>
     <row r="76" outlineLevel="1">
       <c r="A76" s="2" t="s">
         <v>144</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>145</v>
       </c>
       <c r="C76" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D76" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E76" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F76" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G76" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H76" s="4"/>
       <c r="I76" s="3">
         <f>IF( 10000&gt;K4,K76,IF( 20000&gt;L4,L76,IF( 50000&gt;M4,M76,N76)))</f>
       </c>
       <c r="J76" s="0">
         <f>C76*H76</f>
       </c>
       <c r="K76" s="0">
         <f>D76*H76</f>
       </c>
       <c r="L76" s="0">
         <f>E76*H76</f>
       </c>
       <c r="M76" s="0">
         <f>F76*H76</f>
       </c>
       <c r="N76" s="0">
         <f>G76*H76</f>
       </c>
     </row>
     <row r="77" outlineLevel="1">
       <c r="A77" s="2" t="s">
         <v>146</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>147</v>
       </c>
       <c r="C77" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D77" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E77" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F77" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G77" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H77" s="4"/>
       <c r="I77" s="3">
         <f>IF( 10000&gt;K4,K77,IF( 20000&gt;L4,L77,IF( 50000&gt;M4,M77,N77)))</f>
       </c>
       <c r="J77" s="0">
         <f>C77*H77</f>
       </c>
       <c r="K77" s="0">
         <f>D77*H77</f>
       </c>
       <c r="L77" s="0">
         <f>E77*H77</f>
       </c>
       <c r="M77" s="0">
         <f>F77*H77</f>
       </c>
       <c r="N77" s="0">
         <f>G77*H77</f>
       </c>
     </row>
     <row r="78" outlineLevel="1">
       <c r="A78" s="2" t="s">
         <v>148</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>149</v>
       </c>
       <c r="C78" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D78" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E78" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F78" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G78" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H78" s="4"/>
       <c r="I78" s="3">
         <f>IF( 10000&gt;K4,K78,IF( 20000&gt;L4,L78,IF( 50000&gt;M4,M78,N78)))</f>
       </c>
       <c r="J78" s="0">
         <f>C78*H78</f>
       </c>
       <c r="K78" s="0">
         <f>D78*H78</f>
       </c>
       <c r="L78" s="0">
         <f>E78*H78</f>
       </c>
       <c r="M78" s="0">
         <f>F78*H78</f>
       </c>
       <c r="N78" s="0">
         <f>G78*H78</f>
       </c>
     </row>
     <row r="79" outlineLevel="1">
       <c r="A79" s="2" t="s">
         <v>150</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>151</v>
       </c>
       <c r="C79" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D79" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E79" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F79" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G79" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H79" s="4"/>
       <c r="I79" s="3">
         <f>IF( 10000&gt;K4,K79,IF( 20000&gt;L4,L79,IF( 50000&gt;M4,M79,N79)))</f>
       </c>
       <c r="J79" s="0">
         <f>C79*H79</f>
       </c>
       <c r="K79" s="0">
         <f>D79*H79</f>
       </c>
       <c r="L79" s="0">
         <f>E79*H79</f>
       </c>
       <c r="M79" s="0">
         <f>F79*H79</f>
       </c>
       <c r="N79" s="0">
         <f>G79*H79</f>
       </c>
     </row>
     <row r="80" outlineLevel="1">
       <c r="A80" s="2" t="s">
         <v>152</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>153</v>
       </c>
       <c r="C80" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="D80" s="3">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="E80" s="3">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="F80" s="3">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="G80" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="H80" s="4"/>
       <c r="I80" s="3">
         <f>IF( 10000&gt;K4,K80,IF( 20000&gt;L4,L80,IF( 50000&gt;M4,M80,N80)))</f>
       </c>
       <c r="J80" s="0">
         <f>C80*H80</f>
       </c>
       <c r="K80" s="0">
         <f>D80*H80</f>
       </c>
       <c r="L80" s="0">
         <f>E80*H80</f>
       </c>
       <c r="M80" s="0">
         <f>F80*H80</f>
       </c>
       <c r="N80" s="0">
         <f>G80*H80</f>
       </c>
     </row>
     <row r="81" outlineLevel="1">
       <c r="A81" s="2" t="s">
         <v>154</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>155</v>
       </c>
       <c r="C81" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D81" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E81" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F81" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G81" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H81" s="4"/>
       <c r="I81" s="3">
         <f>IF( 10000&gt;K4,K81,IF( 20000&gt;L4,L81,IF( 50000&gt;M4,M81,N81)))</f>
       </c>
       <c r="J81" s="0">
         <f>C81*H81</f>
       </c>
       <c r="K81" s="0">
         <f>D81*H81</f>
       </c>
       <c r="L81" s="0">
         <f>E81*H81</f>
       </c>
       <c r="M81" s="0">
         <f>F81*H81</f>
       </c>
       <c r="N81" s="0">
         <f>G81*H81</f>
       </c>
     </row>
     <row r="82" outlineLevel="1">
       <c r="A82" s="2" t="s">
         <v>156</v>
       </c>
@@ -9198,147 +8328,147 @@
       </c>
       <c r="J83" s="0">
         <f>C83*H83</f>
       </c>
       <c r="K83" s="0">
         <f>D83*H83</f>
       </c>
       <c r="L83" s="0">
         <f>E83*H83</f>
       </c>
       <c r="M83" s="0">
         <f>F83*H83</f>
       </c>
       <c r="N83" s="0">
         <f>G83*H83</f>
       </c>
     </row>
     <row r="84" outlineLevel="1">
       <c r="A84" s="2" t="s">
         <v>160</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C84" s="3">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="D84" s="3">
-        <v>65</v>
+        <v>42</v>
       </c>
       <c r="E84" s="3">
-        <v>55</v>
+        <v>36</v>
       </c>
       <c r="F84" s="3">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="G84" s="3">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="H84" s="4"/>
       <c r="I84" s="3">
         <f>IF( 10000&gt;K4,K84,IF( 20000&gt;L4,L84,IF( 50000&gt;M4,M84,N84)))</f>
       </c>
       <c r="J84" s="0">
         <f>C84*H84</f>
       </c>
       <c r="K84" s="0">
         <f>D84*H84</f>
       </c>
       <c r="L84" s="0">
         <f>E84*H84</f>
       </c>
       <c r="M84" s="0">
         <f>F84*H84</f>
       </c>
       <c r="N84" s="0">
         <f>G84*H84</f>
       </c>
     </row>
     <row r="85" outlineLevel="1">
       <c r="A85" s="2" t="s">
         <v>162</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>163</v>
       </c>
       <c r="C85" s="3">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="D85" s="3">
-        <v>65</v>
+        <v>42</v>
       </c>
       <c r="E85" s="3">
-        <v>55</v>
+        <v>36</v>
       </c>
       <c r="F85" s="3">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="G85" s="3">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="H85" s="4"/>
       <c r="I85" s="3">
         <f>IF( 10000&gt;K4,K85,IF( 20000&gt;L4,L85,IF( 50000&gt;M4,M85,N85)))</f>
       </c>
       <c r="J85" s="0">
         <f>C85*H85</f>
       </c>
       <c r="K85" s="0">
         <f>D85*H85</f>
       </c>
       <c r="L85" s="0">
         <f>E85*H85</f>
       </c>
       <c r="M85" s="0">
         <f>F85*H85</f>
       </c>
       <c r="N85" s="0">
         <f>G85*H85</f>
       </c>
     </row>
     <row r="86" outlineLevel="1">
       <c r="A86" s="2" t="s">
         <v>164</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>165</v>
       </c>
       <c r="C86" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D86" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E86" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F86" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G86" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H86" s="4"/>
       <c r="I86" s="3">
         <f>IF( 10000&gt;K4,K86,IF( 20000&gt;L4,L86,IF( 50000&gt;M4,M86,N86)))</f>
       </c>
       <c r="J86" s="0">
         <f>C86*H86</f>
       </c>
       <c r="K86" s="0">
         <f>D86*H86</f>
       </c>
       <c r="L86" s="0">
         <f>E86*H86</f>
       </c>
       <c r="M86" s="0">
         <f>F86*H86</f>
       </c>
       <c r="N86" s="0">
         <f>G86*H86</f>
       </c>
     </row>
     <row r="87" outlineLevel="1">
       <c r="A87" s="2" t="s">
         <v>166</v>
       </c>
@@ -9408,63 +8538,63 @@
       </c>
       <c r="J88" s="0">
         <f>C88*H88</f>
       </c>
       <c r="K88" s="0">
         <f>D88*H88</f>
       </c>
       <c r="L88" s="0">
         <f>E88*H88</f>
       </c>
       <c r="M88" s="0">
         <f>F88*H88</f>
       </c>
       <c r="N88" s="0">
         <f>G88*H88</f>
       </c>
     </row>
     <row r="89" outlineLevel="1">
       <c r="A89" s="2" t="s">
         <v>170</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>171</v>
       </c>
       <c r="C89" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="D89" s="3">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="E89" s="3">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="F89" s="3">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G89" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="H89" s="4"/>
       <c r="I89" s="3">
         <f>IF( 10000&gt;K4,K89,IF( 20000&gt;L4,L89,IF( 50000&gt;M4,M89,N89)))</f>
       </c>
       <c r="J89" s="0">
         <f>C89*H89</f>
       </c>
       <c r="K89" s="0">
         <f>D89*H89</f>
       </c>
       <c r="L89" s="0">
         <f>E89*H89</f>
       </c>
       <c r="M89" s="0">
         <f>F89*H89</f>
       </c>
       <c r="N89" s="0">
         <f>G89*H89</f>
       </c>
     </row>
     <row r="90" outlineLevel="1">
       <c r="A90" s="2" t="s">
         <v>172</v>
       </c>
@@ -9492,819 +8622,819 @@
       </c>
       <c r="J90" s="0">
         <f>C90*H90</f>
       </c>
       <c r="K90" s="0">
         <f>D90*H90</f>
       </c>
       <c r="L90" s="0">
         <f>E90*H90</f>
       </c>
       <c r="M90" s="0">
         <f>F90*H90</f>
       </c>
       <c r="N90" s="0">
         <f>G90*H90</f>
       </c>
     </row>
     <row r="91" outlineLevel="1">
       <c r="A91" s="2" t="s">
         <v>174</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>175</v>
       </c>
       <c r="C91" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="D91" s="3">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="E91" s="3">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="F91" s="3">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G91" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="H91" s="4"/>
       <c r="I91" s="3">
         <f>IF( 10000&gt;K4,K91,IF( 20000&gt;L4,L91,IF( 50000&gt;M4,M91,N91)))</f>
       </c>
       <c r="J91" s="0">
         <f>C91*H91</f>
       </c>
       <c r="K91" s="0">
         <f>D91*H91</f>
       </c>
       <c r="L91" s="0">
         <f>E91*H91</f>
       </c>
       <c r="M91" s="0">
         <f>F91*H91</f>
       </c>
       <c r="N91" s="0">
         <f>G91*H91</f>
       </c>
     </row>
     <row r="92" outlineLevel="1">
       <c r="A92" s="2" t="s">
         <v>176</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>177</v>
       </c>
       <c r="C92" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="D92" s="3">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="E92" s="3">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="F92" s="3">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="G92" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="H92" s="4"/>
       <c r="I92" s="3">
         <f>IF( 10000&gt;K4,K92,IF( 20000&gt;L4,L92,IF( 50000&gt;M4,M92,N92)))</f>
       </c>
       <c r="J92" s="0">
         <f>C92*H92</f>
       </c>
       <c r="K92" s="0">
         <f>D92*H92</f>
       </c>
       <c r="L92" s="0">
         <f>E92*H92</f>
       </c>
       <c r="M92" s="0">
         <f>F92*H92</f>
       </c>
       <c r="N92" s="0">
         <f>G92*H92</f>
       </c>
     </row>
     <row r="93" outlineLevel="1">
       <c r="A93" s="2" t="s">
         <v>178</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>179</v>
       </c>
       <c r="C93" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="D93" s="3">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="E93" s="3">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="F93" s="3">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="G93" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="H93" s="4"/>
       <c r="I93" s="3">
         <f>IF( 10000&gt;K4,K93,IF( 20000&gt;L4,L93,IF( 50000&gt;M4,M93,N93)))</f>
       </c>
       <c r="J93" s="0">
         <f>C93*H93</f>
       </c>
       <c r="K93" s="0">
         <f>D93*H93</f>
       </c>
       <c r="L93" s="0">
         <f>E93*H93</f>
       </c>
       <c r="M93" s="0">
         <f>F93*H93</f>
       </c>
       <c r="N93" s="0">
         <f>G93*H93</f>
       </c>
     </row>
     <row r="94" outlineLevel="1">
       <c r="A94" s="2" t="s">
         <v>180</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>181</v>
       </c>
       <c r="C94" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="D94" s="3">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="E94" s="3">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="F94" s="3">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="G94" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="H94" s="4"/>
       <c r="I94" s="3">
         <f>IF( 10000&gt;K4,K94,IF( 20000&gt;L4,L94,IF( 50000&gt;M4,M94,N94)))</f>
       </c>
       <c r="J94" s="0">
         <f>C94*H94</f>
       </c>
       <c r="K94" s="0">
         <f>D94*H94</f>
       </c>
       <c r="L94" s="0">
         <f>E94*H94</f>
       </c>
       <c r="M94" s="0">
         <f>F94*H94</f>
       </c>
       <c r="N94" s="0">
         <f>G94*H94</f>
       </c>
     </row>
     <row r="95" outlineLevel="1">
       <c r="A95" s="2" t="s">
         <v>182</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>183</v>
       </c>
       <c r="C95" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="D95" s="3">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="E95" s="3">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="F95" s="3">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="G95" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="H95" s="4"/>
       <c r="I95" s="3">
         <f>IF( 10000&gt;K4,K95,IF( 20000&gt;L4,L95,IF( 50000&gt;M4,M95,N95)))</f>
       </c>
       <c r="J95" s="0">
         <f>C95*H95</f>
       </c>
       <c r="K95" s="0">
         <f>D95*H95</f>
       </c>
       <c r="L95" s="0">
         <f>E95*H95</f>
       </c>
       <c r="M95" s="0">
         <f>F95*H95</f>
       </c>
       <c r="N95" s="0">
         <f>G95*H95</f>
       </c>
     </row>
     <row r="96" outlineLevel="1">
       <c r="A96" s="2" t="s">
         <v>184</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>185</v>
       </c>
       <c r="C96" s="3">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="D96" s="3">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="E96" s="3">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="F96" s="3">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="G96" s="3">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="H96" s="4"/>
       <c r="I96" s="3">
         <f>IF( 10000&gt;K4,K96,IF( 20000&gt;L4,L96,IF( 50000&gt;M4,M96,N96)))</f>
       </c>
       <c r="J96" s="0">
         <f>C96*H96</f>
       </c>
       <c r="K96" s="0">
         <f>D96*H96</f>
       </c>
       <c r="L96" s="0">
         <f>E96*H96</f>
       </c>
       <c r="M96" s="0">
         <f>F96*H96</f>
       </c>
       <c r="N96" s="0">
         <f>G96*H96</f>
       </c>
     </row>
     <row r="97" outlineLevel="1">
       <c r="A97" s="2" t="s">
         <v>186</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>187</v>
       </c>
       <c r="C97" s="3">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="D97" s="3">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="E97" s="3">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="F97" s="3">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="G97" s="3">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="H97" s="4"/>
       <c r="I97" s="3">
         <f>IF( 10000&gt;K4,K97,IF( 20000&gt;L4,L97,IF( 50000&gt;M4,M97,N97)))</f>
       </c>
       <c r="J97" s="0">
         <f>C97*H97</f>
       </c>
       <c r="K97" s="0">
         <f>D97*H97</f>
       </c>
       <c r="L97" s="0">
         <f>E97*H97</f>
       </c>
       <c r="M97" s="0">
         <f>F97*H97</f>
       </c>
       <c r="N97" s="0">
         <f>G97*H97</f>
       </c>
     </row>
     <row r="98" outlineLevel="1">
       <c r="A98" s="2" t="s">
         <v>188</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>189</v>
       </c>
       <c r="C98" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="D98" s="3">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="E98" s="3">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="F98" s="3">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="G98" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="H98" s="4"/>
       <c r="I98" s="3">
         <f>IF( 10000&gt;K4,K98,IF( 20000&gt;L4,L98,IF( 50000&gt;M4,M98,N98)))</f>
       </c>
       <c r="J98" s="0">
         <f>C98*H98</f>
       </c>
       <c r="K98" s="0">
         <f>D98*H98</f>
       </c>
       <c r="L98" s="0">
         <f>E98*H98</f>
       </c>
       <c r="M98" s="0">
         <f>F98*H98</f>
       </c>
       <c r="N98" s="0">
         <f>G98*H98</f>
       </c>
     </row>
     <row r="99" outlineLevel="1">
       <c r="A99" s="2" t="s">
         <v>190</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>191</v>
       </c>
       <c r="C99" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="D99" s="3">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="E99" s="3">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="F99" s="3">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="G99" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="H99" s="4"/>
       <c r="I99" s="3">
         <f>IF( 10000&gt;K4,K99,IF( 20000&gt;L4,L99,IF( 50000&gt;M4,M99,N99)))</f>
       </c>
       <c r="J99" s="0">
         <f>C99*H99</f>
       </c>
       <c r="K99" s="0">
         <f>D99*H99</f>
       </c>
       <c r="L99" s="0">
         <f>E99*H99</f>
       </c>
       <c r="M99" s="0">
         <f>F99*H99</f>
       </c>
       <c r="N99" s="0">
         <f>G99*H99</f>
       </c>
     </row>
     <row r="100" outlineLevel="1">
       <c r="A100" s="2" t="s">
         <v>192</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>193</v>
       </c>
       <c r="C100" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="D100" s="3">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="E100" s="3">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="F100" s="3">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="G100" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="H100" s="4"/>
       <c r="I100" s="3">
         <f>IF( 10000&gt;K4,K100,IF( 20000&gt;L4,L100,IF( 50000&gt;M4,M100,N100)))</f>
       </c>
       <c r="J100" s="0">
         <f>C100*H100</f>
       </c>
       <c r="K100" s="0">
         <f>D100*H100</f>
       </c>
       <c r="L100" s="0">
         <f>E100*H100</f>
       </c>
       <c r="M100" s="0">
         <f>F100*H100</f>
       </c>
       <c r="N100" s="0">
         <f>G100*H100</f>
       </c>
     </row>
     <row r="101" outlineLevel="1">
       <c r="A101" s="2" t="s">
         <v>194</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C101" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="D101" s="3">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="E101" s="3">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="F101" s="3">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="G101" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="H101" s="4"/>
       <c r="I101" s="3">
         <f>IF( 10000&gt;K4,K101,IF( 20000&gt;L4,L101,IF( 50000&gt;M4,M101,N101)))</f>
       </c>
       <c r="J101" s="0">
         <f>C101*H101</f>
       </c>
       <c r="K101" s="0">
         <f>D101*H101</f>
       </c>
       <c r="L101" s="0">
         <f>E101*H101</f>
       </c>
       <c r="M101" s="0">
         <f>F101*H101</f>
       </c>
       <c r="N101" s="0">
         <f>G101*H101</f>
       </c>
     </row>
     <row r="102" outlineLevel="1">
       <c r="A102" s="2" t="s">
         <v>196</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>197</v>
       </c>
       <c r="C102" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="D102" s="3">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="E102" s="3">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="F102" s="3">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="G102" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="H102" s="4"/>
       <c r="I102" s="3">
         <f>IF( 10000&gt;K4,K102,IF( 20000&gt;L4,L102,IF( 50000&gt;M4,M102,N102)))</f>
       </c>
       <c r="J102" s="0">
         <f>C102*H102</f>
       </c>
       <c r="K102" s="0">
         <f>D102*H102</f>
       </c>
       <c r="L102" s="0">
         <f>E102*H102</f>
       </c>
       <c r="M102" s="0">
         <f>F102*H102</f>
       </c>
       <c r="N102" s="0">
         <f>G102*H102</f>
       </c>
     </row>
     <row r="103" outlineLevel="1">
       <c r="A103" s="2" t="s">
         <v>198</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>199</v>
       </c>
       <c r="C103" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="D103" s="3">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="E103" s="3">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="F103" s="3">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="G103" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="H103" s="4"/>
       <c r="I103" s="3">
         <f>IF( 10000&gt;K4,K103,IF( 20000&gt;L4,L103,IF( 50000&gt;M4,M103,N103)))</f>
       </c>
       <c r="J103" s="0">
         <f>C103*H103</f>
       </c>
       <c r="K103" s="0">
         <f>D103*H103</f>
       </c>
       <c r="L103" s="0">
         <f>E103*H103</f>
       </c>
       <c r="M103" s="0">
         <f>F103*H103</f>
       </c>
       <c r="N103" s="0">
         <f>G103*H103</f>
       </c>
     </row>
     <row r="104" outlineLevel="1">
       <c r="A104" s="2" t="s">
         <v>200</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>201</v>
       </c>
       <c r="C104" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="D104" s="3">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="E104" s="3">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="F104" s="3">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="G104" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="H104" s="4"/>
       <c r="I104" s="3">
         <f>IF( 10000&gt;K4,K104,IF( 20000&gt;L4,L104,IF( 50000&gt;M4,M104,N104)))</f>
       </c>
       <c r="J104" s="0">
         <f>C104*H104</f>
       </c>
       <c r="K104" s="0">
         <f>D104*H104</f>
       </c>
       <c r="L104" s="0">
         <f>E104*H104</f>
       </c>
       <c r="M104" s="0">
         <f>F104*H104</f>
       </c>
       <c r="N104" s="0">
         <f>G104*H104</f>
       </c>
     </row>
     <row r="105" outlineLevel="1">
       <c r="A105" s="2" t="s">
         <v>202</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>203</v>
       </c>
       <c r="C105" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="D105" s="3">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="E105" s="3">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="F105" s="3">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="G105" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="H105" s="4"/>
       <c r="I105" s="3">
         <f>IF( 10000&gt;K4,K105,IF( 20000&gt;L4,L105,IF( 50000&gt;M4,M105,N105)))</f>
       </c>
       <c r="J105" s="0">
         <f>C105*H105</f>
       </c>
       <c r="K105" s="0">
         <f>D105*H105</f>
       </c>
       <c r="L105" s="0">
         <f>E105*H105</f>
       </c>
       <c r="M105" s="0">
         <f>F105*H105</f>
       </c>
       <c r="N105" s="0">
         <f>G105*H105</f>
       </c>
     </row>
     <row r="106" outlineLevel="1">
       <c r="A106" s="2" t="s">
         <v>204</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>205</v>
       </c>
       <c r="C106" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="D106" s="3">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="E106" s="3">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="F106" s="3">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="G106" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="H106" s="4"/>
       <c r="I106" s="3">
         <f>IF( 10000&gt;K4,K106,IF( 20000&gt;L4,L106,IF( 50000&gt;M4,M106,N106)))</f>
       </c>
       <c r="J106" s="0">
         <f>C106*H106</f>
       </c>
       <c r="K106" s="0">
         <f>D106*H106</f>
       </c>
       <c r="L106" s="0">
         <f>E106*H106</f>
       </c>
       <c r="M106" s="0">
         <f>F106*H106</f>
       </c>
       <c r="N106" s="0">
         <f>G106*H106</f>
       </c>
     </row>
     <row r="107" outlineLevel="1">
       <c r="A107" s="2" t="s">
         <v>206</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>207</v>
       </c>
       <c r="C107" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="D107" s="3">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="E107" s="3">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="F107" s="3">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="G107" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="H107" s="4"/>
       <c r="I107" s="3">
         <f>IF( 10000&gt;K4,K107,IF( 20000&gt;L4,L107,IF( 50000&gt;M4,M107,N107)))</f>
       </c>
       <c r="J107" s="0">
         <f>C107*H107</f>
       </c>
       <c r="K107" s="0">
         <f>D107*H107</f>
       </c>
       <c r="L107" s="0">
         <f>E107*H107</f>
       </c>
       <c r="M107" s="0">
         <f>F107*H107</f>
       </c>
       <c r="N107" s="0">
         <f>G107*H107</f>
       </c>
     </row>
     <row r="108" outlineLevel="1">
       <c r="A108" s="2" t="s">
         <v>208</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>209</v>
       </c>
       <c r="C108" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="D108" s="3">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="E108" s="3">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="F108" s="3">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="G108" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="H108" s="4"/>
       <c r="I108" s="3">
         <f>IF( 10000&gt;K4,K108,IF( 20000&gt;L4,L108,IF( 50000&gt;M4,M108,N108)))</f>
       </c>
       <c r="J108" s="0">
         <f>C108*H108</f>
       </c>
       <c r="K108" s="0">
         <f>D108*H108</f>
       </c>
       <c r="L108" s="0">
         <f>E108*H108</f>
       </c>
       <c r="M108" s="0">
         <f>F108*H108</f>
       </c>
       <c r="N108" s="0">
         <f>G108*H108</f>
       </c>
     </row>
     <row r="109" outlineLevel="1">
       <c r="A109" s="2" t="s">
         <v>210</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>211</v>
       </c>
       <c r="C109" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="D109" s="3">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="E109" s="3">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="F109" s="3">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="G109" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="H109" s="4"/>
       <c r="I109" s="3">
         <f>IF( 10000&gt;K4,K109,IF( 20000&gt;L4,L109,IF( 50000&gt;M4,M109,N109)))</f>
       </c>
       <c r="J109" s="0">
         <f>C109*H109</f>
       </c>
       <c r="K109" s="0">
         <f>D109*H109</f>
       </c>
       <c r="L109" s="0">
         <f>E109*H109</f>
       </c>
       <c r="M109" s="0">
         <f>F109*H109</f>
       </c>
       <c r="N109" s="0">
         <f>G109*H109</f>
       </c>
     </row>
     <row r="110" outlineLevel="1">
       <c r="A110" s="2" t="s">
         <v>212</v>
       </c>
@@ -10878,3297 +10008,3297 @@
       </c>
       <c r="J123" s="0">
         <f>C123*H123</f>
       </c>
       <c r="K123" s="0">
         <f>D123*H123</f>
       </c>
       <c r="L123" s="0">
         <f>E123*H123</f>
       </c>
       <c r="M123" s="0">
         <f>F123*H123</f>
       </c>
       <c r="N123" s="0">
         <f>G123*H123</f>
       </c>
     </row>
     <row r="124" outlineLevel="1">
       <c r="A124" s="2" t="s">
         <v>240</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>241</v>
       </c>
       <c r="C124" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D124" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E124" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F124" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G124" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H124" s="4"/>
       <c r="I124" s="3">
         <f>IF( 10000&gt;K4,K124,IF( 20000&gt;L4,L124,IF( 50000&gt;M4,M124,N124)))</f>
       </c>
       <c r="J124" s="0">
         <f>C124*H124</f>
       </c>
       <c r="K124" s="0">
         <f>D124*H124</f>
       </c>
       <c r="L124" s="0">
         <f>E124*H124</f>
       </c>
       <c r="M124" s="0">
         <f>F124*H124</f>
       </c>
       <c r="N124" s="0">
         <f>G124*H124</f>
       </c>
     </row>
     <row r="125" outlineLevel="1">
       <c r="A125" s="2" t="s">
         <v>242</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>243</v>
       </c>
       <c r="C125" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D125" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E125" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F125" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G125" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H125" s="4"/>
       <c r="I125" s="3">
         <f>IF( 10000&gt;K4,K125,IF( 20000&gt;L4,L125,IF( 50000&gt;M4,M125,N125)))</f>
       </c>
       <c r="J125" s="0">
         <f>C125*H125</f>
       </c>
       <c r="K125" s="0">
         <f>D125*H125</f>
       </c>
       <c r="L125" s="0">
         <f>E125*H125</f>
       </c>
       <c r="M125" s="0">
         <f>F125*H125</f>
       </c>
       <c r="N125" s="0">
         <f>G125*H125</f>
       </c>
     </row>
     <row r="126" outlineLevel="1">
       <c r="A126" s="2" t="s">
         <v>244</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>245</v>
       </c>
       <c r="C126" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D126" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E126" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F126" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G126" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H126" s="4"/>
       <c r="I126" s="3">
         <f>IF( 10000&gt;K4,K126,IF( 20000&gt;L4,L126,IF( 50000&gt;M4,M126,N126)))</f>
       </c>
       <c r="J126" s="0">
         <f>C126*H126</f>
       </c>
       <c r="K126" s="0">
         <f>D126*H126</f>
       </c>
       <c r="L126" s="0">
         <f>E126*H126</f>
       </c>
       <c r="M126" s="0">
         <f>F126*H126</f>
       </c>
       <c r="N126" s="0">
         <f>G126*H126</f>
       </c>
     </row>
     <row r="127" outlineLevel="1">
       <c r="A127" s="2" t="s">
         <v>246</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>247</v>
       </c>
       <c r="C127" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D127" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E127" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F127" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G127" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H127" s="4"/>
       <c r="I127" s="3">
         <f>IF( 10000&gt;K4,K127,IF( 20000&gt;L4,L127,IF( 50000&gt;M4,M127,N127)))</f>
       </c>
       <c r="J127" s="0">
         <f>C127*H127</f>
       </c>
       <c r="K127" s="0">
         <f>D127*H127</f>
       </c>
       <c r="L127" s="0">
         <f>E127*H127</f>
       </c>
       <c r="M127" s="0">
         <f>F127*H127</f>
       </c>
       <c r="N127" s="0">
         <f>G127*H127</f>
       </c>
     </row>
     <row r="128" outlineLevel="1">
       <c r="A128" s="2" t="s">
         <v>248</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>249</v>
       </c>
       <c r="C128" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D128" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E128" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F128" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G128" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H128" s="4"/>
       <c r="I128" s="3">
         <f>IF( 10000&gt;K4,K128,IF( 20000&gt;L4,L128,IF( 50000&gt;M4,M128,N128)))</f>
       </c>
       <c r="J128" s="0">
         <f>C128*H128</f>
       </c>
       <c r="K128" s="0">
         <f>D128*H128</f>
       </c>
       <c r="L128" s="0">
         <f>E128*H128</f>
       </c>
       <c r="M128" s="0">
         <f>F128*H128</f>
       </c>
       <c r="N128" s="0">
         <f>G128*H128</f>
       </c>
     </row>
     <row r="129" outlineLevel="1">
       <c r="A129" s="2" t="s">
         <v>250</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>251</v>
       </c>
       <c r="C129" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D129" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E129" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F129" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G129" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H129" s="4"/>
       <c r="I129" s="3">
         <f>IF( 10000&gt;K4,K129,IF( 20000&gt;L4,L129,IF( 50000&gt;M4,M129,N129)))</f>
       </c>
       <c r="J129" s="0">
         <f>C129*H129</f>
       </c>
       <c r="K129" s="0">
         <f>D129*H129</f>
       </c>
       <c r="L129" s="0">
         <f>E129*H129</f>
       </c>
       <c r="M129" s="0">
         <f>F129*H129</f>
       </c>
       <c r="N129" s="0">
         <f>G129*H129</f>
       </c>
     </row>
     <row r="130" outlineLevel="1">
       <c r="A130" s="2" t="s">
         <v>252</v>
       </c>
       <c r="B130" s="5" t="s">
         <v>253</v>
       </c>
       <c r="C130" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D130" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E130" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F130" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G130" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H130" s="4"/>
       <c r="I130" s="3">
         <f>IF( 10000&gt;K4,K130,IF( 20000&gt;L4,L130,IF( 50000&gt;M4,M130,N130)))</f>
       </c>
       <c r="J130" s="0">
         <f>C130*H130</f>
       </c>
       <c r="K130" s="0">
         <f>D130*H130</f>
       </c>
       <c r="L130" s="0">
         <f>E130*H130</f>
       </c>
       <c r="M130" s="0">
         <f>F130*H130</f>
       </c>
       <c r="N130" s="0">
         <f>G130*H130</f>
       </c>
     </row>
     <row r="131" outlineLevel="1">
       <c r="A131" s="2" t="s">
         <v>254</v>
       </c>
       <c r="B131" s="5" t="s">
         <v>255</v>
       </c>
       <c r="C131" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D131" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E131" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F131" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G131" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H131" s="4"/>
       <c r="I131" s="3">
         <f>IF( 10000&gt;K4,K131,IF( 20000&gt;L4,L131,IF( 50000&gt;M4,M131,N131)))</f>
       </c>
       <c r="J131" s="0">
         <f>C131*H131</f>
       </c>
       <c r="K131" s="0">
         <f>D131*H131</f>
       </c>
       <c r="L131" s="0">
         <f>E131*H131</f>
       </c>
       <c r="M131" s="0">
         <f>F131*H131</f>
       </c>
       <c r="N131" s="0">
         <f>G131*H131</f>
       </c>
     </row>
     <row r="132" outlineLevel="1">
       <c r="A132" s="2" t="s">
         <v>256</v>
       </c>
       <c r="B132" s="5" t="s">
         <v>257</v>
       </c>
       <c r="C132" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D132" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E132" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F132" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G132" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H132" s="4"/>
       <c r="I132" s="3">
         <f>IF( 10000&gt;K4,K132,IF( 20000&gt;L4,L132,IF( 50000&gt;M4,M132,N132)))</f>
       </c>
       <c r="J132" s="0">
         <f>C132*H132</f>
       </c>
       <c r="K132" s="0">
         <f>D132*H132</f>
       </c>
       <c r="L132" s="0">
         <f>E132*H132</f>
       </c>
       <c r="M132" s="0">
         <f>F132*H132</f>
       </c>
       <c r="N132" s="0">
         <f>G132*H132</f>
       </c>
     </row>
     <row r="133" outlineLevel="1">
       <c r="A133" s="2" t="s">
         <v>258</v>
       </c>
       <c r="B133" s="5" t="s">
         <v>259</v>
       </c>
       <c r="C133" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D133" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E133" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F133" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G133" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H133" s="4"/>
       <c r="I133" s="3">
         <f>IF( 10000&gt;K4,K133,IF( 20000&gt;L4,L133,IF( 50000&gt;M4,M133,N133)))</f>
       </c>
       <c r="J133" s="0">
         <f>C133*H133</f>
       </c>
       <c r="K133" s="0">
         <f>D133*H133</f>
       </c>
       <c r="L133" s="0">
         <f>E133*H133</f>
       </c>
       <c r="M133" s="0">
         <f>F133*H133</f>
       </c>
       <c r="N133" s="0">
         <f>G133*H133</f>
       </c>
     </row>
     <row r="134" outlineLevel="1">
       <c r="A134" s="2" t="s">
         <v>260</v>
       </c>
       <c r="B134" s="5" t="s">
         <v>261</v>
       </c>
       <c r="C134" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D134" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E134" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F134" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G134" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H134" s="4"/>
       <c r="I134" s="3">
         <f>IF( 10000&gt;K4,K134,IF( 20000&gt;L4,L134,IF( 50000&gt;M4,M134,N134)))</f>
       </c>
       <c r="J134" s="0">
         <f>C134*H134</f>
       </c>
       <c r="K134" s="0">
         <f>D134*H134</f>
       </c>
       <c r="L134" s="0">
         <f>E134*H134</f>
       </c>
       <c r="M134" s="0">
         <f>F134*H134</f>
       </c>
       <c r="N134" s="0">
         <f>G134*H134</f>
       </c>
     </row>
     <row r="135" outlineLevel="1">
       <c r="A135" s="2" t="s">
         <v>262</v>
       </c>
       <c r="B135" s="5" t="s">
         <v>263</v>
       </c>
       <c r="C135" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="D135" s="3">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="E135" s="3">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="F135" s="3">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="G135" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="H135" s="4"/>
       <c r="I135" s="3">
         <f>IF( 10000&gt;K4,K135,IF( 20000&gt;L4,L135,IF( 50000&gt;M4,M135,N135)))</f>
       </c>
       <c r="J135" s="0">
         <f>C135*H135</f>
       </c>
       <c r="K135" s="0">
         <f>D135*H135</f>
       </c>
       <c r="L135" s="0">
         <f>E135*H135</f>
       </c>
       <c r="M135" s="0">
         <f>F135*H135</f>
       </c>
       <c r="N135" s="0">
         <f>G135*H135</f>
       </c>
     </row>
     <row r="136" outlineLevel="1">
       <c r="A136" s="2" t="s">
         <v>264</v>
       </c>
       <c r="B136" s="5" t="s">
         <v>265</v>
       </c>
       <c r="C136" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D136" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E136" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F136" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G136" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H136" s="4"/>
       <c r="I136" s="3">
         <f>IF( 10000&gt;K4,K136,IF( 20000&gt;L4,L136,IF( 50000&gt;M4,M136,N136)))</f>
       </c>
       <c r="J136" s="0">
         <f>C136*H136</f>
       </c>
       <c r="K136" s="0">
         <f>D136*H136</f>
       </c>
       <c r="L136" s="0">
         <f>E136*H136</f>
       </c>
       <c r="M136" s="0">
         <f>F136*H136</f>
       </c>
       <c r="N136" s="0">
         <f>G136*H136</f>
       </c>
     </row>
     <row r="137" outlineLevel="1">
       <c r="A137" s="2" t="s">
         <v>266</v>
       </c>
       <c r="B137" s="5" t="s">
         <v>267</v>
       </c>
       <c r="C137" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D137" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E137" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F137" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G137" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H137" s="4"/>
       <c r="I137" s="3">
         <f>IF( 10000&gt;K4,K137,IF( 20000&gt;L4,L137,IF( 50000&gt;M4,M137,N137)))</f>
       </c>
       <c r="J137" s="0">
         <f>C137*H137</f>
       </c>
       <c r="K137" s="0">
         <f>D137*H137</f>
       </c>
       <c r="L137" s="0">
         <f>E137*H137</f>
       </c>
       <c r="M137" s="0">
         <f>F137*H137</f>
       </c>
       <c r="N137" s="0">
         <f>G137*H137</f>
       </c>
     </row>
     <row r="138" outlineLevel="1">
       <c r="A138" s="2" t="s">
         <v>268</v>
       </c>
       <c r="B138" s="5" t="s">
         <v>269</v>
       </c>
       <c r="C138" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D138" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E138" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F138" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G138" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H138" s="4"/>
       <c r="I138" s="3">
         <f>IF( 10000&gt;K4,K138,IF( 20000&gt;L4,L138,IF( 50000&gt;M4,M138,N138)))</f>
       </c>
       <c r="J138" s="0">
         <f>C138*H138</f>
       </c>
       <c r="K138" s="0">
         <f>D138*H138</f>
       </c>
       <c r="L138" s="0">
         <f>E138*H138</f>
       </c>
       <c r="M138" s="0">
         <f>F138*H138</f>
       </c>
       <c r="N138" s="0">
         <f>G138*H138</f>
       </c>
     </row>
     <row r="139" outlineLevel="1">
       <c r="A139" s="2" t="s">
         <v>270</v>
       </c>
       <c r="B139" s="5" t="s">
         <v>271</v>
       </c>
       <c r="C139" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D139" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E139" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F139" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G139" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H139" s="4"/>
       <c r="I139" s="3">
         <f>IF( 10000&gt;K4,K139,IF( 20000&gt;L4,L139,IF( 50000&gt;M4,M139,N139)))</f>
       </c>
       <c r="J139" s="0">
         <f>C139*H139</f>
       </c>
       <c r="K139" s="0">
         <f>D139*H139</f>
       </c>
       <c r="L139" s="0">
         <f>E139*H139</f>
       </c>
       <c r="M139" s="0">
         <f>F139*H139</f>
       </c>
       <c r="N139" s="0">
         <f>G139*H139</f>
       </c>
     </row>
     <row r="140" outlineLevel="1">
       <c r="A140" s="2" t="s">
         <v>272</v>
       </c>
       <c r="B140" s="5" t="s">
         <v>273</v>
       </c>
       <c r="C140" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="D140" s="3">
-        <v>89</v>
+        <v>28</v>
       </c>
       <c r="E140" s="3">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="F140" s="3">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="G140" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="H140" s="4"/>
       <c r="I140" s="3">
         <f>IF( 10000&gt;K4,K140,IF( 20000&gt;L4,L140,IF( 50000&gt;M4,M140,N140)))</f>
       </c>
       <c r="J140" s="0">
         <f>C140*H140</f>
       </c>
       <c r="K140" s="0">
         <f>D140*H140</f>
       </c>
       <c r="L140" s="0">
         <f>E140*H140</f>
       </c>
       <c r="M140" s="0">
         <f>F140*H140</f>
       </c>
       <c r="N140" s="0">
         <f>G140*H140</f>
       </c>
     </row>
     <row r="141" outlineLevel="1">
       <c r="A141" s="2" t="s">
         <v>274</v>
       </c>
       <c r="B141" s="5" t="s">
         <v>275</v>
       </c>
       <c r="C141" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="D141" s="3">
-        <v>89</v>
+        <v>28</v>
       </c>
       <c r="E141" s="3">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="F141" s="3">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="G141" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="H141" s="4"/>
       <c r="I141" s="3">
         <f>IF( 10000&gt;K4,K141,IF( 20000&gt;L4,L141,IF( 50000&gt;M4,M141,N141)))</f>
       </c>
       <c r="J141" s="0">
         <f>C141*H141</f>
       </c>
       <c r="K141" s="0">
         <f>D141*H141</f>
       </c>
       <c r="L141" s="0">
         <f>E141*H141</f>
       </c>
       <c r="M141" s="0">
         <f>F141*H141</f>
       </c>
       <c r="N141" s="0">
         <f>G141*H141</f>
       </c>
     </row>
     <row r="142" outlineLevel="1">
       <c r="A142" s="2" t="s">
         <v>276</v>
       </c>
       <c r="B142" s="5" t="s">
         <v>277</v>
       </c>
       <c r="C142" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D142" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E142" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F142" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G142" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H142" s="4"/>
       <c r="I142" s="3">
         <f>IF( 10000&gt;K4,K142,IF( 20000&gt;L4,L142,IF( 50000&gt;M4,M142,N142)))</f>
       </c>
       <c r="J142" s="0">
         <f>C142*H142</f>
       </c>
       <c r="K142" s="0">
         <f>D142*H142</f>
       </c>
       <c r="L142" s="0">
         <f>E142*H142</f>
       </c>
       <c r="M142" s="0">
         <f>F142*H142</f>
       </c>
       <c r="N142" s="0">
         <f>G142*H142</f>
       </c>
     </row>
     <row r="143" outlineLevel="1">
       <c r="A143" s="2" t="s">
         <v>278</v>
       </c>
       <c r="B143" s="5" t="s">
         <v>279</v>
       </c>
       <c r="C143" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D143" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E143" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F143" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G143" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H143" s="4"/>
       <c r="I143" s="3">
         <f>IF( 10000&gt;K4,K143,IF( 20000&gt;L4,L143,IF( 50000&gt;M4,M143,N143)))</f>
       </c>
       <c r="J143" s="0">
         <f>C143*H143</f>
       </c>
       <c r="K143" s="0">
         <f>D143*H143</f>
       </c>
       <c r="L143" s="0">
         <f>E143*H143</f>
       </c>
       <c r="M143" s="0">
         <f>F143*H143</f>
       </c>
       <c r="N143" s="0">
         <f>G143*H143</f>
       </c>
     </row>
     <row r="144" outlineLevel="1">
       <c r="A144" s="2" t="s">
         <v>280</v>
       </c>
       <c r="B144" s="5" t="s">
         <v>281</v>
       </c>
       <c r="C144" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D144" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E144" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F144" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G144" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H144" s="4"/>
       <c r="I144" s="3">
         <f>IF( 10000&gt;K4,K144,IF( 20000&gt;L4,L144,IF( 50000&gt;M4,M144,N144)))</f>
       </c>
       <c r="J144" s="0">
         <f>C144*H144</f>
       </c>
       <c r="K144" s="0">
         <f>D144*H144</f>
       </c>
       <c r="L144" s="0">
         <f>E144*H144</f>
       </c>
       <c r="M144" s="0">
         <f>F144*H144</f>
       </c>
       <c r="N144" s="0">
         <f>G144*H144</f>
       </c>
     </row>
     <row r="145" outlineLevel="1">
       <c r="A145" s="2" t="s">
         <v>282</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>283</v>
       </c>
       <c r="C145" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D145" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E145" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F145" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G145" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H145" s="4"/>
       <c r="I145" s="3">
         <f>IF( 10000&gt;K4,K145,IF( 20000&gt;L4,L145,IF( 50000&gt;M4,M145,N145)))</f>
       </c>
       <c r="J145" s="0">
         <f>C145*H145</f>
       </c>
       <c r="K145" s="0">
         <f>D145*H145</f>
       </c>
       <c r="L145" s="0">
         <f>E145*H145</f>
       </c>
       <c r="M145" s="0">
         <f>F145*H145</f>
       </c>
       <c r="N145" s="0">
         <f>G145*H145</f>
       </c>
     </row>
     <row r="146" outlineLevel="1">
       <c r="A146" s="2" t="s">
         <v>284</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>285</v>
       </c>
       <c r="C146" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D146" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E146" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F146" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G146" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H146" s="4"/>
       <c r="I146" s="3">
         <f>IF( 10000&gt;K4,K146,IF( 20000&gt;L4,L146,IF( 50000&gt;M4,M146,N146)))</f>
       </c>
       <c r="J146" s="0">
         <f>C146*H146</f>
       </c>
       <c r="K146" s="0">
         <f>D146*H146</f>
       </c>
       <c r="L146" s="0">
         <f>E146*H146</f>
       </c>
       <c r="M146" s="0">
         <f>F146*H146</f>
       </c>
       <c r="N146" s="0">
         <f>G146*H146</f>
       </c>
     </row>
     <row r="147" outlineLevel="1">
       <c r="A147" s="2" t="s">
         <v>286</v>
       </c>
       <c r="B147" s="5" t="s">
         <v>287</v>
       </c>
       <c r="C147" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D147" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E147" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F147" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G147" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H147" s="4"/>
       <c r="I147" s="3">
         <f>IF( 10000&gt;K4,K147,IF( 20000&gt;L4,L147,IF( 50000&gt;M4,M147,N147)))</f>
       </c>
       <c r="J147" s="0">
         <f>C147*H147</f>
       </c>
       <c r="K147" s="0">
         <f>D147*H147</f>
       </c>
       <c r="L147" s="0">
         <f>E147*H147</f>
       </c>
       <c r="M147" s="0">
         <f>F147*H147</f>
       </c>
       <c r="N147" s="0">
         <f>G147*H147</f>
       </c>
     </row>
     <row r="148" outlineLevel="1">
       <c r="A148" s="2" t="s">
         <v>288</v>
       </c>
       <c r="B148" s="5" t="s">
         <v>289</v>
       </c>
       <c r="C148" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D148" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E148" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F148" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G148" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H148" s="4"/>
       <c r="I148" s="3">
         <f>IF( 10000&gt;K4,K148,IF( 20000&gt;L4,L148,IF( 50000&gt;M4,M148,N148)))</f>
       </c>
       <c r="J148" s="0">
         <f>C148*H148</f>
       </c>
       <c r="K148" s="0">
         <f>D148*H148</f>
       </c>
       <c r="L148" s="0">
         <f>E148*H148</f>
       </c>
       <c r="M148" s="0">
         <f>F148*H148</f>
       </c>
       <c r="N148" s="0">
         <f>G148*H148</f>
       </c>
     </row>
     <row r="149" outlineLevel="1">
       <c r="A149" s="2" t="s">
         <v>290</v>
       </c>
       <c r="B149" s="5" t="s">
         <v>291</v>
       </c>
       <c r="C149" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D149" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E149" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F149" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G149" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H149" s="4"/>
       <c r="I149" s="3">
         <f>IF( 10000&gt;K4,K149,IF( 20000&gt;L4,L149,IF( 50000&gt;M4,M149,N149)))</f>
       </c>
       <c r="J149" s="0">
         <f>C149*H149</f>
       </c>
       <c r="K149" s="0">
         <f>D149*H149</f>
       </c>
       <c r="L149" s="0">
         <f>E149*H149</f>
       </c>
       <c r="M149" s="0">
         <f>F149*H149</f>
       </c>
       <c r="N149" s="0">
         <f>G149*H149</f>
       </c>
     </row>
     <row r="150" outlineLevel="1">
       <c r="A150" s="2" t="s">
         <v>292</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>293</v>
       </c>
       <c r="C150" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D150" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E150" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F150" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G150" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H150" s="4"/>
       <c r="I150" s="3">
         <f>IF( 10000&gt;K4,K150,IF( 20000&gt;L4,L150,IF( 50000&gt;M4,M150,N150)))</f>
       </c>
       <c r="J150" s="0">
         <f>C150*H150</f>
       </c>
       <c r="K150" s="0">
         <f>D150*H150</f>
       </c>
       <c r="L150" s="0">
         <f>E150*H150</f>
       </c>
       <c r="M150" s="0">
         <f>F150*H150</f>
       </c>
       <c r="N150" s="0">
         <f>G150*H150</f>
       </c>
     </row>
     <row r="151" outlineLevel="1">
       <c r="A151" s="2" t="s">
         <v>294</v>
       </c>
       <c r="B151" s="5" t="s">
         <v>295</v>
       </c>
       <c r="C151" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D151" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E151" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F151" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G151" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H151" s="4"/>
       <c r="I151" s="3">
         <f>IF( 10000&gt;K4,K151,IF( 20000&gt;L4,L151,IF( 50000&gt;M4,M151,N151)))</f>
       </c>
       <c r="J151" s="0">
         <f>C151*H151</f>
       </c>
       <c r="K151" s="0">
         <f>D151*H151</f>
       </c>
       <c r="L151" s="0">
         <f>E151*H151</f>
       </c>
       <c r="M151" s="0">
         <f>F151*H151</f>
       </c>
       <c r="N151" s="0">
         <f>G151*H151</f>
       </c>
     </row>
     <row r="152" outlineLevel="1">
       <c r="A152" s="2" t="s">
         <v>296</v>
       </c>
       <c r="B152" s="5" t="s">
         <v>297</v>
       </c>
       <c r="C152" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D152" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E152" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F152" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G152" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H152" s="4"/>
       <c r="I152" s="3">
         <f>IF( 10000&gt;K4,K152,IF( 20000&gt;L4,L152,IF( 50000&gt;M4,M152,N152)))</f>
       </c>
       <c r="J152" s="0">
         <f>C152*H152</f>
       </c>
       <c r="K152" s="0">
         <f>D152*H152</f>
       </c>
       <c r="L152" s="0">
         <f>E152*H152</f>
       </c>
       <c r="M152" s="0">
         <f>F152*H152</f>
       </c>
       <c r="N152" s="0">
         <f>G152*H152</f>
       </c>
     </row>
     <row r="153" outlineLevel="1">
       <c r="A153" s="2" t="s">
         <v>298</v>
       </c>
       <c r="B153" s="5" t="s">
         <v>299</v>
       </c>
       <c r="C153" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="D153" s="3">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="E153" s="3">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="F153" s="3">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="G153" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="H153" s="4"/>
       <c r="I153" s="3">
         <f>IF( 10000&gt;K4,K153,IF( 20000&gt;L4,L153,IF( 50000&gt;M4,M153,N153)))</f>
       </c>
       <c r="J153" s="0">
         <f>C153*H153</f>
       </c>
       <c r="K153" s="0">
         <f>D153*H153</f>
       </c>
       <c r="L153" s="0">
         <f>E153*H153</f>
       </c>
       <c r="M153" s="0">
         <f>F153*H153</f>
       </c>
       <c r="N153" s="0">
         <f>G153*H153</f>
       </c>
     </row>
     <row r="154" outlineLevel="1">
       <c r="A154" s="2" t="s">
         <v>300</v>
       </c>
       <c r="B154" s="5" t="s">
         <v>301</v>
       </c>
       <c r="C154" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="D154" s="3">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="E154" s="3">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="F154" s="3">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="G154" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="H154" s="4"/>
       <c r="I154" s="3">
         <f>IF( 10000&gt;K4,K154,IF( 20000&gt;L4,L154,IF( 50000&gt;M4,M154,N154)))</f>
       </c>
       <c r="J154" s="0">
         <f>C154*H154</f>
       </c>
       <c r="K154" s="0">
         <f>D154*H154</f>
       </c>
       <c r="L154" s="0">
         <f>E154*H154</f>
       </c>
       <c r="M154" s="0">
         <f>F154*H154</f>
       </c>
       <c r="N154" s="0">
         <f>G154*H154</f>
       </c>
     </row>
     <row r="155" outlineLevel="1">
       <c r="A155" s="2" t="s">
         <v>302</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>303</v>
       </c>
       <c r="C155" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="D155" s="3">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="E155" s="3">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="F155" s="3">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G155" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H155" s="4"/>
       <c r="I155" s="3">
         <f>IF( 10000&gt;K4,K155,IF( 20000&gt;L4,L155,IF( 50000&gt;M4,M155,N155)))</f>
       </c>
       <c r="J155" s="0">
         <f>C155*H155</f>
       </c>
       <c r="K155" s="0">
         <f>D155*H155</f>
       </c>
       <c r="L155" s="0">
         <f>E155*H155</f>
       </c>
       <c r="M155" s="0">
         <f>F155*H155</f>
       </c>
       <c r="N155" s="0">
         <f>G155*H155</f>
       </c>
     </row>
     <row r="156" outlineLevel="1">
       <c r="A156" s="2" t="s">
         <v>304</v>
       </c>
       <c r="B156" s="5" t="s">
         <v>305</v>
       </c>
       <c r="C156" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="D156" s="3">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="E156" s="3">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="F156" s="3">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G156" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H156" s="4"/>
       <c r="I156" s="3">
         <f>IF( 10000&gt;K4,K156,IF( 20000&gt;L4,L156,IF( 50000&gt;M4,M156,N156)))</f>
       </c>
       <c r="J156" s="0">
         <f>C156*H156</f>
       </c>
       <c r="K156" s="0">
         <f>D156*H156</f>
       </c>
       <c r="L156" s="0">
         <f>E156*H156</f>
       </c>
       <c r="M156" s="0">
         <f>F156*H156</f>
       </c>
       <c r="N156" s="0">
         <f>G156*H156</f>
       </c>
     </row>
     <row r="157" outlineLevel="1">
       <c r="A157" s="2" t="s">
         <v>306</v>
       </c>
       <c r="B157" s="5" t="s">
         <v>307</v>
       </c>
       <c r="C157" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="D157" s="3">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="E157" s="3">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="F157" s="3">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G157" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H157" s="4"/>
       <c r="I157" s="3">
         <f>IF( 10000&gt;K4,K157,IF( 20000&gt;L4,L157,IF( 50000&gt;M4,M157,N157)))</f>
       </c>
       <c r="J157" s="0">
         <f>C157*H157</f>
       </c>
       <c r="K157" s="0">
         <f>D157*H157</f>
       </c>
       <c r="L157" s="0">
         <f>E157*H157</f>
       </c>
       <c r="M157" s="0">
         <f>F157*H157</f>
       </c>
       <c r="N157" s="0">
         <f>G157*H157</f>
       </c>
     </row>
     <row r="158" outlineLevel="1">
       <c r="A158" s="2" t="s">
         <v>308</v>
       </c>
       <c r="B158" s="5" t="s">
         <v>309</v>
       </c>
       <c r="C158" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="D158" s="3">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="E158" s="3">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="F158" s="3">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G158" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H158" s="4"/>
       <c r="I158" s="3">
         <f>IF( 10000&gt;K4,K158,IF( 20000&gt;L4,L158,IF( 50000&gt;M4,M158,N158)))</f>
       </c>
       <c r="J158" s="0">
         <f>C158*H158</f>
       </c>
       <c r="K158" s="0">
         <f>D158*H158</f>
       </c>
       <c r="L158" s="0">
         <f>E158*H158</f>
       </c>
       <c r="M158" s="0">
         <f>F158*H158</f>
       </c>
       <c r="N158" s="0">
         <f>G158*H158</f>
       </c>
     </row>
     <row r="159" outlineLevel="1">
       <c r="A159" s="2" t="s">
         <v>310</v>
       </c>
       <c r="B159" s="5" t="s">
         <v>311</v>
       </c>
       <c r="C159" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="D159" s="3">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="E159" s="3">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="F159" s="3">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G159" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H159" s="4"/>
       <c r="I159" s="3">
         <f>IF( 10000&gt;K4,K159,IF( 20000&gt;L4,L159,IF( 50000&gt;M4,M159,N159)))</f>
       </c>
       <c r="J159" s="0">
         <f>C159*H159</f>
       </c>
       <c r="K159" s="0">
         <f>D159*H159</f>
       </c>
       <c r="L159" s="0">
         <f>E159*H159</f>
       </c>
       <c r="M159" s="0">
         <f>F159*H159</f>
       </c>
       <c r="N159" s="0">
         <f>G159*H159</f>
       </c>
     </row>
     <row r="160" outlineLevel="1">
       <c r="A160" s="2" t="s">
         <v>312</v>
       </c>
       <c r="B160" s="5" t="s">
         <v>313</v>
       </c>
       <c r="C160" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="D160" s="3">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="E160" s="3">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="F160" s="3">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G160" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H160" s="4"/>
       <c r="I160" s="3">
         <f>IF( 10000&gt;K4,K160,IF( 20000&gt;L4,L160,IF( 50000&gt;M4,M160,N160)))</f>
       </c>
       <c r="J160" s="0">
         <f>C160*H160</f>
       </c>
       <c r="K160" s="0">
         <f>D160*H160</f>
       </c>
       <c r="L160" s="0">
         <f>E160*H160</f>
       </c>
       <c r="M160" s="0">
         <f>F160*H160</f>
       </c>
       <c r="N160" s="0">
         <f>G160*H160</f>
       </c>
     </row>
     <row r="161" outlineLevel="1">
       <c r="A161" s="2" t="s">
         <v>314</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>315</v>
       </c>
       <c r="C161" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="D161" s="3">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="E161" s="3">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="F161" s="3">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G161" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H161" s="4"/>
       <c r="I161" s="3">
         <f>IF( 10000&gt;K4,K161,IF( 20000&gt;L4,L161,IF( 50000&gt;M4,M161,N161)))</f>
       </c>
       <c r="J161" s="0">
         <f>C161*H161</f>
       </c>
       <c r="K161" s="0">
         <f>D161*H161</f>
       </c>
       <c r="L161" s="0">
         <f>E161*H161</f>
       </c>
       <c r="M161" s="0">
         <f>F161*H161</f>
       </c>
       <c r="N161" s="0">
         <f>G161*H161</f>
       </c>
     </row>
     <row r="162" outlineLevel="1">
       <c r="A162" s="2" t="s">
         <v>316</v>
       </c>
       <c r="B162" s="5" t="s">
         <v>317</v>
       </c>
       <c r="C162" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="D162" s="3">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="E162" s="3">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="F162" s="3">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G162" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H162" s="4"/>
       <c r="I162" s="3">
         <f>IF( 10000&gt;K4,K162,IF( 20000&gt;L4,L162,IF( 50000&gt;M4,M162,N162)))</f>
       </c>
       <c r="J162" s="0">
         <f>C162*H162</f>
       </c>
       <c r="K162" s="0">
         <f>D162*H162</f>
       </c>
       <c r="L162" s="0">
         <f>E162*H162</f>
       </c>
       <c r="M162" s="0">
         <f>F162*H162</f>
       </c>
       <c r="N162" s="0">
         <f>G162*H162</f>
       </c>
     </row>
     <row r="163" outlineLevel="1">
       <c r="A163" s="2" t="s">
         <v>318</v>
       </c>
       <c r="B163" s="5" t="s">
         <v>319</v>
       </c>
       <c r="C163" s="3">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="D163" s="3">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="E163" s="3">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="F163" s="3">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="G163" s="3">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="H163" s="4"/>
       <c r="I163" s="3">
         <f>IF( 10000&gt;K4,K163,IF( 20000&gt;L4,L163,IF( 50000&gt;M4,M163,N163)))</f>
       </c>
       <c r="J163" s="0">
         <f>C163*H163</f>
       </c>
       <c r="K163" s="0">
         <f>D163*H163</f>
       </c>
       <c r="L163" s="0">
         <f>E163*H163</f>
       </c>
       <c r="M163" s="0">
         <f>F163*H163</f>
       </c>
       <c r="N163" s="0">
         <f>G163*H163</f>
       </c>
     </row>
     <row r="164" outlineLevel="1">
       <c r="A164" s="2" t="s">
         <v>320</v>
       </c>
       <c r="B164" s="5" t="s">
         <v>321</v>
       </c>
       <c r="C164" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="D164" s="3">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="E164" s="3">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="F164" s="3">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="G164" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="H164" s="4"/>
       <c r="I164" s="3">
         <f>IF( 10000&gt;K4,K164,IF( 20000&gt;L4,L164,IF( 50000&gt;M4,M164,N164)))</f>
       </c>
       <c r="J164" s="0">
         <f>C164*H164</f>
       </c>
       <c r="K164" s="0">
         <f>D164*H164</f>
       </c>
       <c r="L164" s="0">
         <f>E164*H164</f>
       </c>
       <c r="M164" s="0">
         <f>F164*H164</f>
       </c>
       <c r="N164" s="0">
         <f>G164*H164</f>
       </c>
     </row>
     <row r="165" outlineLevel="1">
       <c r="A165" s="2" t="s">
         <v>322</v>
       </c>
       <c r="B165" s="5" t="s">
         <v>323</v>
       </c>
       <c r="C165" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="D165" s="3">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="E165" s="3">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="F165" s="3">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="G165" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="H165" s="4"/>
       <c r="I165" s="3">
         <f>IF( 10000&gt;K4,K165,IF( 20000&gt;L4,L165,IF( 50000&gt;M4,M165,N165)))</f>
       </c>
       <c r="J165" s="0">
         <f>C165*H165</f>
       </c>
       <c r="K165" s="0">
         <f>D165*H165</f>
       </c>
       <c r="L165" s="0">
         <f>E165*H165</f>
       </c>
       <c r="M165" s="0">
         <f>F165*H165</f>
       </c>
       <c r="N165" s="0">
         <f>G165*H165</f>
       </c>
     </row>
     <row r="166" outlineLevel="1">
       <c r="A166" s="2" t="s">
         <v>324</v>
       </c>
       <c r="B166" s="5" t="s">
         <v>325</v>
       </c>
       <c r="C166" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="D166" s="3">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="E166" s="3">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="F166" s="3">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="G166" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="H166" s="4"/>
       <c r="I166" s="3">
         <f>IF( 10000&gt;K4,K166,IF( 20000&gt;L4,L166,IF( 50000&gt;M4,M166,N166)))</f>
       </c>
       <c r="J166" s="0">
         <f>C166*H166</f>
       </c>
       <c r="K166" s="0">
         <f>D166*H166</f>
       </c>
       <c r="L166" s="0">
         <f>E166*H166</f>
       </c>
       <c r="M166" s="0">
         <f>F166*H166</f>
       </c>
       <c r="N166" s="0">
         <f>G166*H166</f>
       </c>
     </row>
     <row r="167" outlineLevel="1">
       <c r="A167" s="2" t="s">
         <v>326</v>
       </c>
       <c r="B167" s="5" t="s">
         <v>327</v>
       </c>
       <c r="C167" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="D167" s="3">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="E167" s="3">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="F167" s="3">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="G167" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="H167" s="4"/>
       <c r="I167" s="3">
         <f>IF( 10000&gt;K4,K167,IF( 20000&gt;L4,L167,IF( 50000&gt;M4,M167,N167)))</f>
       </c>
       <c r="J167" s="0">
         <f>C167*H167</f>
       </c>
       <c r="K167" s="0">
         <f>D167*H167</f>
       </c>
       <c r="L167" s="0">
         <f>E167*H167</f>
       </c>
       <c r="M167" s="0">
         <f>F167*H167</f>
       </c>
       <c r="N167" s="0">
         <f>G167*H167</f>
       </c>
     </row>
     <row r="168" outlineLevel="1">
       <c r="A168" s="2" t="s">
         <v>328</v>
       </c>
       <c r="B168" s="5" t="s">
         <v>329</v>
       </c>
       <c r="C168" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="D168" s="3">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="E168" s="3">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="F168" s="3">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="G168" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="H168" s="4"/>
       <c r="I168" s="3">
         <f>IF( 10000&gt;K4,K168,IF( 20000&gt;L4,L168,IF( 50000&gt;M4,M168,N168)))</f>
       </c>
       <c r="J168" s="0">
         <f>C168*H168</f>
       </c>
       <c r="K168" s="0">
         <f>D168*H168</f>
       </c>
       <c r="L168" s="0">
         <f>E168*H168</f>
       </c>
       <c r="M168" s="0">
         <f>F168*H168</f>
       </c>
       <c r="N168" s="0">
         <f>G168*H168</f>
       </c>
     </row>
     <row r="169" outlineLevel="1">
       <c r="A169" s="2" t="s">
         <v>330</v>
       </c>
       <c r="B169" s="5" t="s">
         <v>331</v>
       </c>
       <c r="C169" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="D169" s="3">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="E169" s="3">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="F169" s="3">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="G169" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="H169" s="4"/>
       <c r="I169" s="3">
         <f>IF( 10000&gt;K4,K169,IF( 20000&gt;L4,L169,IF( 50000&gt;M4,M169,N169)))</f>
       </c>
       <c r="J169" s="0">
         <f>C169*H169</f>
       </c>
       <c r="K169" s="0">
         <f>D169*H169</f>
       </c>
       <c r="L169" s="0">
         <f>E169*H169</f>
       </c>
       <c r="M169" s="0">
         <f>F169*H169</f>
       </c>
       <c r="N169" s="0">
         <f>G169*H169</f>
       </c>
     </row>
     <row r="170" outlineLevel="1">
       <c r="A170" s="2" t="s">
         <v>332</v>
       </c>
       <c r="B170" s="5" t="s">
         <v>333</v>
       </c>
       <c r="C170" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="D170" s="3">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="E170" s="3">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="F170" s="3">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="G170" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="H170" s="4"/>
       <c r="I170" s="3">
         <f>IF( 10000&gt;K4,K170,IF( 20000&gt;L4,L170,IF( 50000&gt;M4,M170,N170)))</f>
       </c>
       <c r="J170" s="0">
         <f>C170*H170</f>
       </c>
       <c r="K170" s="0">
         <f>D170*H170</f>
       </c>
       <c r="L170" s="0">
         <f>E170*H170</f>
       </c>
       <c r="M170" s="0">
         <f>F170*H170</f>
       </c>
       <c r="N170" s="0">
         <f>G170*H170</f>
       </c>
     </row>
     <row r="171" outlineLevel="1">
       <c r="A171" s="2" t="s">
         <v>334</v>
       </c>
       <c r="B171" s="5" t="s">
         <v>335</v>
       </c>
       <c r="C171" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="D171" s="3">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="E171" s="3">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="F171" s="3">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="G171" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="H171" s="4"/>
       <c r="I171" s="3">
         <f>IF( 10000&gt;K4,K171,IF( 20000&gt;L4,L171,IF( 50000&gt;M4,M171,N171)))</f>
       </c>
       <c r="J171" s="0">
         <f>C171*H171</f>
       </c>
       <c r="K171" s="0">
         <f>D171*H171</f>
       </c>
       <c r="L171" s="0">
         <f>E171*H171</f>
       </c>
       <c r="M171" s="0">
         <f>F171*H171</f>
       </c>
       <c r="N171" s="0">
         <f>G171*H171</f>
       </c>
     </row>
     <row r="172" outlineLevel="1">
       <c r="A172" s="2" t="s">
         <v>336</v>
       </c>
       <c r="B172" s="5" t="s">
         <v>337</v>
       </c>
       <c r="C172" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="D172" s="3">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="E172" s="3">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="F172" s="3">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="G172" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="H172" s="4"/>
       <c r="I172" s="3">
         <f>IF( 10000&gt;K4,K172,IF( 20000&gt;L4,L172,IF( 50000&gt;M4,M172,N172)))</f>
       </c>
       <c r="J172" s="0">
         <f>C172*H172</f>
       </c>
       <c r="K172" s="0">
         <f>D172*H172</f>
       </c>
       <c r="L172" s="0">
         <f>E172*H172</f>
       </c>
       <c r="M172" s="0">
         <f>F172*H172</f>
       </c>
       <c r="N172" s="0">
         <f>G172*H172</f>
       </c>
     </row>
     <row r="173" outlineLevel="1">
       <c r="A173" s="2" t="s">
         <v>338</v>
       </c>
       <c r="B173" s="5" t="s">
         <v>339</v>
       </c>
       <c r="C173" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="D173" s="3">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="E173" s="3">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="F173" s="3">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="G173" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="H173" s="4"/>
       <c r="I173" s="3">
         <f>IF( 10000&gt;K4,K173,IF( 20000&gt;L4,L173,IF( 50000&gt;M4,M173,N173)))</f>
       </c>
       <c r="J173" s="0">
         <f>C173*H173</f>
       </c>
       <c r="K173" s="0">
         <f>D173*H173</f>
       </c>
       <c r="L173" s="0">
         <f>E173*H173</f>
       </c>
       <c r="M173" s="0">
         <f>F173*H173</f>
       </c>
       <c r="N173" s="0">
         <f>G173*H173</f>
       </c>
     </row>
     <row r="174" outlineLevel="1">
       <c r="A174" s="2" t="s">
         <v>340</v>
       </c>
       <c r="B174" s="5" t="s">
         <v>341</v>
       </c>
       <c r="C174" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="D174" s="3">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="E174" s="3">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="F174" s="3">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="G174" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="H174" s="4"/>
       <c r="I174" s="3">
         <f>IF( 10000&gt;K4,K174,IF( 20000&gt;L4,L174,IF( 50000&gt;M4,M174,N174)))</f>
       </c>
       <c r="J174" s="0">
         <f>C174*H174</f>
       </c>
       <c r="K174" s="0">
         <f>D174*H174</f>
       </c>
       <c r="L174" s="0">
         <f>E174*H174</f>
       </c>
       <c r="M174" s="0">
         <f>F174*H174</f>
       </c>
       <c r="N174" s="0">
         <f>G174*H174</f>
       </c>
     </row>
     <row r="175" outlineLevel="1">
       <c r="A175" s="2" t="s">
         <v>342</v>
       </c>
       <c r="B175" s="5" t="s">
         <v>343</v>
       </c>
       <c r="C175" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="D175" s="3">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="E175" s="3">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="F175" s="3">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="G175" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="H175" s="4"/>
       <c r="I175" s="3">
         <f>IF( 10000&gt;K4,K175,IF( 20000&gt;L4,L175,IF( 50000&gt;M4,M175,N175)))</f>
       </c>
       <c r="J175" s="0">
         <f>C175*H175</f>
       </c>
       <c r="K175" s="0">
         <f>D175*H175</f>
       </c>
       <c r="L175" s="0">
         <f>E175*H175</f>
       </c>
       <c r="M175" s="0">
         <f>F175*H175</f>
       </c>
       <c r="N175" s="0">
         <f>G175*H175</f>
       </c>
     </row>
     <row r="176" outlineLevel="1">
       <c r="A176" s="2" t="s">
         <v>344</v>
       </c>
       <c r="B176" s="5" t="s">
         <v>345</v>
       </c>
       <c r="C176" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="D176" s="3">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="E176" s="3">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="F176" s="3">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="G176" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="H176" s="4"/>
       <c r="I176" s="3">
         <f>IF( 10000&gt;K4,K176,IF( 20000&gt;L4,L176,IF( 50000&gt;M4,M176,N176)))</f>
       </c>
       <c r="J176" s="0">
         <f>C176*H176</f>
       </c>
       <c r="K176" s="0">
         <f>D176*H176</f>
       </c>
       <c r="L176" s="0">
         <f>E176*H176</f>
       </c>
       <c r="M176" s="0">
         <f>F176*H176</f>
       </c>
       <c r="N176" s="0">
         <f>G176*H176</f>
       </c>
     </row>
     <row r="177" outlineLevel="1">
       <c r="A177" s="2" t="s">
         <v>346</v>
       </c>
       <c r="B177" s="5" t="s">
         <v>347</v>
       </c>
       <c r="C177" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="D177" s="3">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="E177" s="3">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="F177" s="3">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="G177" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="H177" s="4"/>
       <c r="I177" s="3">
         <f>IF( 10000&gt;K4,K177,IF( 20000&gt;L4,L177,IF( 50000&gt;M4,M177,N177)))</f>
       </c>
       <c r="J177" s="0">
         <f>C177*H177</f>
       </c>
       <c r="K177" s="0">
         <f>D177*H177</f>
       </c>
       <c r="L177" s="0">
         <f>E177*H177</f>
       </c>
       <c r="M177" s="0">
         <f>F177*H177</f>
       </c>
       <c r="N177" s="0">
         <f>G177*H177</f>
       </c>
     </row>
     <row r="178" outlineLevel="1">
       <c r="A178" s="2" t="s">
         <v>348</v>
       </c>
       <c r="B178" s="5" t="s">
         <v>349</v>
       </c>
       <c r="C178" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="D178" s="3">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="E178" s="3">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="F178" s="3">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="G178" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="H178" s="4"/>
       <c r="I178" s="3">
         <f>IF( 10000&gt;K4,K178,IF( 20000&gt;L4,L178,IF( 50000&gt;M4,M178,N178)))</f>
       </c>
       <c r="J178" s="0">
         <f>C178*H178</f>
       </c>
       <c r="K178" s="0">
         <f>D178*H178</f>
       </c>
       <c r="L178" s="0">
         <f>E178*H178</f>
       </c>
       <c r="M178" s="0">
         <f>F178*H178</f>
       </c>
       <c r="N178" s="0">
         <f>G178*H178</f>
       </c>
     </row>
     <row r="179" outlineLevel="1">
       <c r="A179" s="2" t="s">
         <v>350</v>
       </c>
       <c r="B179" s="5" t="s">
         <v>351</v>
       </c>
       <c r="C179" s="3">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="D179" s="3">
-        <v>33</v>
+        <v>65</v>
       </c>
       <c r="E179" s="3">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="F179" s="3">
-        <v>27</v>
+        <v>50</v>
       </c>
       <c r="G179" s="3">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="H179" s="4"/>
       <c r="I179" s="3">
         <f>IF( 10000&gt;K4,K179,IF( 20000&gt;L4,L179,IF( 50000&gt;M4,M179,N179)))</f>
       </c>
       <c r="J179" s="0">
         <f>C179*H179</f>
       </c>
       <c r="K179" s="0">
         <f>D179*H179</f>
       </c>
       <c r="L179" s="0">
         <f>E179*H179</f>
       </c>
       <c r="M179" s="0">
         <f>F179*H179</f>
       </c>
       <c r="N179" s="0">
         <f>G179*H179</f>
       </c>
     </row>
     <row r="180" outlineLevel="1">
       <c r="A180" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B180" s="5" t="s">
         <v>353</v>
       </c>
       <c r="C180" s="3">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="D180" s="3">
-        <v>33</v>
+        <v>65</v>
       </c>
       <c r="E180" s="3">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="F180" s="3">
-        <v>27</v>
+        <v>50</v>
       </c>
       <c r="G180" s="3">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="H180" s="4"/>
       <c r="I180" s="3">
         <f>IF( 10000&gt;K4,K180,IF( 20000&gt;L4,L180,IF( 50000&gt;M4,M180,N180)))</f>
       </c>
       <c r="J180" s="0">
         <f>C180*H180</f>
       </c>
       <c r="K180" s="0">
         <f>D180*H180</f>
       </c>
       <c r="L180" s="0">
         <f>E180*H180</f>
       </c>
       <c r="M180" s="0">
         <f>F180*H180</f>
       </c>
       <c r="N180" s="0">
         <f>G180*H180</f>
       </c>
     </row>
     <row r="181" outlineLevel="1">
       <c r="A181" s="2" t="s">
         <v>354</v>
       </c>
       <c r="B181" s="5" t="s">
         <v>355</v>
       </c>
       <c r="C181" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D181" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E181" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F181" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G181" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H181" s="4"/>
       <c r="I181" s="3">
         <f>IF( 10000&gt;K4,K181,IF( 20000&gt;L4,L181,IF( 50000&gt;M4,M181,N181)))</f>
       </c>
       <c r="J181" s="0">
         <f>C181*H181</f>
       </c>
       <c r="K181" s="0">
         <f>D181*H181</f>
       </c>
       <c r="L181" s="0">
         <f>E181*H181</f>
       </c>
       <c r="M181" s="0">
         <f>F181*H181</f>
       </c>
       <c r="N181" s="0">
         <f>G181*H181</f>
       </c>
     </row>
     <row r="182" outlineLevel="1">
       <c r="A182" s="2" t="s">
         <v>356</v>
       </c>
       <c r="B182" s="5" t="s">
         <v>357</v>
       </c>
       <c r="C182" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D182" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E182" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F182" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G182" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H182" s="4"/>
       <c r="I182" s="3">
         <f>IF( 10000&gt;K4,K182,IF( 20000&gt;L4,L182,IF( 50000&gt;M4,M182,N182)))</f>
       </c>
       <c r="J182" s="0">
         <f>C182*H182</f>
       </c>
       <c r="K182" s="0">
         <f>D182*H182</f>
       </c>
       <c r="L182" s="0">
         <f>E182*H182</f>
       </c>
       <c r="M182" s="0">
         <f>F182*H182</f>
       </c>
       <c r="N182" s="0">
         <f>G182*H182</f>
       </c>
     </row>
     <row r="183" outlineLevel="1">
       <c r="A183" s="2" t="s">
         <v>358</v>
       </c>
       <c r="B183" s="5" t="s">
         <v>359</v>
       </c>
       <c r="C183" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D183" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E183" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F183" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G183" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H183" s="4"/>
       <c r="I183" s="3">
         <f>IF( 10000&gt;K4,K183,IF( 20000&gt;L4,L183,IF( 50000&gt;M4,M183,N183)))</f>
       </c>
       <c r="J183" s="0">
         <f>C183*H183</f>
       </c>
       <c r="K183" s="0">
         <f>D183*H183</f>
       </c>
       <c r="L183" s="0">
         <f>E183*H183</f>
       </c>
       <c r="M183" s="0">
         <f>F183*H183</f>
       </c>
       <c r="N183" s="0">
         <f>G183*H183</f>
       </c>
     </row>
     <row r="184" outlineLevel="1">
       <c r="A184" s="2" t="s">
         <v>360</v>
       </c>
       <c r="B184" s="5" t="s">
         <v>361</v>
       </c>
       <c r="C184" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D184" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E184" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F184" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G184" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H184" s="4"/>
       <c r="I184" s="3">
         <f>IF( 10000&gt;K4,K184,IF( 20000&gt;L4,L184,IF( 50000&gt;M4,M184,N184)))</f>
       </c>
       <c r="J184" s="0">
         <f>C184*H184</f>
       </c>
       <c r="K184" s="0">
         <f>D184*H184</f>
       </c>
       <c r="L184" s="0">
         <f>E184*H184</f>
       </c>
       <c r="M184" s="0">
         <f>F184*H184</f>
       </c>
       <c r="N184" s="0">
         <f>G184*H184</f>
       </c>
     </row>
     <row r="185" outlineLevel="1">
       <c r="A185" s="2" t="s">
         <v>362</v>
       </c>
       <c r="B185" s="5" t="s">
         <v>363</v>
       </c>
       <c r="C185" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D185" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E185" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F185" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G185" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H185" s="4"/>
       <c r="I185" s="3">
         <f>IF( 10000&gt;K4,K185,IF( 20000&gt;L4,L185,IF( 50000&gt;M4,M185,N185)))</f>
       </c>
       <c r="J185" s="0">
         <f>C185*H185</f>
       </c>
       <c r="K185" s="0">
         <f>D185*H185</f>
       </c>
       <c r="L185" s="0">
         <f>E185*H185</f>
       </c>
       <c r="M185" s="0">
         <f>F185*H185</f>
       </c>
       <c r="N185" s="0">
         <f>G185*H185</f>
       </c>
     </row>
     <row r="186" outlineLevel="1">
       <c r="A186" s="2" t="s">
         <v>364</v>
       </c>
       <c r="B186" s="5" t="s">
         <v>365</v>
       </c>
       <c r="C186" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D186" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E186" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F186" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G186" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H186" s="4"/>
       <c r="I186" s="3">
         <f>IF( 10000&gt;K4,K186,IF( 20000&gt;L4,L186,IF( 50000&gt;M4,M186,N186)))</f>
       </c>
       <c r="J186" s="0">
         <f>C186*H186</f>
       </c>
       <c r="K186" s="0">
         <f>D186*H186</f>
       </c>
       <c r="L186" s="0">
         <f>E186*H186</f>
       </c>
       <c r="M186" s="0">
         <f>F186*H186</f>
       </c>
       <c r="N186" s="0">
         <f>G186*H186</f>
       </c>
     </row>
     <row r="187" outlineLevel="1">
       <c r="A187" s="2" t="s">
         <v>366</v>
       </c>
       <c r="B187" s="5" t="s">
         <v>367</v>
       </c>
       <c r="C187" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D187" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E187" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F187" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G187" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H187" s="4"/>
       <c r="I187" s="3">
         <f>IF( 10000&gt;K4,K187,IF( 20000&gt;L4,L187,IF( 50000&gt;M4,M187,N187)))</f>
       </c>
       <c r="J187" s="0">
         <f>C187*H187</f>
       </c>
       <c r="K187" s="0">
         <f>D187*H187</f>
       </c>
       <c r="L187" s="0">
         <f>E187*H187</f>
       </c>
       <c r="M187" s="0">
         <f>F187*H187</f>
       </c>
       <c r="N187" s="0">
         <f>G187*H187</f>
       </c>
     </row>
     <row r="188" outlineLevel="1">
       <c r="A188" s="2" t="s">
         <v>368</v>
       </c>
       <c r="B188" s="5" t="s">
         <v>369</v>
       </c>
       <c r="C188" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D188" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E188" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F188" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G188" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H188" s="4"/>
       <c r="I188" s="3">
         <f>IF( 10000&gt;K4,K188,IF( 20000&gt;L4,L188,IF( 50000&gt;M4,M188,N188)))</f>
       </c>
       <c r="J188" s="0">
         <f>C188*H188</f>
       </c>
       <c r="K188" s="0">
         <f>D188*H188</f>
       </c>
       <c r="L188" s="0">
         <f>E188*H188</f>
       </c>
       <c r="M188" s="0">
         <f>F188*H188</f>
       </c>
       <c r="N188" s="0">
         <f>G188*H188</f>
       </c>
     </row>
     <row r="189" outlineLevel="1">
       <c r="A189" s="2" t="s">
         <v>370</v>
       </c>
       <c r="B189" s="5" t="s">
         <v>371</v>
       </c>
       <c r="C189" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D189" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E189" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F189" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G189" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H189" s="4"/>
       <c r="I189" s="3">
         <f>IF( 10000&gt;K4,K189,IF( 20000&gt;L4,L189,IF( 50000&gt;M4,M189,N189)))</f>
       </c>
       <c r="J189" s="0">
         <f>C189*H189</f>
       </c>
       <c r="K189" s="0">
         <f>D189*H189</f>
       </c>
       <c r="L189" s="0">
         <f>E189*H189</f>
       </c>
       <c r="M189" s="0">
         <f>F189*H189</f>
       </c>
       <c r="N189" s="0">
         <f>G189*H189</f>
       </c>
     </row>
     <row r="190" outlineLevel="1">
       <c r="A190" s="2" t="s">
         <v>372</v>
       </c>
       <c r="B190" s="5" t="s">
         <v>373</v>
       </c>
       <c r="C190" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D190" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E190" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F190" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G190" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H190" s="4"/>
       <c r="I190" s="3">
         <f>IF( 10000&gt;K4,K190,IF( 20000&gt;L4,L190,IF( 50000&gt;M4,M190,N190)))</f>
       </c>
       <c r="J190" s="0">
         <f>C190*H190</f>
       </c>
       <c r="K190" s="0">
         <f>D190*H190</f>
       </c>
       <c r="L190" s="0">
         <f>E190*H190</f>
       </c>
       <c r="M190" s="0">
         <f>F190*H190</f>
       </c>
       <c r="N190" s="0">
         <f>G190*H190</f>
       </c>
     </row>
     <row r="191" outlineLevel="1">
       <c r="A191" s="2" t="s">
         <v>374</v>
       </c>
       <c r="B191" s="5" t="s">
         <v>375</v>
       </c>
       <c r="C191" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="D191" s="3">
-        <v>89</v>
+        <v>28</v>
       </c>
       <c r="E191" s="3">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="F191" s="3">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="G191" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="H191" s="4"/>
       <c r="I191" s="3">
         <f>IF( 10000&gt;K4,K191,IF( 20000&gt;L4,L191,IF( 50000&gt;M4,M191,N191)))</f>
       </c>
       <c r="J191" s="0">
         <f>C191*H191</f>
       </c>
       <c r="K191" s="0">
         <f>D191*H191</f>
       </c>
       <c r="L191" s="0">
         <f>E191*H191</f>
       </c>
       <c r="M191" s="0">
         <f>F191*H191</f>
       </c>
       <c r="N191" s="0">
         <f>G191*H191</f>
       </c>
     </row>
     <row r="192" outlineLevel="1">
       <c r="A192" s="2" t="s">
         <v>376</v>
       </c>
       <c r="B192" s="5" t="s">
         <v>377</v>
       </c>
       <c r="C192" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="D192" s="3">
-        <v>89</v>
+        <v>28</v>
       </c>
       <c r="E192" s="3">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="F192" s="3">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="G192" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="H192" s="4"/>
       <c r="I192" s="3">
         <f>IF( 10000&gt;K4,K192,IF( 20000&gt;L4,L192,IF( 50000&gt;M4,M192,N192)))</f>
       </c>
       <c r="J192" s="0">
         <f>C192*H192</f>
       </c>
       <c r="K192" s="0">
         <f>D192*H192</f>
       </c>
       <c r="L192" s="0">
         <f>E192*H192</f>
       </c>
       <c r="M192" s="0">
         <f>F192*H192</f>
       </c>
       <c r="N192" s="0">
         <f>G192*H192</f>
       </c>
     </row>
     <row r="193" outlineLevel="1">
       <c r="A193" s="2" t="s">
         <v>378</v>
       </c>
       <c r="B193" s="5" t="s">
         <v>379</v>
       </c>
       <c r="C193" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="D193" s="3">
-        <v>89</v>
+        <v>28</v>
       </c>
       <c r="E193" s="3">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="F193" s="3">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="G193" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="H193" s="4"/>
       <c r="I193" s="3">
         <f>IF( 10000&gt;K4,K193,IF( 20000&gt;L4,L193,IF( 50000&gt;M4,M193,N193)))</f>
       </c>
       <c r="J193" s="0">
         <f>C193*H193</f>
       </c>
       <c r="K193" s="0">
         <f>D193*H193</f>
       </c>
       <c r="L193" s="0">
         <f>E193*H193</f>
       </c>
       <c r="M193" s="0">
         <f>F193*H193</f>
       </c>
       <c r="N193" s="0">
         <f>G193*H193</f>
       </c>
     </row>
     <row r="194" outlineLevel="1">
       <c r="A194" s="2" t="s">
         <v>380</v>
       </c>
       <c r="B194" s="5" t="s">
         <v>381</v>
       </c>
       <c r="C194" s="3">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="D194" s="3">
-        <v>89</v>
+        <v>33</v>
       </c>
       <c r="E194" s="3">
-        <v>79</v>
+        <v>29</v>
       </c>
       <c r="F194" s="3">
-        <v>74</v>
+        <v>27</v>
       </c>
       <c r="G194" s="3">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="H194" s="4"/>
       <c r="I194" s="3">
         <f>IF( 10000&gt;K4,K194,IF( 20000&gt;L4,L194,IF( 50000&gt;M4,M194,N194)))</f>
       </c>
       <c r="J194" s="0">
         <f>C194*H194</f>
       </c>
       <c r="K194" s="0">
         <f>D194*H194</f>
       </c>
       <c r="L194" s="0">
         <f>E194*H194</f>
       </c>
       <c r="M194" s="0">
         <f>F194*H194</f>
       </c>
       <c r="N194" s="0">
         <f>G194*H194</f>
       </c>
     </row>
     <row r="195" outlineLevel="1">
       <c r="A195" s="2" t="s">
         <v>382</v>
       </c>
       <c r="B195" s="5" t="s">
         <v>383</v>
       </c>
       <c r="C195" s="3">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="D195" s="3">
-        <v>33</v>
+        <v>65</v>
       </c>
       <c r="E195" s="3">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="F195" s="3">
-        <v>27</v>
+        <v>50</v>
       </c>
       <c r="G195" s="3">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="H195" s="4"/>
       <c r="I195" s="3">
         <f>IF( 10000&gt;K4,K195,IF( 20000&gt;L4,L195,IF( 50000&gt;M4,M195,N195)))</f>
       </c>
       <c r="J195" s="0">
         <f>C195*H195</f>
       </c>
       <c r="K195" s="0">
         <f>D195*H195</f>
       </c>
       <c r="L195" s="0">
         <f>E195*H195</f>
       </c>
       <c r="M195" s="0">
         <f>F195*H195</f>
       </c>
       <c r="N195" s="0">
         <f>G195*H195</f>
       </c>
     </row>
     <row r="196" outlineLevel="1">
       <c r="A196" s="2" t="s">
         <v>384</v>
       </c>
       <c r="B196" s="5" t="s">
         <v>385</v>
       </c>
       <c r="C196" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D196" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E196" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F196" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G196" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H196" s="4"/>
       <c r="I196" s="3">
         <f>IF( 10000&gt;K4,K196,IF( 20000&gt;L4,L196,IF( 50000&gt;M4,M196,N196)))</f>
       </c>
       <c r="J196" s="0">
         <f>C196*H196</f>
       </c>
       <c r="K196" s="0">
         <f>D196*H196</f>
       </c>
       <c r="L196" s="0">
         <f>E196*H196</f>
       </c>
       <c r="M196" s="0">
         <f>F196*H196</f>
       </c>
       <c r="N196" s="0">
         <f>G196*H196</f>
       </c>
     </row>
     <row r="197" outlineLevel="1">
       <c r="A197" s="2" t="s">
         <v>386</v>
       </c>
       <c r="B197" s="5" t="s">
         <v>387</v>
       </c>
       <c r="C197" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D197" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E197" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F197" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G197" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H197" s="4"/>
       <c r="I197" s="3">
         <f>IF( 10000&gt;K4,K197,IF( 20000&gt;L4,L197,IF( 50000&gt;M4,M197,N197)))</f>
       </c>
       <c r="J197" s="0">
         <f>C197*H197</f>
       </c>
       <c r="K197" s="0">
         <f>D197*H197</f>
       </c>
       <c r="L197" s="0">
         <f>E197*H197</f>
       </c>
       <c r="M197" s="0">
         <f>F197*H197</f>
       </c>
       <c r="N197" s="0">
         <f>G197*H197</f>
       </c>
     </row>
     <row r="198" outlineLevel="1">
       <c r="A198" s="2" t="s">
         <v>388</v>
       </c>
       <c r="B198" s="5" t="s">
         <v>389</v>
       </c>
       <c r="C198" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D198" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E198" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F198" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G198" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H198" s="4"/>
       <c r="I198" s="3">
         <f>IF( 10000&gt;K4,K198,IF( 20000&gt;L4,L198,IF( 50000&gt;M4,M198,N198)))</f>
       </c>
       <c r="J198" s="0">
         <f>C198*H198</f>
       </c>
       <c r="K198" s="0">
         <f>D198*H198</f>
       </c>
       <c r="L198" s="0">
         <f>E198*H198</f>
       </c>
       <c r="M198" s="0">
         <f>F198*H198</f>
       </c>
       <c r="N198" s="0">
         <f>G198*H198</f>
       </c>
     </row>
     <row r="199" outlineLevel="1">
       <c r="A199" s="2" t="s">
         <v>390</v>
       </c>
       <c r="B199" s="5" t="s">
         <v>391</v>
       </c>
       <c r="C199" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D199" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E199" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F199" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G199" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H199" s="4"/>
       <c r="I199" s="3">
         <f>IF( 10000&gt;K4,K199,IF( 20000&gt;L4,L199,IF( 50000&gt;M4,M199,N199)))</f>
       </c>
       <c r="J199" s="0">
         <f>C199*H199</f>
       </c>
       <c r="K199" s="0">
         <f>D199*H199</f>
       </c>
       <c r="L199" s="0">
         <f>E199*H199</f>
       </c>
       <c r="M199" s="0">
         <f>F199*H199</f>
       </c>
       <c r="N199" s="0">
         <f>G199*H199</f>
       </c>
     </row>
     <row r="200" outlineLevel="1">
       <c r="A200" s="2" t="s">
         <v>392</v>
       </c>
       <c r="B200" s="5" t="s">
         <v>393</v>
       </c>
       <c r="C200" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D200" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E200" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F200" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G200" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H200" s="4"/>
       <c r="I200" s="3">
         <f>IF( 10000&gt;K4,K200,IF( 20000&gt;L4,L200,IF( 50000&gt;M4,M200,N200)))</f>
       </c>
       <c r="J200" s="0">
         <f>C200*H200</f>
       </c>
       <c r="K200" s="0">
         <f>D200*H200</f>
       </c>
       <c r="L200" s="0">
         <f>E200*H200</f>
       </c>
       <c r="M200" s="0">
         <f>F200*H200</f>
       </c>
       <c r="N200" s="0">
         <f>G200*H200</f>
       </c>
     </row>
     <row r="201" outlineLevel="1">
       <c r="A201" s="2" t="s">
         <v>394</v>
       </c>
       <c r="B201" s="5" t="s">
         <v>395</v>
       </c>
       <c r="C201" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D201" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E201" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F201" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G201" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H201" s="4"/>
       <c r="I201" s="3">
         <f>IF( 10000&gt;K4,K201,IF( 20000&gt;L4,L201,IF( 50000&gt;M4,M201,N201)))</f>
       </c>
       <c r="J201" s="0">
         <f>C201*H201</f>
       </c>
       <c r="K201" s="0">
         <f>D201*H201</f>
       </c>
       <c r="L201" s="0">
         <f>E201*H201</f>
       </c>
       <c r="M201" s="0">
         <f>F201*H201</f>
       </c>
       <c r="N201" s="0">
         <f>G201*H201</f>
       </c>
     </row>
     <row r="202" outlineLevel="1">
       <c r="A202" s="2" t="s">
         <v>396</v>
       </c>
@@ -14196,2079 +13326,2079 @@
       </c>
       <c r="J202" s="0">
         <f>C202*H202</f>
       </c>
       <c r="K202" s="0">
         <f>D202*H202</f>
       </c>
       <c r="L202" s="0">
         <f>E202*H202</f>
       </c>
       <c r="M202" s="0">
         <f>F202*H202</f>
       </c>
       <c r="N202" s="0">
         <f>G202*H202</f>
       </c>
     </row>
     <row r="203" outlineLevel="1">
       <c r="A203" s="2" t="s">
         <v>398</v>
       </c>
       <c r="B203" s="5" t="s">
         <v>399</v>
       </c>
       <c r="C203" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D203" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E203" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F203" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G203" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H203" s="4"/>
       <c r="I203" s="3">
         <f>IF( 10000&gt;K4,K203,IF( 20000&gt;L4,L203,IF( 50000&gt;M4,M203,N203)))</f>
       </c>
       <c r="J203" s="0">
         <f>C203*H203</f>
       </c>
       <c r="K203" s="0">
         <f>D203*H203</f>
       </c>
       <c r="L203" s="0">
         <f>E203*H203</f>
       </c>
       <c r="M203" s="0">
         <f>F203*H203</f>
       </c>
       <c r="N203" s="0">
         <f>G203*H203</f>
       </c>
     </row>
     <row r="204" outlineLevel="1">
       <c r="A204" s="2" t="s">
         <v>400</v>
       </c>
       <c r="B204" s="5" t="s">
         <v>401</v>
       </c>
       <c r="C204" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D204" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E204" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F204" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G204" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H204" s="4"/>
       <c r="I204" s="3">
         <f>IF( 10000&gt;K4,K204,IF( 20000&gt;L4,L204,IF( 50000&gt;M4,M204,N204)))</f>
       </c>
       <c r="J204" s="0">
         <f>C204*H204</f>
       </c>
       <c r="K204" s="0">
         <f>D204*H204</f>
       </c>
       <c r="L204" s="0">
         <f>E204*H204</f>
       </c>
       <c r="M204" s="0">
         <f>F204*H204</f>
       </c>
       <c r="N204" s="0">
         <f>G204*H204</f>
       </c>
     </row>
     <row r="205" outlineLevel="1">
       <c r="A205" s="2" t="s">
         <v>402</v>
       </c>
       <c r="B205" s="5" t="s">
         <v>403</v>
       </c>
       <c r="C205" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D205" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E205" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F205" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G205" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H205" s="4"/>
       <c r="I205" s="3">
         <f>IF( 10000&gt;K4,K205,IF( 20000&gt;L4,L205,IF( 50000&gt;M4,M205,N205)))</f>
       </c>
       <c r="J205" s="0">
         <f>C205*H205</f>
       </c>
       <c r="K205" s="0">
         <f>D205*H205</f>
       </c>
       <c r="L205" s="0">
         <f>E205*H205</f>
       </c>
       <c r="M205" s="0">
         <f>F205*H205</f>
       </c>
       <c r="N205" s="0">
         <f>G205*H205</f>
       </c>
     </row>
     <row r="206" outlineLevel="1">
       <c r="A206" s="2" t="s">
         <v>404</v>
       </c>
       <c r="B206" s="5" t="s">
         <v>405</v>
       </c>
       <c r="C206" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D206" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E206" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F206" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G206" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H206" s="4"/>
       <c r="I206" s="3">
         <f>IF( 10000&gt;K4,K206,IF( 20000&gt;L4,L206,IF( 50000&gt;M4,M206,N206)))</f>
       </c>
       <c r="J206" s="0">
         <f>C206*H206</f>
       </c>
       <c r="K206" s="0">
         <f>D206*H206</f>
       </c>
       <c r="L206" s="0">
         <f>E206*H206</f>
       </c>
       <c r="M206" s="0">
         <f>F206*H206</f>
       </c>
       <c r="N206" s="0">
         <f>G206*H206</f>
       </c>
     </row>
     <row r="207" outlineLevel="1">
       <c r="A207" s="2" t="s">
         <v>406</v>
       </c>
       <c r="B207" s="5" t="s">
         <v>407</v>
       </c>
       <c r="C207" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D207" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E207" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F207" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G207" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H207" s="4"/>
       <c r="I207" s="3">
         <f>IF( 10000&gt;K4,K207,IF( 20000&gt;L4,L207,IF( 50000&gt;M4,M207,N207)))</f>
       </c>
       <c r="J207" s="0">
         <f>C207*H207</f>
       </c>
       <c r="K207" s="0">
         <f>D207*H207</f>
       </c>
       <c r="L207" s="0">
         <f>E207*H207</f>
       </c>
       <c r="M207" s="0">
         <f>F207*H207</f>
       </c>
       <c r="N207" s="0">
         <f>G207*H207</f>
       </c>
     </row>
     <row r="208" outlineLevel="1">
       <c r="A208" s="2" t="s">
         <v>408</v>
       </c>
       <c r="B208" s="5" t="s">
         <v>409</v>
       </c>
       <c r="C208" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D208" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E208" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F208" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G208" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H208" s="4"/>
       <c r="I208" s="3">
         <f>IF( 10000&gt;K4,K208,IF( 20000&gt;L4,L208,IF( 50000&gt;M4,M208,N208)))</f>
       </c>
       <c r="J208" s="0">
         <f>C208*H208</f>
       </c>
       <c r="K208" s="0">
         <f>D208*H208</f>
       </c>
       <c r="L208" s="0">
         <f>E208*H208</f>
       </c>
       <c r="M208" s="0">
         <f>F208*H208</f>
       </c>
       <c r="N208" s="0">
         <f>G208*H208</f>
       </c>
     </row>
     <row r="209" outlineLevel="1">
       <c r="A209" s="2" t="s">
         <v>410</v>
       </c>
       <c r="B209" s="5" t="s">
         <v>411</v>
       </c>
       <c r="C209" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D209" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E209" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F209" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G209" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H209" s="4"/>
       <c r="I209" s="3">
         <f>IF( 10000&gt;K4,K209,IF( 20000&gt;L4,L209,IF( 50000&gt;M4,M209,N209)))</f>
       </c>
       <c r="J209" s="0">
         <f>C209*H209</f>
       </c>
       <c r="K209" s="0">
         <f>D209*H209</f>
       </c>
       <c r="L209" s="0">
         <f>E209*H209</f>
       </c>
       <c r="M209" s="0">
         <f>F209*H209</f>
       </c>
       <c r="N209" s="0">
         <f>G209*H209</f>
       </c>
     </row>
     <row r="210" outlineLevel="1">
       <c r="A210" s="2" t="s">
         <v>412</v>
       </c>
       <c r="B210" s="5" t="s">
         <v>413</v>
       </c>
       <c r="C210" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D210" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E210" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F210" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G210" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H210" s="4"/>
       <c r="I210" s="3">
         <f>IF( 10000&gt;K4,K210,IF( 20000&gt;L4,L210,IF( 50000&gt;M4,M210,N210)))</f>
       </c>
       <c r="J210" s="0">
         <f>C210*H210</f>
       </c>
       <c r="K210" s="0">
         <f>D210*H210</f>
       </c>
       <c r="L210" s="0">
         <f>E210*H210</f>
       </c>
       <c r="M210" s="0">
         <f>F210*H210</f>
       </c>
       <c r="N210" s="0">
         <f>G210*H210</f>
       </c>
     </row>
     <row r="211" outlineLevel="1">
       <c r="A211" s="2" t="s">
         <v>414</v>
       </c>
       <c r="B211" s="5" t="s">
         <v>415</v>
       </c>
       <c r="C211" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D211" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E211" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F211" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G211" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H211" s="4"/>
       <c r="I211" s="3">
         <f>IF( 10000&gt;K4,K211,IF( 20000&gt;L4,L211,IF( 50000&gt;M4,M211,N211)))</f>
       </c>
       <c r="J211" s="0">
         <f>C211*H211</f>
       </c>
       <c r="K211" s="0">
         <f>D211*H211</f>
       </c>
       <c r="L211" s="0">
         <f>E211*H211</f>
       </c>
       <c r="M211" s="0">
         <f>F211*H211</f>
       </c>
       <c r="N211" s="0">
         <f>G211*H211</f>
       </c>
     </row>
     <row r="212" outlineLevel="1">
       <c r="A212" s="2" t="s">
         <v>416</v>
       </c>
       <c r="B212" s="5" t="s">
         <v>417</v>
       </c>
       <c r="C212" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D212" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E212" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F212" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G212" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H212" s="4"/>
       <c r="I212" s="3">
         <f>IF( 10000&gt;K4,K212,IF( 20000&gt;L4,L212,IF( 50000&gt;M4,M212,N212)))</f>
       </c>
       <c r="J212" s="0">
         <f>C212*H212</f>
       </c>
       <c r="K212" s="0">
         <f>D212*H212</f>
       </c>
       <c r="L212" s="0">
         <f>E212*H212</f>
       </c>
       <c r="M212" s="0">
         <f>F212*H212</f>
       </c>
       <c r="N212" s="0">
         <f>G212*H212</f>
       </c>
     </row>
     <row r="213" outlineLevel="1">
       <c r="A213" s="2" t="s">
         <v>418</v>
       </c>
       <c r="B213" s="5" t="s">
         <v>419</v>
       </c>
       <c r="C213" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D213" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E213" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F213" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G213" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H213" s="4"/>
       <c r="I213" s="3">
         <f>IF( 10000&gt;K4,K213,IF( 20000&gt;L4,L213,IF( 50000&gt;M4,M213,N213)))</f>
       </c>
       <c r="J213" s="0">
         <f>C213*H213</f>
       </c>
       <c r="K213" s="0">
         <f>D213*H213</f>
       </c>
       <c r="L213" s="0">
         <f>E213*H213</f>
       </c>
       <c r="M213" s="0">
         <f>F213*H213</f>
       </c>
       <c r="N213" s="0">
         <f>G213*H213</f>
       </c>
     </row>
     <row r="214" outlineLevel="1">
       <c r="A214" s="2" t="s">
         <v>420</v>
       </c>
       <c r="B214" s="5" t="s">
         <v>421</v>
       </c>
       <c r="C214" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D214" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E214" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F214" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G214" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H214" s="4"/>
       <c r="I214" s="3">
         <f>IF( 10000&gt;K4,K214,IF( 20000&gt;L4,L214,IF( 50000&gt;M4,M214,N214)))</f>
       </c>
       <c r="J214" s="0">
         <f>C214*H214</f>
       </c>
       <c r="K214" s="0">
         <f>D214*H214</f>
       </c>
       <c r="L214" s="0">
         <f>E214*H214</f>
       </c>
       <c r="M214" s="0">
         <f>F214*H214</f>
       </c>
       <c r="N214" s="0">
         <f>G214*H214</f>
       </c>
     </row>
     <row r="215" outlineLevel="1">
       <c r="A215" s="2" t="s">
         <v>422</v>
       </c>
       <c r="B215" s="5" t="s">
         <v>423</v>
       </c>
       <c r="C215" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D215" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E215" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F215" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G215" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H215" s="4"/>
       <c r="I215" s="3">
         <f>IF( 10000&gt;K4,K215,IF( 20000&gt;L4,L215,IF( 50000&gt;M4,M215,N215)))</f>
       </c>
       <c r="J215" s="0">
         <f>C215*H215</f>
       </c>
       <c r="K215" s="0">
         <f>D215*H215</f>
       </c>
       <c r="L215" s="0">
         <f>E215*H215</f>
       </c>
       <c r="M215" s="0">
         <f>F215*H215</f>
       </c>
       <c r="N215" s="0">
         <f>G215*H215</f>
       </c>
     </row>
     <row r="216" outlineLevel="1">
       <c r="A216" s="2" t="s">
         <v>424</v>
       </c>
       <c r="B216" s="5" t="s">
         <v>425</v>
       </c>
       <c r="C216" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D216" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E216" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F216" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G216" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H216" s="4"/>
       <c r="I216" s="3">
         <f>IF( 10000&gt;K4,K216,IF( 20000&gt;L4,L216,IF( 50000&gt;M4,M216,N216)))</f>
       </c>
       <c r="J216" s="0">
         <f>C216*H216</f>
       </c>
       <c r="K216" s="0">
         <f>D216*H216</f>
       </c>
       <c r="L216" s="0">
         <f>E216*H216</f>
       </c>
       <c r="M216" s="0">
         <f>F216*H216</f>
       </c>
       <c r="N216" s="0">
         <f>G216*H216</f>
       </c>
     </row>
     <row r="217" outlineLevel="1">
       <c r="A217" s="2" t="s">
         <v>426</v>
       </c>
       <c r="B217" s="5" t="s">
         <v>427</v>
       </c>
       <c r="C217" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D217" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E217" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F217" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G217" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H217" s="4"/>
       <c r="I217" s="3">
         <f>IF( 10000&gt;K4,K217,IF( 20000&gt;L4,L217,IF( 50000&gt;M4,M217,N217)))</f>
       </c>
       <c r="J217" s="0">
         <f>C217*H217</f>
       </c>
       <c r="K217" s="0">
         <f>D217*H217</f>
       </c>
       <c r="L217" s="0">
         <f>E217*H217</f>
       </c>
       <c r="M217" s="0">
         <f>F217*H217</f>
       </c>
       <c r="N217" s="0">
         <f>G217*H217</f>
       </c>
     </row>
     <row r="218" outlineLevel="1">
       <c r="A218" s="2" t="s">
         <v>428</v>
       </c>
       <c r="B218" s="5" t="s">
         <v>429</v>
       </c>
       <c r="C218" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D218" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E218" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F218" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G218" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H218" s="4"/>
       <c r="I218" s="3">
         <f>IF( 10000&gt;K4,K218,IF( 20000&gt;L4,L218,IF( 50000&gt;M4,M218,N218)))</f>
       </c>
       <c r="J218" s="0">
         <f>C218*H218</f>
       </c>
       <c r="K218" s="0">
         <f>D218*H218</f>
       </c>
       <c r="L218" s="0">
         <f>E218*H218</f>
       </c>
       <c r="M218" s="0">
         <f>F218*H218</f>
       </c>
       <c r="N218" s="0">
         <f>G218*H218</f>
       </c>
     </row>
     <row r="219" outlineLevel="1">
       <c r="A219" s="2" t="s">
         <v>430</v>
       </c>
       <c r="B219" s="5" t="s">
         <v>431</v>
       </c>
       <c r="C219" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D219" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E219" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F219" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G219" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H219" s="4"/>
       <c r="I219" s="3">
         <f>IF( 10000&gt;K4,K219,IF( 20000&gt;L4,L219,IF( 50000&gt;M4,M219,N219)))</f>
       </c>
       <c r="J219" s="0">
         <f>C219*H219</f>
       </c>
       <c r="K219" s="0">
         <f>D219*H219</f>
       </c>
       <c r="L219" s="0">
         <f>E219*H219</f>
       </c>
       <c r="M219" s="0">
         <f>F219*H219</f>
       </c>
       <c r="N219" s="0">
         <f>G219*H219</f>
       </c>
     </row>
     <row r="220" outlineLevel="1">
       <c r="A220" s="2" t="s">
         <v>432</v>
       </c>
       <c r="B220" s="5" t="s">
         <v>433</v>
       </c>
       <c r="C220" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D220" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E220" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F220" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G220" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H220" s="4"/>
       <c r="I220" s="3">
         <f>IF( 10000&gt;K4,K220,IF( 20000&gt;L4,L220,IF( 50000&gt;M4,M220,N220)))</f>
       </c>
       <c r="J220" s="0">
         <f>C220*H220</f>
       </c>
       <c r="K220" s="0">
         <f>D220*H220</f>
       </c>
       <c r="L220" s="0">
         <f>E220*H220</f>
       </c>
       <c r="M220" s="0">
         <f>F220*H220</f>
       </c>
       <c r="N220" s="0">
         <f>G220*H220</f>
       </c>
     </row>
     <row r="221" outlineLevel="1">
       <c r="A221" s="2" t="s">
         <v>434</v>
       </c>
       <c r="B221" s="5" t="s">
         <v>435</v>
       </c>
       <c r="C221" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="D221" s="3">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="E221" s="3">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="F221" s="3">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="G221" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="H221" s="4"/>
       <c r="I221" s="3">
         <f>IF( 10000&gt;K4,K221,IF( 20000&gt;L4,L221,IF( 50000&gt;M4,M221,N221)))</f>
       </c>
       <c r="J221" s="0">
         <f>C221*H221</f>
       </c>
       <c r="K221" s="0">
         <f>D221*H221</f>
       </c>
       <c r="L221" s="0">
         <f>E221*H221</f>
       </c>
       <c r="M221" s="0">
         <f>F221*H221</f>
       </c>
       <c r="N221" s="0">
         <f>G221*H221</f>
       </c>
     </row>
     <row r="222" outlineLevel="1">
       <c r="A222" s="2" t="s">
         <v>436</v>
       </c>
       <c r="B222" s="5" t="s">
         <v>437</v>
       </c>
       <c r="C222" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="D222" s="3">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="E222" s="3">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="F222" s="3">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="G222" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="H222" s="4"/>
       <c r="I222" s="3">
         <f>IF( 10000&gt;K4,K222,IF( 20000&gt;L4,L222,IF( 50000&gt;M4,M222,N222)))</f>
       </c>
       <c r="J222" s="0">
         <f>C222*H222</f>
       </c>
       <c r="K222" s="0">
         <f>D222*H222</f>
       </c>
       <c r="L222" s="0">
         <f>E222*H222</f>
       </c>
       <c r="M222" s="0">
         <f>F222*H222</f>
       </c>
       <c r="N222" s="0">
         <f>G222*H222</f>
       </c>
     </row>
     <row r="223" outlineLevel="1">
       <c r="A223" s="2" t="s">
         <v>438</v>
       </c>
       <c r="B223" s="5" t="s">
         <v>439</v>
       </c>
       <c r="C223" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="D223" s="3">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="E223" s="3">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="F223" s="3">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="G223" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="H223" s="4"/>
       <c r="I223" s="3">
         <f>IF( 10000&gt;K4,K223,IF( 20000&gt;L4,L223,IF( 50000&gt;M4,M223,N223)))</f>
       </c>
       <c r="J223" s="0">
         <f>C223*H223</f>
       </c>
       <c r="K223" s="0">
         <f>D223*H223</f>
       </c>
       <c r="L223" s="0">
         <f>E223*H223</f>
       </c>
       <c r="M223" s="0">
         <f>F223*H223</f>
       </c>
       <c r="N223" s="0">
         <f>G223*H223</f>
       </c>
     </row>
     <row r="224" outlineLevel="1">
       <c r="A224" s="2" t="s">
         <v>440</v>
       </c>
       <c r="B224" s="5" t="s">
         <v>441</v>
       </c>
       <c r="C224" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="D224" s="3">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="E224" s="3">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="F224" s="3">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="G224" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="H224" s="4"/>
       <c r="I224" s="3">
         <f>IF( 10000&gt;K4,K224,IF( 20000&gt;L4,L224,IF( 50000&gt;M4,M224,N224)))</f>
       </c>
       <c r="J224" s="0">
         <f>C224*H224</f>
       </c>
       <c r="K224" s="0">
         <f>D224*H224</f>
       </c>
       <c r="L224" s="0">
         <f>E224*H224</f>
       </c>
       <c r="M224" s="0">
         <f>F224*H224</f>
       </c>
       <c r="N224" s="0">
         <f>G224*H224</f>
       </c>
     </row>
     <row r="225" outlineLevel="1">
       <c r="A225" s="2" t="s">
         <v>442</v>
       </c>
       <c r="B225" s="5" t="s">
         <v>443</v>
       </c>
       <c r="C225" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="D225" s="3">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="E225" s="3">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="F225" s="3">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="G225" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="H225" s="4"/>
       <c r="I225" s="3">
         <f>IF( 10000&gt;K4,K225,IF( 20000&gt;L4,L225,IF( 50000&gt;M4,M225,N225)))</f>
       </c>
       <c r="J225" s="0">
         <f>C225*H225</f>
       </c>
       <c r="K225" s="0">
         <f>D225*H225</f>
       </c>
       <c r="L225" s="0">
         <f>E225*H225</f>
       </c>
       <c r="M225" s="0">
         <f>F225*H225</f>
       </c>
       <c r="N225" s="0">
         <f>G225*H225</f>
       </c>
     </row>
     <row r="226" outlineLevel="1">
       <c r="A226" s="2" t="s">
         <v>444</v>
       </c>
       <c r="B226" s="5" t="s">
         <v>445</v>
       </c>
       <c r="C226" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="D226" s="3">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="E226" s="3">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="F226" s="3">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="G226" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="H226" s="4"/>
       <c r="I226" s="3">
         <f>IF( 10000&gt;K4,K226,IF( 20000&gt;L4,L226,IF( 50000&gt;M4,M226,N226)))</f>
       </c>
       <c r="J226" s="0">
         <f>C226*H226</f>
       </c>
       <c r="K226" s="0">
         <f>D226*H226</f>
       </c>
       <c r="L226" s="0">
         <f>E226*H226</f>
       </c>
       <c r="M226" s="0">
         <f>F226*H226</f>
       </c>
       <c r="N226" s="0">
         <f>G226*H226</f>
       </c>
     </row>
     <row r="227" outlineLevel="1">
       <c r="A227" s="2" t="s">
         <v>446</v>
       </c>
       <c r="B227" s="5" t="s">
         <v>447</v>
       </c>
       <c r="C227" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="D227" s="3">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="E227" s="3">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="F227" s="3">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G227" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="H227" s="4"/>
       <c r="I227" s="3">
         <f>IF( 10000&gt;K4,K227,IF( 20000&gt;L4,L227,IF( 50000&gt;M4,M227,N227)))</f>
       </c>
       <c r="J227" s="0">
         <f>C227*H227</f>
       </c>
       <c r="K227" s="0">
         <f>D227*H227</f>
       </c>
       <c r="L227" s="0">
         <f>E227*H227</f>
       </c>
       <c r="M227" s="0">
         <f>F227*H227</f>
       </c>
       <c r="N227" s="0">
         <f>G227*H227</f>
       </c>
     </row>
     <row r="228" outlineLevel="1">
       <c r="A228" s="2" t="s">
         <v>448</v>
       </c>
       <c r="B228" s="5" t="s">
         <v>449</v>
       </c>
       <c r="C228" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="D228" s="3">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="E228" s="3">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="F228" s="3">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G228" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="H228" s="4"/>
       <c r="I228" s="3">
         <f>IF( 10000&gt;K4,K228,IF( 20000&gt;L4,L228,IF( 50000&gt;M4,M228,N228)))</f>
       </c>
       <c r="J228" s="0">
         <f>C228*H228</f>
       </c>
       <c r="K228" s="0">
         <f>D228*H228</f>
       </c>
       <c r="L228" s="0">
         <f>E228*H228</f>
       </c>
       <c r="M228" s="0">
         <f>F228*H228</f>
       </c>
       <c r="N228" s="0">
         <f>G228*H228</f>
       </c>
     </row>
     <row r="229" outlineLevel="1">
       <c r="A229" s="2" t="s">
         <v>450</v>
       </c>
       <c r="B229" s="5" t="s">
         <v>451</v>
       </c>
       <c r="C229" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="D229" s="3">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="E229" s="3">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="F229" s="3">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="G229" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="H229" s="4"/>
       <c r="I229" s="3">
         <f>IF( 10000&gt;K4,K229,IF( 20000&gt;L4,L229,IF( 50000&gt;M4,M229,N229)))</f>
       </c>
       <c r="J229" s="0">
         <f>C229*H229</f>
       </c>
       <c r="K229" s="0">
         <f>D229*H229</f>
       </c>
       <c r="L229" s="0">
         <f>E229*H229</f>
       </c>
       <c r="M229" s="0">
         <f>F229*H229</f>
       </c>
       <c r="N229" s="0">
         <f>G229*H229</f>
       </c>
     </row>
     <row r="230" outlineLevel="1">
       <c r="A230" s="2" t="s">
         <v>452</v>
       </c>
       <c r="B230" s="5" t="s">
         <v>453</v>
       </c>
       <c r="C230" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="D230" s="3">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="E230" s="3">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="F230" s="3">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="G230" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="H230" s="4"/>
       <c r="I230" s="3">
         <f>IF( 10000&gt;K4,K230,IF( 20000&gt;L4,L230,IF( 50000&gt;M4,M230,N230)))</f>
       </c>
       <c r="J230" s="0">
         <f>C230*H230</f>
       </c>
       <c r="K230" s="0">
         <f>D230*H230</f>
       </c>
       <c r="L230" s="0">
         <f>E230*H230</f>
       </c>
       <c r="M230" s="0">
         <f>F230*H230</f>
       </c>
       <c r="N230" s="0">
         <f>G230*H230</f>
       </c>
     </row>
     <row r="231" outlineLevel="1">
       <c r="A231" s="2" t="s">
         <v>454</v>
       </c>
       <c r="B231" s="5" t="s">
         <v>455</v>
       </c>
       <c r="C231" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="D231" s="3">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="E231" s="3">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="F231" s="3">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G231" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H231" s="4"/>
       <c r="I231" s="3">
         <f>IF( 10000&gt;K4,K231,IF( 20000&gt;L4,L231,IF( 50000&gt;M4,M231,N231)))</f>
       </c>
       <c r="J231" s="0">
         <f>C231*H231</f>
       </c>
       <c r="K231" s="0">
         <f>D231*H231</f>
       </c>
       <c r="L231" s="0">
         <f>E231*H231</f>
       </c>
       <c r="M231" s="0">
         <f>F231*H231</f>
       </c>
       <c r="N231" s="0">
         <f>G231*H231</f>
       </c>
     </row>
     <row r="232" outlineLevel="1">
       <c r="A232" s="2" t="s">
         <v>456</v>
       </c>
       <c r="B232" s="5" t="s">
         <v>457</v>
       </c>
       <c r="C232" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="D232" s="3">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="E232" s="3">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="F232" s="3">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G232" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H232" s="4"/>
       <c r="I232" s="3">
         <f>IF( 10000&gt;K4,K232,IF( 20000&gt;L4,L232,IF( 50000&gt;M4,M232,N232)))</f>
       </c>
       <c r="J232" s="0">
         <f>C232*H232</f>
       </c>
       <c r="K232" s="0">
         <f>D232*H232</f>
       </c>
       <c r="L232" s="0">
         <f>E232*H232</f>
       </c>
       <c r="M232" s="0">
         <f>F232*H232</f>
       </c>
       <c r="N232" s="0">
         <f>G232*H232</f>
       </c>
     </row>
     <row r="233" outlineLevel="1">
       <c r="A233" s="2" t="s">
         <v>458</v>
       </c>
       <c r="B233" s="5" t="s">
         <v>459</v>
       </c>
       <c r="C233" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="D233" s="3">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="E233" s="3">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="F233" s="3">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G233" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H233" s="4"/>
       <c r="I233" s="3">
         <f>IF( 10000&gt;K4,K233,IF( 20000&gt;L4,L233,IF( 50000&gt;M4,M233,N233)))</f>
       </c>
       <c r="J233" s="0">
         <f>C233*H233</f>
       </c>
       <c r="K233" s="0">
         <f>D233*H233</f>
       </c>
       <c r="L233" s="0">
         <f>E233*H233</f>
       </c>
       <c r="M233" s="0">
         <f>F233*H233</f>
       </c>
       <c r="N233" s="0">
         <f>G233*H233</f>
       </c>
     </row>
     <row r="234" outlineLevel="1">
       <c r="A234" s="2" t="s">
         <v>460</v>
       </c>
       <c r="B234" s="5" t="s">
         <v>461</v>
       </c>
       <c r="C234" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="D234" s="3">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="E234" s="3">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="F234" s="3">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G234" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H234" s="4"/>
       <c r="I234" s="3">
         <f>IF( 10000&gt;K4,K234,IF( 20000&gt;L4,L234,IF( 50000&gt;M4,M234,N234)))</f>
       </c>
       <c r="J234" s="0">
         <f>C234*H234</f>
       </c>
       <c r="K234" s="0">
         <f>D234*H234</f>
       </c>
       <c r="L234" s="0">
         <f>E234*H234</f>
       </c>
       <c r="M234" s="0">
         <f>F234*H234</f>
       </c>
       <c r="N234" s="0">
         <f>G234*H234</f>
       </c>
     </row>
     <row r="235" outlineLevel="1">
       <c r="A235" s="2" t="s">
         <v>462</v>
       </c>
       <c r="B235" s="5" t="s">
         <v>463</v>
       </c>
       <c r="C235" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="D235" s="3">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="E235" s="3">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="F235" s="3">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G235" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H235" s="4"/>
       <c r="I235" s="3">
         <f>IF( 10000&gt;K4,K235,IF( 20000&gt;L4,L235,IF( 50000&gt;M4,M235,N235)))</f>
       </c>
       <c r="J235" s="0">
         <f>C235*H235</f>
       </c>
       <c r="K235" s="0">
         <f>D235*H235</f>
       </c>
       <c r="L235" s="0">
         <f>E235*H235</f>
       </c>
       <c r="M235" s="0">
         <f>F235*H235</f>
       </c>
       <c r="N235" s="0">
         <f>G235*H235</f>
       </c>
     </row>
     <row r="236" outlineLevel="1">
       <c r="A236" s="2" t="s">
         <v>464</v>
       </c>
       <c r="B236" s="5" t="s">
         <v>465</v>
       </c>
       <c r="C236" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="D236" s="3">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="E236" s="3">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="F236" s="3">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G236" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H236" s="4"/>
       <c r="I236" s="3">
         <f>IF( 10000&gt;K4,K236,IF( 20000&gt;L4,L236,IF( 50000&gt;M4,M236,N236)))</f>
       </c>
       <c r="J236" s="0">
         <f>C236*H236</f>
       </c>
       <c r="K236" s="0">
         <f>D236*H236</f>
       </c>
       <c r="L236" s="0">
         <f>E236*H236</f>
       </c>
       <c r="M236" s="0">
         <f>F236*H236</f>
       </c>
       <c r="N236" s="0">
         <f>G236*H236</f>
       </c>
     </row>
     <row r="237" outlineLevel="1">
       <c r="A237" s="2" t="s">
         <v>466</v>
       </c>
       <c r="B237" s="5" t="s">
         <v>467</v>
       </c>
       <c r="C237" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="D237" s="3">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="E237" s="3">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="F237" s="3">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G237" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H237" s="4"/>
       <c r="I237" s="3">
         <f>IF( 10000&gt;K4,K237,IF( 20000&gt;L4,L237,IF( 50000&gt;M4,M237,N237)))</f>
       </c>
       <c r="J237" s="0">
         <f>C237*H237</f>
       </c>
       <c r="K237" s="0">
         <f>D237*H237</f>
       </c>
       <c r="L237" s="0">
         <f>E237*H237</f>
       </c>
       <c r="M237" s="0">
         <f>F237*H237</f>
       </c>
       <c r="N237" s="0">
         <f>G237*H237</f>
       </c>
     </row>
     <row r="238" outlineLevel="1">
       <c r="A238" s="2" t="s">
         <v>468</v>
       </c>
       <c r="B238" s="5" t="s">
         <v>469</v>
       </c>
       <c r="C238" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="D238" s="3">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="E238" s="3">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="F238" s="3">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G238" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H238" s="4"/>
       <c r="I238" s="3">
         <f>IF( 10000&gt;K4,K238,IF( 20000&gt;L4,L238,IF( 50000&gt;M4,M238,N238)))</f>
       </c>
       <c r="J238" s="0">
         <f>C238*H238</f>
       </c>
       <c r="K238" s="0">
         <f>D238*H238</f>
       </c>
       <c r="L238" s="0">
         <f>E238*H238</f>
       </c>
       <c r="M238" s="0">
         <f>F238*H238</f>
       </c>
       <c r="N238" s="0">
         <f>G238*H238</f>
       </c>
     </row>
     <row r="239" outlineLevel="1">
       <c r="A239" s="2" t="s">
         <v>470</v>
       </c>
       <c r="B239" s="5" t="s">
         <v>471</v>
       </c>
       <c r="C239" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="D239" s="3">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="E239" s="3">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="F239" s="3">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="G239" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="H239" s="4"/>
       <c r="I239" s="3">
         <f>IF( 10000&gt;K4,K239,IF( 20000&gt;L4,L239,IF( 50000&gt;M4,M239,N239)))</f>
       </c>
       <c r="J239" s="0">
         <f>C239*H239</f>
       </c>
       <c r="K239" s="0">
         <f>D239*H239</f>
       </c>
       <c r="L239" s="0">
         <f>E239*H239</f>
       </c>
       <c r="M239" s="0">
         <f>F239*H239</f>
       </c>
       <c r="N239" s="0">
         <f>G239*H239</f>
       </c>
     </row>
     <row r="240" outlineLevel="1">
       <c r="A240" s="2" t="s">
         <v>472</v>
       </c>
       <c r="B240" s="5" t="s">
         <v>473</v>
       </c>
       <c r="C240" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="D240" s="3">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="E240" s="3">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="F240" s="3">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="G240" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="H240" s="4"/>
       <c r="I240" s="3">
         <f>IF( 10000&gt;K4,K240,IF( 20000&gt;L4,L240,IF( 50000&gt;M4,M240,N240)))</f>
       </c>
       <c r="J240" s="0">
         <f>C240*H240</f>
       </c>
       <c r="K240" s="0">
         <f>D240*H240</f>
       </c>
       <c r="L240" s="0">
         <f>E240*H240</f>
       </c>
       <c r="M240" s="0">
         <f>F240*H240</f>
       </c>
       <c r="N240" s="0">
         <f>G240*H240</f>
       </c>
     </row>
     <row r="241" outlineLevel="1">
       <c r="A241" s="2" t="s">
         <v>474</v>
       </c>
       <c r="B241" s="5" t="s">
         <v>475</v>
       </c>
       <c r="C241" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="D241" s="3">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="E241" s="3">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="F241" s="3">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="G241" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="H241" s="4"/>
       <c r="I241" s="3">
         <f>IF( 10000&gt;K4,K241,IF( 20000&gt;L4,L241,IF( 50000&gt;M4,M241,N241)))</f>
       </c>
       <c r="J241" s="0">
         <f>C241*H241</f>
       </c>
       <c r="K241" s="0">
         <f>D241*H241</f>
       </c>
       <c r="L241" s="0">
         <f>E241*H241</f>
       </c>
       <c r="M241" s="0">
         <f>F241*H241</f>
       </c>
       <c r="N241" s="0">
         <f>G241*H241</f>
       </c>
     </row>
     <row r="242" outlineLevel="1">
       <c r="A242" s="2" t="s">
         <v>476</v>
       </c>
       <c r="B242" s="5" t="s">
         <v>477</v>
       </c>
       <c r="C242" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="D242" s="3">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="E242" s="3">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="F242" s="3">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="G242" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="H242" s="4"/>
       <c r="I242" s="3">
         <f>IF( 10000&gt;K4,K242,IF( 20000&gt;L4,L242,IF( 50000&gt;M4,M242,N242)))</f>
       </c>
       <c r="J242" s="0">
         <f>C242*H242</f>
       </c>
       <c r="K242" s="0">
         <f>D242*H242</f>
       </c>
       <c r="L242" s="0">
         <f>E242*H242</f>
       </c>
       <c r="M242" s="0">
         <f>F242*H242</f>
       </c>
       <c r="N242" s="0">
         <f>G242*H242</f>
       </c>
     </row>
     <row r="243" outlineLevel="1">
       <c r="A243" s="2" t="s">
         <v>478</v>
       </c>
       <c r="B243" s="5" t="s">
         <v>479</v>
       </c>
       <c r="C243" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="D243" s="3">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="E243" s="3">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="F243" s="3">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="G243" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="H243" s="4"/>
       <c r="I243" s="3">
         <f>IF( 10000&gt;K4,K243,IF( 20000&gt;L4,L243,IF( 50000&gt;M4,M243,N243)))</f>
       </c>
       <c r="J243" s="0">
         <f>C243*H243</f>
       </c>
       <c r="K243" s="0">
         <f>D243*H243</f>
       </c>
       <c r="L243" s="0">
         <f>E243*H243</f>
       </c>
       <c r="M243" s="0">
         <f>F243*H243</f>
       </c>
       <c r="N243" s="0">
         <f>G243*H243</f>
       </c>
     </row>
     <row r="244" outlineLevel="1">
       <c r="A244" s="2" t="s">
         <v>480</v>
       </c>
       <c r="B244" s="5" t="s">
         <v>481</v>
       </c>
       <c r="C244" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="D244" s="3">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="E244" s="3">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="F244" s="3">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="G244" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="H244" s="4"/>
       <c r="I244" s="3">
         <f>IF( 10000&gt;K4,K244,IF( 20000&gt;L4,L244,IF( 50000&gt;M4,M244,N244)))</f>
       </c>
       <c r="J244" s="0">
         <f>C244*H244</f>
       </c>
       <c r="K244" s="0">
         <f>D244*H244</f>
       </c>
       <c r="L244" s="0">
         <f>E244*H244</f>
       </c>
       <c r="M244" s="0">
         <f>F244*H244</f>
       </c>
       <c r="N244" s="0">
         <f>G244*H244</f>
       </c>
     </row>
     <row r="245" outlineLevel="1">
       <c r="A245" s="2" t="s">
         <v>482</v>
       </c>
       <c r="B245" s="5" t="s">
         <v>483</v>
       </c>
       <c r="C245" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="D245" s="3">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="E245" s="3">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="F245" s="3">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="G245" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="H245" s="4"/>
       <c r="I245" s="3">
         <f>IF( 10000&gt;K4,K245,IF( 20000&gt;L4,L245,IF( 50000&gt;M4,M245,N245)))</f>
       </c>
       <c r="J245" s="0">
         <f>C245*H245</f>
       </c>
       <c r="K245" s="0">
         <f>D245*H245</f>
       </c>
       <c r="L245" s="0">
         <f>E245*H245</f>
       </c>
       <c r="M245" s="0">
         <f>F245*H245</f>
       </c>
       <c r="N245" s="0">
         <f>G245*H245</f>
       </c>
     </row>
     <row r="246" outlineLevel="1">
       <c r="A246" s="2" t="s">
         <v>484</v>
       </c>
       <c r="B246" s="5" t="s">
         <v>485</v>
       </c>
       <c r="C246" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="D246" s="3">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="E246" s="3">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="F246" s="3">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="G246" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="H246" s="4"/>
       <c r="I246" s="3">
         <f>IF( 10000&gt;K4,K246,IF( 20000&gt;L4,L246,IF( 50000&gt;M4,M246,N246)))</f>
       </c>
       <c r="J246" s="0">
         <f>C246*H246</f>
       </c>
       <c r="K246" s="0">
         <f>D246*H246</f>
       </c>
       <c r="L246" s="0">
         <f>E246*H246</f>
       </c>
       <c r="M246" s="0">
         <f>F246*H246</f>
       </c>
       <c r="N246" s="0">
         <f>G246*H246</f>
       </c>
     </row>
     <row r="247" outlineLevel="1">
       <c r="A247" s="2" t="s">
         <v>486</v>
       </c>
       <c r="B247" s="5" t="s">
         <v>487</v>
       </c>
       <c r="C247" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="D247" s="3">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="E247" s="3">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="F247" s="3">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="G247" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="H247" s="4"/>
       <c r="I247" s="3">
         <f>IF( 10000&gt;K4,K247,IF( 20000&gt;L4,L247,IF( 50000&gt;M4,M247,N247)))</f>
       </c>
       <c r="J247" s="0">
         <f>C247*H247</f>
       </c>
       <c r="K247" s="0">
         <f>D247*H247</f>
       </c>
       <c r="L247" s="0">
         <f>E247*H247</f>
       </c>
       <c r="M247" s="0">
         <f>F247*H247</f>
       </c>
       <c r="N247" s="0">
         <f>G247*H247</f>
       </c>
     </row>
     <row r="248" outlineLevel="1">
       <c r="A248" s="2" t="s">
         <v>488</v>
       </c>
       <c r="B248" s="5" t="s">
         <v>489</v>
       </c>
       <c r="C248" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="D248" s="3">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="E248" s="3">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="F248" s="3">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="G248" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="H248" s="4"/>
       <c r="I248" s="3">
         <f>IF( 10000&gt;K4,K248,IF( 20000&gt;L4,L248,IF( 50000&gt;M4,M248,N248)))</f>
       </c>
       <c r="J248" s="0">
         <f>C248*H248</f>
       </c>
       <c r="K248" s="0">
         <f>D248*H248</f>
       </c>
       <c r="L248" s="0">
         <f>E248*H248</f>
       </c>
       <c r="M248" s="0">
         <f>F248*H248</f>
       </c>
       <c r="N248" s="0">
         <f>G248*H248</f>
       </c>
     </row>
     <row r="249" outlineLevel="1">
       <c r="A249" s="2" t="s">
         <v>490</v>
       </c>
       <c r="B249" s="5" t="s">
         <v>491</v>
       </c>
       <c r="C249" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="D249" s="3">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="E249" s="3">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="F249" s="3">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="G249" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="H249" s="4"/>
       <c r="I249" s="3">
         <f>IF( 10000&gt;K4,K249,IF( 20000&gt;L4,L249,IF( 50000&gt;M4,M249,N249)))</f>
       </c>
       <c r="J249" s="0">
         <f>C249*H249</f>
       </c>
       <c r="K249" s="0">
         <f>D249*H249</f>
       </c>
       <c r="L249" s="0">
         <f>E249*H249</f>
       </c>
       <c r="M249" s="0">
         <f>F249*H249</f>
       </c>
       <c r="N249" s="0">
         <f>G249*H249</f>
       </c>
     </row>
     <row r="250" outlineLevel="1">
       <c r="A250" s="2" t="s">
         <v>492</v>
       </c>
       <c r="B250" s="5" t="s">
         <v>493</v>
       </c>
       <c r="C250" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="D250" s="3">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="E250" s="3">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="F250" s="3">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="G250" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="H250" s="4"/>
       <c r="I250" s="3">
         <f>IF( 10000&gt;K4,K250,IF( 20000&gt;L4,L250,IF( 50000&gt;M4,M250,N250)))</f>
       </c>
       <c r="J250" s="0">
         <f>C250*H250</f>
       </c>
       <c r="K250" s="0">
         <f>D250*H250</f>
       </c>
       <c r="L250" s="0">
         <f>E250*H250</f>
       </c>
       <c r="M250" s="0">
         <f>F250*H250</f>
       </c>
       <c r="N250" s="0">
         <f>G250*H250</f>
       </c>
     </row>
     <row r="251" outlineLevel="1">
       <c r="A251" s="2" t="s">
         <v>494</v>
       </c>
       <c r="B251" s="5" t="s">
         <v>495</v>
       </c>
       <c r="C251" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="D251" s="3">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="E251" s="3">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="F251" s="3">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="G251" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="H251" s="4"/>
       <c r="I251" s="3">
         <f>IF( 10000&gt;K4,K251,IF( 20000&gt;L4,L251,IF( 50000&gt;M4,M251,N251)))</f>
       </c>
       <c r="J251" s="0">
         <f>C251*H251</f>
       </c>
       <c r="K251" s="0">
         <f>D251*H251</f>
       </c>
       <c r="L251" s="0">
         <f>E251*H251</f>
       </c>
       <c r="M251" s="0">
         <f>F251*H251</f>
       </c>
       <c r="N251" s="0">
         <f>G251*H251</f>
       </c>
     </row>
     <row r="252" outlineLevel="1">
       <c r="A252" s="2" t="s">
         <v>496</v>
       </c>
@@ -16338,651 +15468,651 @@
       </c>
       <c r="J253" s="0">
         <f>C253*H253</f>
       </c>
       <c r="K253" s="0">
         <f>D253*H253</f>
       </c>
       <c r="L253" s="0">
         <f>E253*H253</f>
       </c>
       <c r="M253" s="0">
         <f>F253*H253</f>
       </c>
       <c r="N253" s="0">
         <f>G253*H253</f>
       </c>
     </row>
     <row r="254" outlineLevel="1">
       <c r="A254" s="2" t="s">
         <v>500</v>
       </c>
       <c r="B254" s="5" t="s">
         <v>501</v>
       </c>
       <c r="C254" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="D254" s="3">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="E254" s="3">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="F254" s="3">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G254" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="H254" s="4"/>
       <c r="I254" s="3">
         <f>IF( 10000&gt;K4,K254,IF( 20000&gt;L4,L254,IF( 50000&gt;M4,M254,N254)))</f>
       </c>
       <c r="J254" s="0">
         <f>C254*H254</f>
       </c>
       <c r="K254" s="0">
         <f>D254*H254</f>
       </c>
       <c r="L254" s="0">
         <f>E254*H254</f>
       </c>
       <c r="M254" s="0">
         <f>F254*H254</f>
       </c>
       <c r="N254" s="0">
         <f>G254*H254</f>
       </c>
     </row>
     <row r="255" outlineLevel="1">
       <c r="A255" s="2" t="s">
         <v>502</v>
       </c>
       <c r="B255" s="5" t="s">
         <v>503</v>
       </c>
       <c r="C255" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="D255" s="3">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="E255" s="3">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="F255" s="3">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G255" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="H255" s="4"/>
       <c r="I255" s="3">
         <f>IF( 10000&gt;K4,K255,IF( 20000&gt;L4,L255,IF( 50000&gt;M4,M255,N255)))</f>
       </c>
       <c r="J255" s="0">
         <f>C255*H255</f>
       </c>
       <c r="K255" s="0">
         <f>D255*H255</f>
       </c>
       <c r="L255" s="0">
         <f>E255*H255</f>
       </c>
       <c r="M255" s="0">
         <f>F255*H255</f>
       </c>
       <c r="N255" s="0">
         <f>G255*H255</f>
       </c>
     </row>
     <row r="256" outlineLevel="1">
       <c r="A256" s="2" t="s">
         <v>504</v>
       </c>
       <c r="B256" s="5" t="s">
         <v>505</v>
       </c>
       <c r="C256" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="D256" s="3">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="E256" s="3">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="F256" s="3">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="G256" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="H256" s="4"/>
       <c r="I256" s="3">
         <f>IF( 10000&gt;K4,K256,IF( 20000&gt;L4,L256,IF( 50000&gt;M4,M256,N256)))</f>
       </c>
       <c r="J256" s="0">
         <f>C256*H256</f>
       </c>
       <c r="K256" s="0">
         <f>D256*H256</f>
       </c>
       <c r="L256" s="0">
         <f>E256*H256</f>
       </c>
       <c r="M256" s="0">
         <f>F256*H256</f>
       </c>
       <c r="N256" s="0">
         <f>G256*H256</f>
       </c>
     </row>
     <row r="257" outlineLevel="1">
       <c r="A257" s="2" t="s">
         <v>506</v>
       </c>
       <c r="B257" s="5" t="s">
         <v>507</v>
       </c>
       <c r="C257" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="D257" s="3">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="E257" s="3">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="F257" s="3">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="G257" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="H257" s="4"/>
       <c r="I257" s="3">
         <f>IF( 10000&gt;K4,K257,IF( 20000&gt;L4,L257,IF( 50000&gt;M4,M257,N257)))</f>
       </c>
       <c r="J257" s="0">
         <f>C257*H257</f>
       </c>
       <c r="K257" s="0">
         <f>D257*H257</f>
       </c>
       <c r="L257" s="0">
         <f>E257*H257</f>
       </c>
       <c r="M257" s="0">
         <f>F257*H257</f>
       </c>
       <c r="N257" s="0">
         <f>G257*H257</f>
       </c>
     </row>
     <row r="258" outlineLevel="1">
       <c r="A258" s="2" t="s">
         <v>508</v>
       </c>
       <c r="B258" s="5" t="s">
         <v>509</v>
       </c>
       <c r="C258" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="D258" s="3">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="E258" s="3">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="F258" s="3">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="G258" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="H258" s="4"/>
       <c r="I258" s="3">
         <f>IF( 10000&gt;K4,K258,IF( 20000&gt;L4,L258,IF( 50000&gt;M4,M258,N258)))</f>
       </c>
       <c r="J258" s="0">
         <f>C258*H258</f>
       </c>
       <c r="K258" s="0">
         <f>D258*H258</f>
       </c>
       <c r="L258" s="0">
         <f>E258*H258</f>
       </c>
       <c r="M258" s="0">
         <f>F258*H258</f>
       </c>
       <c r="N258" s="0">
         <f>G258*H258</f>
       </c>
     </row>
     <row r="259" outlineLevel="1">
       <c r="A259" s="2" t="s">
         <v>510</v>
       </c>
       <c r="B259" s="5" t="s">
         <v>511</v>
       </c>
       <c r="C259" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="D259" s="3">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="E259" s="3">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="F259" s="3">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="G259" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="H259" s="4"/>
       <c r="I259" s="3">
         <f>IF( 10000&gt;K4,K259,IF( 20000&gt;L4,L259,IF( 50000&gt;M4,M259,N259)))</f>
       </c>
       <c r="J259" s="0">
         <f>C259*H259</f>
       </c>
       <c r="K259" s="0">
         <f>D259*H259</f>
       </c>
       <c r="L259" s="0">
         <f>E259*H259</f>
       </c>
       <c r="M259" s="0">
         <f>F259*H259</f>
       </c>
       <c r="N259" s="0">
         <f>G259*H259</f>
       </c>
     </row>
     <row r="260" outlineLevel="1">
       <c r="A260" s="2" t="s">
         <v>512</v>
       </c>
       <c r="B260" s="5" t="s">
         <v>513</v>
       </c>
       <c r="C260" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="D260" s="3">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="E260" s="3">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="F260" s="3">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="G260" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="H260" s="4"/>
       <c r="I260" s="3">
         <f>IF( 10000&gt;K4,K260,IF( 20000&gt;L4,L260,IF( 50000&gt;M4,M260,N260)))</f>
       </c>
       <c r="J260" s="0">
         <f>C260*H260</f>
       </c>
       <c r="K260" s="0">
         <f>D260*H260</f>
       </c>
       <c r="L260" s="0">
         <f>E260*H260</f>
       </c>
       <c r="M260" s="0">
         <f>F260*H260</f>
       </c>
       <c r="N260" s="0">
         <f>G260*H260</f>
       </c>
     </row>
     <row r="261" outlineLevel="1">
       <c r="A261" s="2" t="s">
         <v>514</v>
       </c>
       <c r="B261" s="5" t="s">
         <v>515</v>
       </c>
       <c r="C261" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="D261" s="3">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="E261" s="3">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="F261" s="3">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="G261" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="H261" s="4"/>
       <c r="I261" s="3">
         <f>IF( 10000&gt;K4,K261,IF( 20000&gt;L4,L261,IF( 50000&gt;M4,M261,N261)))</f>
       </c>
       <c r="J261" s="0">
         <f>C261*H261</f>
       </c>
       <c r="K261" s="0">
         <f>D261*H261</f>
       </c>
       <c r="L261" s="0">
         <f>E261*H261</f>
       </c>
       <c r="M261" s="0">
         <f>F261*H261</f>
       </c>
       <c r="N261" s="0">
         <f>G261*H261</f>
       </c>
     </row>
     <row r="262" outlineLevel="1">
       <c r="A262" s="2" t="s">
         <v>516</v>
       </c>
       <c r="B262" s="5" t="s">
         <v>517</v>
       </c>
       <c r="C262" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="D262" s="3">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="E262" s="3">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="F262" s="3">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="G262" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="H262" s="4"/>
       <c r="I262" s="3">
         <f>IF( 10000&gt;K4,K262,IF( 20000&gt;L4,L262,IF( 50000&gt;M4,M262,N262)))</f>
       </c>
       <c r="J262" s="0">
         <f>C262*H262</f>
       </c>
       <c r="K262" s="0">
         <f>D262*H262</f>
       </c>
       <c r="L262" s="0">
         <f>E262*H262</f>
       </c>
       <c r="M262" s="0">
         <f>F262*H262</f>
       </c>
       <c r="N262" s="0">
         <f>G262*H262</f>
       </c>
     </row>
     <row r="263" outlineLevel="1">
       <c r="A263" s="2" t="s">
         <v>518</v>
       </c>
       <c r="B263" s="5" t="s">
         <v>519</v>
       </c>
       <c r="C263" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="D263" s="3">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="E263" s="3">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="F263" s="3">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="G263" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="H263" s="4"/>
       <c r="I263" s="3">
         <f>IF( 10000&gt;K4,K263,IF( 20000&gt;L4,L263,IF( 50000&gt;M4,M263,N263)))</f>
       </c>
       <c r="J263" s="0">
         <f>C263*H263</f>
       </c>
       <c r="K263" s="0">
         <f>D263*H263</f>
       </c>
       <c r="L263" s="0">
         <f>E263*H263</f>
       </c>
       <c r="M263" s="0">
         <f>F263*H263</f>
       </c>
       <c r="N263" s="0">
         <f>G263*H263</f>
       </c>
     </row>
     <row r="264" outlineLevel="1">
       <c r="A264" s="2" t="s">
         <v>520</v>
       </c>
       <c r="B264" s="5" t="s">
         <v>521</v>
       </c>
       <c r="C264" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="D264" s="3">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="E264" s="3">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="F264" s="3">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="G264" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="H264" s="4"/>
       <c r="I264" s="3">
         <f>IF( 10000&gt;K4,K264,IF( 20000&gt;L4,L264,IF( 50000&gt;M4,M264,N264)))</f>
       </c>
       <c r="J264" s="0">
         <f>C264*H264</f>
       </c>
       <c r="K264" s="0">
         <f>D264*H264</f>
       </c>
       <c r="L264" s="0">
         <f>E264*H264</f>
       </c>
       <c r="M264" s="0">
         <f>F264*H264</f>
       </c>
       <c r="N264" s="0">
         <f>G264*H264</f>
       </c>
     </row>
     <row r="265" outlineLevel="1">
       <c r="A265" s="2" t="s">
         <v>522</v>
       </c>
       <c r="B265" s="5" t="s">
         <v>523</v>
       </c>
       <c r="C265" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="D265" s="3">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="E265" s="3">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="F265" s="3">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="G265" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="H265" s="4"/>
       <c r="I265" s="3">
         <f>IF( 10000&gt;K4,K265,IF( 20000&gt;L4,L265,IF( 50000&gt;M4,M265,N265)))</f>
       </c>
       <c r="J265" s="0">
         <f>C265*H265</f>
       </c>
       <c r="K265" s="0">
         <f>D265*H265</f>
       </c>
       <c r="L265" s="0">
         <f>E265*H265</f>
       </c>
       <c r="M265" s="0">
         <f>F265*H265</f>
       </c>
       <c r="N265" s="0">
         <f>G265*H265</f>
       </c>
     </row>
     <row r="266" outlineLevel="1">
       <c r="A266" s="2" t="s">
         <v>524</v>
       </c>
       <c r="B266" s="5" t="s">
         <v>525</v>
       </c>
       <c r="C266" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="D266" s="3">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="E266" s="3">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="F266" s="3">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G266" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="H266" s="4"/>
       <c r="I266" s="3">
         <f>IF( 10000&gt;K4,K266,IF( 20000&gt;L4,L266,IF( 50000&gt;M4,M266,N266)))</f>
       </c>
       <c r="J266" s="0">
         <f>C266*H266</f>
       </c>
       <c r="K266" s="0">
         <f>D266*H266</f>
       </c>
       <c r="L266" s="0">
         <f>E266*H266</f>
       </c>
       <c r="M266" s="0">
         <f>F266*H266</f>
       </c>
       <c r="N266" s="0">
         <f>G266*H266</f>
       </c>
     </row>
     <row r="267" outlineLevel="1">
       <c r="A267" s="2" t="s">
         <v>526</v>
       </c>
       <c r="B267" s="5" t="s">
         <v>527</v>
       </c>
       <c r="C267" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="D267" s="3">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="E267" s="3">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="F267" s="3">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G267" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="H267" s="4"/>
       <c r="I267" s="3">
         <f>IF( 10000&gt;K4,K267,IF( 20000&gt;L4,L267,IF( 50000&gt;M4,M267,N267)))</f>
       </c>
       <c r="J267" s="0">
         <f>C267*H267</f>
       </c>
       <c r="K267" s="0">
         <f>D267*H267</f>
       </c>
       <c r="L267" s="0">
         <f>E267*H267</f>
       </c>
       <c r="M267" s="0">
         <f>F267*H267</f>
       </c>
       <c r="N267" s="0">
         <f>G267*H267</f>
       </c>
     </row>
     <row r="268" outlineLevel="1">
       <c r="A268" s="2" t="s">
         <v>528</v>
       </c>
       <c r="B268" s="5" t="s">
         <v>529</v>
       </c>
       <c r="C268" s="3">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="D268" s="3">
-        <v>89</v>
+        <v>33</v>
       </c>
       <c r="E268" s="3">
-        <v>79</v>
+        <v>29</v>
       </c>
       <c r="F268" s="3">
-        <v>74</v>
+        <v>27</v>
       </c>
       <c r="G268" s="3">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="H268" s="4"/>
       <c r="I268" s="3">
         <f>IF( 10000&gt;K4,K268,IF( 20000&gt;L4,L268,IF( 50000&gt;M4,M268,N268)))</f>
       </c>
       <c r="J268" s="0">
         <f>C268*H268</f>
       </c>
       <c r="K268" s="0">
         <f>D268*H268</f>
       </c>
       <c r="L268" s="0">
         <f>E268*H268</f>
       </c>
       <c r="M268" s="0">
         <f>F268*H268</f>
       </c>
       <c r="N268" s="0">
         <f>G268*H268</f>
       </c>
     </row>
     <row r="269" outlineLevel="1">
       <c r="A269" s="2" t="s">
         <v>530</v>
       </c>
@@ -17094,1029 +16224,1029 @@
       </c>
       <c r="J271" s="0">
         <f>C271*H271</f>
       </c>
       <c r="K271" s="0">
         <f>D271*H271</f>
       </c>
       <c r="L271" s="0">
         <f>E271*H271</f>
       </c>
       <c r="M271" s="0">
         <f>F271*H271</f>
       </c>
       <c r="N271" s="0">
         <f>G271*H271</f>
       </c>
     </row>
     <row r="272" outlineLevel="1">
       <c r="A272" s="2" t="s">
         <v>536</v>
       </c>
       <c r="B272" s="5" t="s">
         <v>537</v>
       </c>
       <c r="C272" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D272" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E272" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F272" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G272" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H272" s="4"/>
       <c r="I272" s="3">
         <f>IF( 10000&gt;K4,K272,IF( 20000&gt;L4,L272,IF( 50000&gt;M4,M272,N272)))</f>
       </c>
       <c r="J272" s="0">
         <f>C272*H272</f>
       </c>
       <c r="K272" s="0">
         <f>D272*H272</f>
       </c>
       <c r="L272" s="0">
         <f>E272*H272</f>
       </c>
       <c r="M272" s="0">
         <f>F272*H272</f>
       </c>
       <c r="N272" s="0">
         <f>G272*H272</f>
       </c>
     </row>
     <row r="273" outlineLevel="1">
       <c r="A273" s="2" t="s">
         <v>538</v>
       </c>
       <c r="B273" s="5" t="s">
         <v>539</v>
       </c>
       <c r="C273" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D273" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E273" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F273" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G273" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H273" s="4"/>
       <c r="I273" s="3">
         <f>IF( 10000&gt;K4,K273,IF( 20000&gt;L4,L273,IF( 50000&gt;M4,M273,N273)))</f>
       </c>
       <c r="J273" s="0">
         <f>C273*H273</f>
       </c>
       <c r="K273" s="0">
         <f>D273*H273</f>
       </c>
       <c r="L273" s="0">
         <f>E273*H273</f>
       </c>
       <c r="M273" s="0">
         <f>F273*H273</f>
       </c>
       <c r="N273" s="0">
         <f>G273*H273</f>
       </c>
     </row>
     <row r="274" outlineLevel="1">
       <c r="A274" s="2" t="s">
         <v>540</v>
       </c>
       <c r="B274" s="5" t="s">
         <v>541</v>
       </c>
       <c r="C274" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D274" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E274" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F274" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G274" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H274" s="4"/>
       <c r="I274" s="3">
         <f>IF( 10000&gt;K4,K274,IF( 20000&gt;L4,L274,IF( 50000&gt;M4,M274,N274)))</f>
       </c>
       <c r="J274" s="0">
         <f>C274*H274</f>
       </c>
       <c r="K274" s="0">
         <f>D274*H274</f>
       </c>
       <c r="L274" s="0">
         <f>E274*H274</f>
       </c>
       <c r="M274" s="0">
         <f>F274*H274</f>
       </c>
       <c r="N274" s="0">
         <f>G274*H274</f>
       </c>
     </row>
     <row r="275" outlineLevel="1">
       <c r="A275" s="2" t="s">
         <v>542</v>
       </c>
       <c r="B275" s="5" t="s">
         <v>543</v>
       </c>
       <c r="C275" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D275" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E275" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F275" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G275" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H275" s="4"/>
       <c r="I275" s="3">
         <f>IF( 10000&gt;K4,K275,IF( 20000&gt;L4,L275,IF( 50000&gt;M4,M275,N275)))</f>
       </c>
       <c r="J275" s="0">
         <f>C275*H275</f>
       </c>
       <c r="K275" s="0">
         <f>D275*H275</f>
       </c>
       <c r="L275" s="0">
         <f>E275*H275</f>
       </c>
       <c r="M275" s="0">
         <f>F275*H275</f>
       </c>
       <c r="N275" s="0">
         <f>G275*H275</f>
       </c>
     </row>
     <row r="276" outlineLevel="1">
       <c r="A276" s="2" t="s">
         <v>544</v>
       </c>
       <c r="B276" s="5" t="s">
         <v>545</v>
       </c>
       <c r="C276" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D276" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E276" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F276" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G276" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H276" s="4"/>
       <c r="I276" s="3">
         <f>IF( 10000&gt;K4,K276,IF( 20000&gt;L4,L276,IF( 50000&gt;M4,M276,N276)))</f>
       </c>
       <c r="J276" s="0">
         <f>C276*H276</f>
       </c>
       <c r="K276" s="0">
         <f>D276*H276</f>
       </c>
       <c r="L276" s="0">
         <f>E276*H276</f>
       </c>
       <c r="M276" s="0">
         <f>F276*H276</f>
       </c>
       <c r="N276" s="0">
         <f>G276*H276</f>
       </c>
     </row>
     <row r="277" outlineLevel="1">
       <c r="A277" s="2" t="s">
         <v>546</v>
       </c>
       <c r="B277" s="5" t="s">
         <v>547</v>
       </c>
       <c r="C277" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D277" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E277" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F277" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G277" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H277" s="4"/>
       <c r="I277" s="3">
         <f>IF( 10000&gt;K4,K277,IF( 20000&gt;L4,L277,IF( 50000&gt;M4,M277,N277)))</f>
       </c>
       <c r="J277" s="0">
         <f>C277*H277</f>
       </c>
       <c r="K277" s="0">
         <f>D277*H277</f>
       </c>
       <c r="L277" s="0">
         <f>E277*H277</f>
       </c>
       <c r="M277" s="0">
         <f>F277*H277</f>
       </c>
       <c r="N277" s="0">
         <f>G277*H277</f>
       </c>
     </row>
     <row r="278" outlineLevel="1">
       <c r="A278" s="2" t="s">
         <v>548</v>
       </c>
       <c r="B278" s="5" t="s">
         <v>549</v>
       </c>
       <c r="C278" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D278" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E278" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F278" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G278" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H278" s="4"/>
       <c r="I278" s="3">
         <f>IF( 10000&gt;K4,K278,IF( 20000&gt;L4,L278,IF( 50000&gt;M4,M278,N278)))</f>
       </c>
       <c r="J278" s="0">
         <f>C278*H278</f>
       </c>
       <c r="K278" s="0">
         <f>D278*H278</f>
       </c>
       <c r="L278" s="0">
         <f>E278*H278</f>
       </c>
       <c r="M278" s="0">
         <f>F278*H278</f>
       </c>
       <c r="N278" s="0">
         <f>G278*H278</f>
       </c>
     </row>
     <row r="279" outlineLevel="1">
       <c r="A279" s="2" t="s">
         <v>550</v>
       </c>
       <c r="B279" s="5" t="s">
         <v>551</v>
       </c>
       <c r="C279" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D279" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E279" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F279" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G279" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H279" s="4"/>
       <c r="I279" s="3">
         <f>IF( 10000&gt;K4,K279,IF( 20000&gt;L4,L279,IF( 50000&gt;M4,M279,N279)))</f>
       </c>
       <c r="J279" s="0">
         <f>C279*H279</f>
       </c>
       <c r="K279" s="0">
         <f>D279*H279</f>
       </c>
       <c r="L279" s="0">
         <f>E279*H279</f>
       </c>
       <c r="M279" s="0">
         <f>F279*H279</f>
       </c>
       <c r="N279" s="0">
         <f>G279*H279</f>
       </c>
     </row>
     <row r="280" outlineLevel="1">
       <c r="A280" s="2" t="s">
         <v>552</v>
       </c>
       <c r="B280" s="5" t="s">
         <v>553</v>
       </c>
       <c r="C280" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D280" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E280" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F280" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G280" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H280" s="4"/>
       <c r="I280" s="3">
         <f>IF( 10000&gt;K4,K280,IF( 20000&gt;L4,L280,IF( 50000&gt;M4,M280,N280)))</f>
       </c>
       <c r="J280" s="0">
         <f>C280*H280</f>
       </c>
       <c r="K280" s="0">
         <f>D280*H280</f>
       </c>
       <c r="L280" s="0">
         <f>E280*H280</f>
       </c>
       <c r="M280" s="0">
         <f>F280*H280</f>
       </c>
       <c r="N280" s="0">
         <f>G280*H280</f>
       </c>
     </row>
     <row r="281" outlineLevel="1">
       <c r="A281" s="2" t="s">
         <v>554</v>
       </c>
       <c r="B281" s="5" t="s">
         <v>555</v>
       </c>
       <c r="C281" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D281" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E281" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F281" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G281" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H281" s="4"/>
       <c r="I281" s="3">
         <f>IF( 10000&gt;K4,K281,IF( 20000&gt;L4,L281,IF( 50000&gt;M4,M281,N281)))</f>
       </c>
       <c r="J281" s="0">
         <f>C281*H281</f>
       </c>
       <c r="K281" s="0">
         <f>D281*H281</f>
       </c>
       <c r="L281" s="0">
         <f>E281*H281</f>
       </c>
       <c r="M281" s="0">
         <f>F281*H281</f>
       </c>
       <c r="N281" s="0">
         <f>G281*H281</f>
       </c>
     </row>
     <row r="282" outlineLevel="1">
       <c r="A282" s="2" t="s">
         <v>556</v>
       </c>
       <c r="B282" s="5" t="s">
         <v>557</v>
       </c>
       <c r="C282" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D282" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E282" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F282" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G282" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H282" s="4"/>
       <c r="I282" s="3">
         <f>IF( 10000&gt;K4,K282,IF( 20000&gt;L4,L282,IF( 50000&gt;M4,M282,N282)))</f>
       </c>
       <c r="J282" s="0">
         <f>C282*H282</f>
       </c>
       <c r="K282" s="0">
         <f>D282*H282</f>
       </c>
       <c r="L282" s="0">
         <f>E282*H282</f>
       </c>
       <c r="M282" s="0">
         <f>F282*H282</f>
       </c>
       <c r="N282" s="0">
         <f>G282*H282</f>
       </c>
     </row>
     <row r="283" outlineLevel="1">
       <c r="A283" s="2" t="s">
         <v>558</v>
       </c>
       <c r="B283" s="5" t="s">
         <v>559</v>
       </c>
       <c r="C283" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D283" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E283" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F283" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G283" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H283" s="4"/>
       <c r="I283" s="3">
         <f>IF( 10000&gt;K4,K283,IF( 20000&gt;L4,L283,IF( 50000&gt;M4,M283,N283)))</f>
       </c>
       <c r="J283" s="0">
         <f>C283*H283</f>
       </c>
       <c r="K283" s="0">
         <f>D283*H283</f>
       </c>
       <c r="L283" s="0">
         <f>E283*H283</f>
       </c>
       <c r="M283" s="0">
         <f>F283*H283</f>
       </c>
       <c r="N283" s="0">
         <f>G283*H283</f>
       </c>
     </row>
     <row r="284" outlineLevel="1">
       <c r="A284" s="2" t="s">
         <v>560</v>
       </c>
       <c r="B284" s="5" t="s">
         <v>561</v>
       </c>
       <c r="C284" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D284" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E284" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F284" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G284" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H284" s="4"/>
       <c r="I284" s="3">
         <f>IF( 10000&gt;K4,K284,IF( 20000&gt;L4,L284,IF( 50000&gt;M4,M284,N284)))</f>
       </c>
       <c r="J284" s="0">
         <f>C284*H284</f>
       </c>
       <c r="K284" s="0">
         <f>D284*H284</f>
       </c>
       <c r="L284" s="0">
         <f>E284*H284</f>
       </c>
       <c r="M284" s="0">
         <f>F284*H284</f>
       </c>
       <c r="N284" s="0">
         <f>G284*H284</f>
       </c>
     </row>
     <row r="285" outlineLevel="1">
       <c r="A285" s="2" t="s">
         <v>562</v>
       </c>
       <c r="B285" s="5" t="s">
         <v>563</v>
       </c>
       <c r="C285" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D285" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E285" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F285" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G285" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H285" s="4"/>
       <c r="I285" s="3">
         <f>IF( 10000&gt;K4,K285,IF( 20000&gt;L4,L285,IF( 50000&gt;M4,M285,N285)))</f>
       </c>
       <c r="J285" s="0">
         <f>C285*H285</f>
       </c>
       <c r="K285" s="0">
         <f>D285*H285</f>
       </c>
       <c r="L285" s="0">
         <f>E285*H285</f>
       </c>
       <c r="M285" s="0">
         <f>F285*H285</f>
       </c>
       <c r="N285" s="0">
         <f>G285*H285</f>
       </c>
     </row>
     <row r="286" outlineLevel="1">
       <c r="A286" s="2" t="s">
         <v>564</v>
       </c>
       <c r="B286" s="5" t="s">
         <v>565</v>
       </c>
       <c r="C286" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D286" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E286" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F286" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G286" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H286" s="4"/>
       <c r="I286" s="3">
         <f>IF( 10000&gt;K4,K286,IF( 20000&gt;L4,L286,IF( 50000&gt;M4,M286,N286)))</f>
       </c>
       <c r="J286" s="0">
         <f>C286*H286</f>
       </c>
       <c r="K286" s="0">
         <f>D286*H286</f>
       </c>
       <c r="L286" s="0">
         <f>E286*H286</f>
       </c>
       <c r="M286" s="0">
         <f>F286*H286</f>
       </c>
       <c r="N286" s="0">
         <f>G286*H286</f>
       </c>
     </row>
     <row r="287" outlineLevel="1">
       <c r="A287" s="2" t="s">
         <v>566</v>
       </c>
       <c r="B287" s="5" t="s">
         <v>567</v>
       </c>
       <c r="C287" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D287" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E287" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F287" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G287" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H287" s="4"/>
       <c r="I287" s="3">
         <f>IF( 10000&gt;K4,K287,IF( 20000&gt;L4,L287,IF( 50000&gt;M4,M287,N287)))</f>
       </c>
       <c r="J287" s="0">
         <f>C287*H287</f>
       </c>
       <c r="K287" s="0">
         <f>D287*H287</f>
       </c>
       <c r="L287" s="0">
         <f>E287*H287</f>
       </c>
       <c r="M287" s="0">
         <f>F287*H287</f>
       </c>
       <c r="N287" s="0">
         <f>G287*H287</f>
       </c>
     </row>
     <row r="288" outlineLevel="1">
       <c r="A288" s="2" t="s">
         <v>568</v>
       </c>
       <c r="B288" s="5" t="s">
         <v>569</v>
       </c>
       <c r="C288" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D288" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E288" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F288" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G288" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H288" s="4"/>
       <c r="I288" s="3">
         <f>IF( 10000&gt;K4,K288,IF( 20000&gt;L4,L288,IF( 50000&gt;M4,M288,N288)))</f>
       </c>
       <c r="J288" s="0">
         <f>C288*H288</f>
       </c>
       <c r="K288" s="0">
         <f>D288*H288</f>
       </c>
       <c r="L288" s="0">
         <f>E288*H288</f>
       </c>
       <c r="M288" s="0">
         <f>F288*H288</f>
       </c>
       <c r="N288" s="0">
         <f>G288*H288</f>
       </c>
     </row>
     <row r="289" outlineLevel="1">
       <c r="A289" s="2" t="s">
         <v>570</v>
       </c>
       <c r="B289" s="5" t="s">
         <v>571</v>
       </c>
       <c r="C289" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D289" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E289" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F289" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G289" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H289" s="4"/>
       <c r="I289" s="3">
         <f>IF( 10000&gt;K4,K289,IF( 20000&gt;L4,L289,IF( 50000&gt;M4,M289,N289)))</f>
       </c>
       <c r="J289" s="0">
         <f>C289*H289</f>
       </c>
       <c r="K289" s="0">
         <f>D289*H289</f>
       </c>
       <c r="L289" s="0">
         <f>E289*H289</f>
       </c>
       <c r="M289" s="0">
         <f>F289*H289</f>
       </c>
       <c r="N289" s="0">
         <f>G289*H289</f>
       </c>
     </row>
     <row r="290" outlineLevel="1">
       <c r="A290" s="2" t="s">
         <v>572</v>
       </c>
       <c r="B290" s="5" t="s">
         <v>573</v>
       </c>
       <c r="C290" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D290" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E290" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F290" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G290" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H290" s="4"/>
       <c r="I290" s="3">
         <f>IF( 10000&gt;K4,K290,IF( 20000&gt;L4,L290,IF( 50000&gt;M4,M290,N290)))</f>
       </c>
       <c r="J290" s="0">
         <f>C290*H290</f>
       </c>
       <c r="K290" s="0">
         <f>D290*H290</f>
       </c>
       <c r="L290" s="0">
         <f>E290*H290</f>
       </c>
       <c r="M290" s="0">
         <f>F290*H290</f>
       </c>
       <c r="N290" s="0">
         <f>G290*H290</f>
       </c>
     </row>
     <row r="291" outlineLevel="1">
       <c r="A291" s="2" t="s">
         <v>574</v>
       </c>
       <c r="B291" s="5" t="s">
         <v>575</v>
       </c>
       <c r="C291" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D291" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E291" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F291" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G291" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H291" s="4"/>
       <c r="I291" s="3">
         <f>IF( 10000&gt;K4,K291,IF( 20000&gt;L4,L291,IF( 50000&gt;M4,M291,N291)))</f>
       </c>
       <c r="J291" s="0">
         <f>C291*H291</f>
       </c>
       <c r="K291" s="0">
         <f>D291*H291</f>
       </c>
       <c r="L291" s="0">
         <f>E291*H291</f>
       </c>
       <c r="M291" s="0">
         <f>F291*H291</f>
       </c>
       <c r="N291" s="0">
         <f>G291*H291</f>
       </c>
     </row>
     <row r="292" outlineLevel="1">
       <c r="A292" s="2" t="s">
         <v>576</v>
       </c>
       <c r="B292" s="5" t="s">
         <v>577</v>
       </c>
       <c r="C292" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D292" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E292" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F292" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G292" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H292" s="4"/>
       <c r="I292" s="3">
         <f>IF( 10000&gt;K4,K292,IF( 20000&gt;L4,L292,IF( 50000&gt;M4,M292,N292)))</f>
       </c>
       <c r="J292" s="0">
         <f>C292*H292</f>
       </c>
       <c r="K292" s="0">
         <f>D292*H292</f>
       </c>
       <c r="L292" s="0">
         <f>E292*H292</f>
       </c>
       <c r="M292" s="0">
         <f>F292*H292</f>
       </c>
       <c r="N292" s="0">
         <f>G292*H292</f>
       </c>
     </row>
     <row r="293" outlineLevel="1">
       <c r="A293" s="2" t="s">
         <v>578</v>
       </c>
       <c r="B293" s="5" t="s">
         <v>579</v>
       </c>
       <c r="C293" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D293" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E293" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F293" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G293" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H293" s="4"/>
       <c r="I293" s="3">
         <f>IF( 10000&gt;K4,K293,IF( 20000&gt;L4,L293,IF( 50000&gt;M4,M293,N293)))</f>
       </c>
       <c r="J293" s="0">
         <f>C293*H293</f>
       </c>
       <c r="K293" s="0">
         <f>D293*H293</f>
       </c>
       <c r="L293" s="0">
         <f>E293*H293</f>
       </c>
       <c r="M293" s="0">
         <f>F293*H293</f>
       </c>
       <c r="N293" s="0">
         <f>G293*H293</f>
       </c>
     </row>
     <row r="294" outlineLevel="1">
       <c r="A294" s="2" t="s">
         <v>580</v>
       </c>
       <c r="B294" s="5" t="s">
         <v>581</v>
       </c>
       <c r="C294" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="D294" s="3">
-        <v>89</v>
+        <v>28</v>
       </c>
       <c r="E294" s="3">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="F294" s="3">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="G294" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="H294" s="4"/>
       <c r="I294" s="3">
         <f>IF( 10000&gt;K4,K294,IF( 20000&gt;L4,L294,IF( 50000&gt;M4,M294,N294)))</f>
       </c>
       <c r="J294" s="0">
         <f>C294*H294</f>
       </c>
       <c r="K294" s="0">
         <f>D294*H294</f>
       </c>
       <c r="L294" s="0">
         <f>E294*H294</f>
       </c>
       <c r="M294" s="0">
         <f>F294*H294</f>
       </c>
       <c r="N294" s="0">
         <f>G294*H294</f>
       </c>
     </row>
     <row r="295" outlineLevel="1">
       <c r="A295" s="2" t="s">
         <v>582</v>
       </c>
       <c r="B295" s="5" t="s">
         <v>583</v>
       </c>
       <c r="C295" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="D295" s="3">
-        <v>89</v>
+        <v>28</v>
       </c>
       <c r="E295" s="3">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="F295" s="3">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="G295" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="H295" s="4"/>
       <c r="I295" s="3">
         <f>IF( 10000&gt;K4,K295,IF( 20000&gt;L4,L295,IF( 50000&gt;M4,M295,N295)))</f>
       </c>
       <c r="J295" s="0">
         <f>C295*H295</f>
       </c>
       <c r="K295" s="0">
         <f>D295*H295</f>
       </c>
       <c r="L295" s="0">
         <f>E295*H295</f>
       </c>
       <c r="M295" s="0">
         <f>F295*H295</f>
       </c>
       <c r="N295" s="0">
         <f>G295*H295</f>
       </c>
     </row>
     <row r="296" outlineLevel="1">
       <c r="A296" s="2" t="s">
         <v>584</v>
       </c>
@@ -18186,651 +17316,651 @@
       </c>
       <c r="J297" s="0">
         <f>C297*H297</f>
       </c>
       <c r="K297" s="0">
         <f>D297*H297</f>
       </c>
       <c r="L297" s="0">
         <f>E297*H297</f>
       </c>
       <c r="M297" s="0">
         <f>F297*H297</f>
       </c>
       <c r="N297" s="0">
         <f>G297*H297</f>
       </c>
     </row>
     <row r="298" outlineLevel="1">
       <c r="A298" s="2" t="s">
         <v>588</v>
       </c>
       <c r="B298" s="5" t="s">
         <v>589</v>
       </c>
       <c r="C298" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="D298" s="3">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="E298" s="3">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="F298" s="3">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="G298" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="H298" s="4"/>
       <c r="I298" s="3">
         <f>IF( 10000&gt;K4,K298,IF( 20000&gt;L4,L298,IF( 50000&gt;M4,M298,N298)))</f>
       </c>
       <c r="J298" s="0">
         <f>C298*H298</f>
       </c>
       <c r="K298" s="0">
         <f>D298*H298</f>
       </c>
       <c r="L298" s="0">
         <f>E298*H298</f>
       </c>
       <c r="M298" s="0">
         <f>F298*H298</f>
       </c>
       <c r="N298" s="0">
         <f>G298*H298</f>
       </c>
     </row>
     <row r="299" outlineLevel="1">
       <c r="A299" s="2" t="s">
         <v>590</v>
       </c>
       <c r="B299" s="5" t="s">
         <v>591</v>
       </c>
       <c r="C299" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="D299" s="3">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="E299" s="3">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="F299" s="3">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="G299" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="H299" s="4"/>
       <c r="I299" s="3">
         <f>IF( 10000&gt;K4,K299,IF( 20000&gt;L4,L299,IF( 50000&gt;M4,M299,N299)))</f>
       </c>
       <c r="J299" s="0">
         <f>C299*H299</f>
       </c>
       <c r="K299" s="0">
         <f>D299*H299</f>
       </c>
       <c r="L299" s="0">
         <f>E299*H299</f>
       </c>
       <c r="M299" s="0">
         <f>F299*H299</f>
       </c>
       <c r="N299" s="0">
         <f>G299*H299</f>
       </c>
     </row>
     <row r="300" outlineLevel="1">
       <c r="A300" s="2" t="s">
         <v>592</v>
       </c>
       <c r="B300" s="5" t="s">
         <v>593</v>
       </c>
       <c r="C300" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="D300" s="3">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="E300" s="3">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="F300" s="3">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="G300" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="H300" s="4"/>
       <c r="I300" s="3">
         <f>IF( 10000&gt;K4,K300,IF( 20000&gt;L4,L300,IF( 50000&gt;M4,M300,N300)))</f>
       </c>
       <c r="J300" s="0">
         <f>C300*H300</f>
       </c>
       <c r="K300" s="0">
         <f>D300*H300</f>
       </c>
       <c r="L300" s="0">
         <f>E300*H300</f>
       </c>
       <c r="M300" s="0">
         <f>F300*H300</f>
       </c>
       <c r="N300" s="0">
         <f>G300*H300</f>
       </c>
     </row>
     <row r="301" outlineLevel="1">
       <c r="A301" s="2" t="s">
         <v>594</v>
       </c>
       <c r="B301" s="5" t="s">
         <v>595</v>
       </c>
       <c r="C301" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="D301" s="3">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="E301" s="3">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="F301" s="3">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="G301" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="H301" s="4"/>
       <c r="I301" s="3">
         <f>IF( 10000&gt;K4,K301,IF( 20000&gt;L4,L301,IF( 50000&gt;M4,M301,N301)))</f>
       </c>
       <c r="J301" s="0">
         <f>C301*H301</f>
       </c>
       <c r="K301" s="0">
         <f>D301*H301</f>
       </c>
       <c r="L301" s="0">
         <f>E301*H301</f>
       </c>
       <c r="M301" s="0">
         <f>F301*H301</f>
       </c>
       <c r="N301" s="0">
         <f>G301*H301</f>
       </c>
     </row>
     <row r="302" outlineLevel="1">
       <c r="A302" s="2" t="s">
         <v>596</v>
       </c>
       <c r="B302" s="5" t="s">
         <v>597</v>
       </c>
       <c r="C302" s="3">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="D302" s="3">
-        <v>89</v>
+        <v>33</v>
       </c>
       <c r="E302" s="3">
-        <v>79</v>
+        <v>29</v>
       </c>
       <c r="F302" s="3">
-        <v>74</v>
+        <v>27</v>
       </c>
       <c r="G302" s="3">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="H302" s="4"/>
       <c r="I302" s="3">
         <f>IF( 10000&gt;K4,K302,IF( 20000&gt;L4,L302,IF( 50000&gt;M4,M302,N302)))</f>
       </c>
       <c r="J302" s="0">
         <f>C302*H302</f>
       </c>
       <c r="K302" s="0">
         <f>D302*H302</f>
       </c>
       <c r="L302" s="0">
         <f>E302*H302</f>
       </c>
       <c r="M302" s="0">
         <f>F302*H302</f>
       </c>
       <c r="N302" s="0">
         <f>G302*H302</f>
       </c>
     </row>
     <row r="303" outlineLevel="1">
       <c r="A303" s="2" t="s">
         <v>598</v>
       </c>
       <c r="B303" s="5" t="s">
         <v>599</v>
       </c>
       <c r="C303" s="3">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="D303" s="3">
-        <v>89</v>
+        <v>33</v>
       </c>
       <c r="E303" s="3">
-        <v>79</v>
+        <v>29</v>
       </c>
       <c r="F303" s="3">
-        <v>74</v>
+        <v>27</v>
       </c>
       <c r="G303" s="3">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="H303" s="4"/>
       <c r="I303" s="3">
         <f>IF( 10000&gt;K4,K303,IF( 20000&gt;L4,L303,IF( 50000&gt;M4,M303,N303)))</f>
       </c>
       <c r="J303" s="0">
         <f>C303*H303</f>
       </c>
       <c r="K303" s="0">
         <f>D303*H303</f>
       </c>
       <c r="L303" s="0">
         <f>E303*H303</f>
       </c>
       <c r="M303" s="0">
         <f>F303*H303</f>
       </c>
       <c r="N303" s="0">
         <f>G303*H303</f>
       </c>
     </row>
     <row r="304" outlineLevel="1">
       <c r="A304" s="2" t="s">
         <v>600</v>
       </c>
       <c r="B304" s="5" t="s">
         <v>601</v>
       </c>
       <c r="C304" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D304" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E304" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F304" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G304" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H304" s="4"/>
       <c r="I304" s="3">
         <f>IF( 10000&gt;K4,K304,IF( 20000&gt;L4,L304,IF( 50000&gt;M4,M304,N304)))</f>
       </c>
       <c r="J304" s="0">
         <f>C304*H304</f>
       </c>
       <c r="K304" s="0">
         <f>D304*H304</f>
       </c>
       <c r="L304" s="0">
         <f>E304*H304</f>
       </c>
       <c r="M304" s="0">
         <f>F304*H304</f>
       </c>
       <c r="N304" s="0">
         <f>G304*H304</f>
       </c>
     </row>
     <row r="305" outlineLevel="1">
       <c r="A305" s="2" t="s">
         <v>602</v>
       </c>
       <c r="B305" s="5" t="s">
         <v>603</v>
       </c>
       <c r="C305" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D305" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E305" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F305" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G305" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H305" s="4"/>
       <c r="I305" s="3">
         <f>IF( 10000&gt;K4,K305,IF( 20000&gt;L4,L305,IF( 50000&gt;M4,M305,N305)))</f>
       </c>
       <c r="J305" s="0">
         <f>C305*H305</f>
       </c>
       <c r="K305" s="0">
         <f>D305*H305</f>
       </c>
       <c r="L305" s="0">
         <f>E305*H305</f>
       </c>
       <c r="M305" s="0">
         <f>F305*H305</f>
       </c>
       <c r="N305" s="0">
         <f>G305*H305</f>
       </c>
     </row>
     <row r="306" outlineLevel="1">
       <c r="A306" s="2" t="s">
         <v>604</v>
       </c>
       <c r="B306" s="5" t="s">
         <v>605</v>
       </c>
       <c r="C306" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D306" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E306" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F306" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G306" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H306" s="4"/>
       <c r="I306" s="3">
         <f>IF( 10000&gt;K4,K306,IF( 20000&gt;L4,L306,IF( 50000&gt;M4,M306,N306)))</f>
       </c>
       <c r="J306" s="0">
         <f>C306*H306</f>
       </c>
       <c r="K306" s="0">
         <f>D306*H306</f>
       </c>
       <c r="L306" s="0">
         <f>E306*H306</f>
       </c>
       <c r="M306" s="0">
         <f>F306*H306</f>
       </c>
       <c r="N306" s="0">
         <f>G306*H306</f>
       </c>
     </row>
     <row r="307" outlineLevel="1">
       <c r="A307" s="2" t="s">
         <v>606</v>
       </c>
       <c r="B307" s="5" t="s">
         <v>607</v>
       </c>
       <c r="C307" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D307" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E307" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F307" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G307" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H307" s="4"/>
       <c r="I307" s="3">
         <f>IF( 10000&gt;K4,K307,IF( 20000&gt;L4,L307,IF( 50000&gt;M4,M307,N307)))</f>
       </c>
       <c r="J307" s="0">
         <f>C307*H307</f>
       </c>
       <c r="K307" s="0">
         <f>D307*H307</f>
       </c>
       <c r="L307" s="0">
         <f>E307*H307</f>
       </c>
       <c r="M307" s="0">
         <f>F307*H307</f>
       </c>
       <c r="N307" s="0">
         <f>G307*H307</f>
       </c>
     </row>
     <row r="308" outlineLevel="1">
       <c r="A308" s="2" t="s">
         <v>608</v>
       </c>
       <c r="B308" s="5" t="s">
         <v>609</v>
       </c>
       <c r="C308" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D308" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E308" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F308" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G308" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H308" s="4"/>
       <c r="I308" s="3">
         <f>IF( 10000&gt;K4,K308,IF( 20000&gt;L4,L308,IF( 50000&gt;M4,M308,N308)))</f>
       </c>
       <c r="J308" s="0">
         <f>C308*H308</f>
       </c>
       <c r="K308" s="0">
         <f>D308*H308</f>
       </c>
       <c r="L308" s="0">
         <f>E308*H308</f>
       </c>
       <c r="M308" s="0">
         <f>F308*H308</f>
       </c>
       <c r="N308" s="0">
         <f>G308*H308</f>
       </c>
     </row>
     <row r="309" outlineLevel="1">
       <c r="A309" s="2" t="s">
         <v>610</v>
       </c>
       <c r="B309" s="5" t="s">
         <v>611</v>
       </c>
       <c r="C309" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D309" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E309" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F309" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G309" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H309" s="4"/>
       <c r="I309" s="3">
         <f>IF( 10000&gt;K4,K309,IF( 20000&gt;L4,L309,IF( 50000&gt;M4,M309,N309)))</f>
       </c>
       <c r="J309" s="0">
         <f>C309*H309</f>
       </c>
       <c r="K309" s="0">
         <f>D309*H309</f>
       </c>
       <c r="L309" s="0">
         <f>E309*H309</f>
       </c>
       <c r="M309" s="0">
         <f>F309*H309</f>
       </c>
       <c r="N309" s="0">
         <f>G309*H309</f>
       </c>
     </row>
     <row r="310" outlineLevel="1">
       <c r="A310" s="2" t="s">
         <v>612</v>
       </c>
       <c r="B310" s="5" t="s">
         <v>613</v>
       </c>
       <c r="C310" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D310" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E310" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F310" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G310" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H310" s="4"/>
       <c r="I310" s="3">
         <f>IF( 10000&gt;K4,K310,IF( 20000&gt;L4,L310,IF( 50000&gt;M4,M310,N310)))</f>
       </c>
       <c r="J310" s="0">
         <f>C310*H310</f>
       </c>
       <c r="K310" s="0">
         <f>D310*H310</f>
       </c>
       <c r="L310" s="0">
         <f>E310*H310</f>
       </c>
       <c r="M310" s="0">
         <f>F310*H310</f>
       </c>
       <c r="N310" s="0">
         <f>G310*H310</f>
       </c>
     </row>
     <row r="311" outlineLevel="1">
       <c r="A311" s="2" t="s">
         <v>614</v>
       </c>
       <c r="B311" s="5" t="s">
         <v>615</v>
       </c>
       <c r="C311" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D311" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E311" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F311" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G311" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H311" s="4"/>
       <c r="I311" s="3">
         <f>IF( 10000&gt;K4,K311,IF( 20000&gt;L4,L311,IF( 50000&gt;M4,M311,N311)))</f>
       </c>
       <c r="J311" s="0">
         <f>C311*H311</f>
       </c>
       <c r="K311" s="0">
         <f>D311*H311</f>
       </c>
       <c r="L311" s="0">
         <f>E311*H311</f>
       </c>
       <c r="M311" s="0">
         <f>F311*H311</f>
       </c>
       <c r="N311" s="0">
         <f>G311*H311</f>
       </c>
     </row>
     <row r="312" outlineLevel="1">
       <c r="A312" s="2" t="s">
         <v>616</v>
       </c>
       <c r="B312" s="5" t="s">
         <v>617</v>
       </c>
       <c r="C312" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D312" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E312" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F312" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G312" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H312" s="4"/>
       <c r="I312" s="3">
         <f>IF( 10000&gt;K4,K312,IF( 20000&gt;L4,L312,IF( 50000&gt;M4,M312,N312)))</f>
       </c>
       <c r="J312" s="0">
         <f>C312*H312</f>
       </c>
       <c r="K312" s="0">
         <f>D312*H312</f>
       </c>
       <c r="L312" s="0">
         <f>E312*H312</f>
       </c>
       <c r="M312" s="0">
         <f>F312*H312</f>
       </c>
       <c r="N312" s="0">
         <f>G312*H312</f>
       </c>
     </row>
     <row r="313" outlineLevel="1">
       <c r="A313" s="2" t="s">
         <v>618</v>
       </c>
@@ -18858,63 +17988,63 @@
       </c>
       <c r="J313" s="0">
         <f>C313*H313</f>
       </c>
       <c r="K313" s="0">
         <f>D313*H313</f>
       </c>
       <c r="L313" s="0">
         <f>E313*H313</f>
       </c>
       <c r="M313" s="0">
         <f>F313*H313</f>
       </c>
       <c r="N313" s="0">
         <f>G313*H313</f>
       </c>
     </row>
     <row r="314" outlineLevel="1">
       <c r="A314" s="2" t="s">
         <v>620</v>
       </c>
       <c r="B314" s="5" t="s">
         <v>621</v>
       </c>
       <c r="C314" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="D314" s="3">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="E314" s="3">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="F314" s="3">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="G314" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="H314" s="4"/>
       <c r="I314" s="3">
         <f>IF( 10000&gt;K4,K314,IF( 20000&gt;L4,L314,IF( 50000&gt;M4,M314,N314)))</f>
       </c>
       <c r="J314" s="0">
         <f>C314*H314</f>
       </c>
       <c r="K314" s="0">
         <f>D314*H314</f>
       </c>
       <c r="L314" s="0">
         <f>E314*H314</f>
       </c>
       <c r="M314" s="0">
         <f>F314*H314</f>
       </c>
       <c r="N314" s="0">
         <f>G314*H314</f>
       </c>
     </row>
     <row r="315" outlineLevel="1">
       <c r="A315" s="2" t="s">
         <v>622</v>
       </c>
@@ -18942,1281 +18072,1281 @@
       </c>
       <c r="J315" s="0">
         <f>C315*H315</f>
       </c>
       <c r="K315" s="0">
         <f>D315*H315</f>
       </c>
       <c r="L315" s="0">
         <f>E315*H315</f>
       </c>
       <c r="M315" s="0">
         <f>F315*H315</f>
       </c>
       <c r="N315" s="0">
         <f>G315*H315</f>
       </c>
     </row>
     <row r="316" outlineLevel="1">
       <c r="A316" s="2" t="s">
         <v>624</v>
       </c>
       <c r="B316" s="5" t="s">
         <v>625</v>
       </c>
       <c r="C316" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="D316" s="3">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="E316" s="3">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="F316" s="3">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G316" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="H316" s="4"/>
       <c r="I316" s="3">
         <f>IF( 10000&gt;K4,K316,IF( 20000&gt;L4,L316,IF( 50000&gt;M4,M316,N316)))</f>
       </c>
       <c r="J316" s="0">
         <f>C316*H316</f>
       </c>
       <c r="K316" s="0">
         <f>D316*H316</f>
       </c>
       <c r="L316" s="0">
         <f>E316*H316</f>
       </c>
       <c r="M316" s="0">
         <f>F316*H316</f>
       </c>
       <c r="N316" s="0">
         <f>G316*H316</f>
       </c>
     </row>
     <row r="317" outlineLevel="1">
       <c r="A317" s="2" t="s">
         <v>626</v>
       </c>
       <c r="B317" s="5" t="s">
         <v>627</v>
       </c>
       <c r="C317" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="D317" s="3">
-        <v>89</v>
+        <v>28</v>
       </c>
       <c r="E317" s="3">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="F317" s="3">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="G317" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="H317" s="4"/>
       <c r="I317" s="3">
         <f>IF( 10000&gt;K4,K317,IF( 20000&gt;L4,L317,IF( 50000&gt;M4,M317,N317)))</f>
       </c>
       <c r="J317" s="0">
         <f>C317*H317</f>
       </c>
       <c r="K317" s="0">
         <f>D317*H317</f>
       </c>
       <c r="L317" s="0">
         <f>E317*H317</f>
       </c>
       <c r="M317" s="0">
         <f>F317*H317</f>
       </c>
       <c r="N317" s="0">
         <f>G317*H317</f>
       </c>
     </row>
     <row r="318" outlineLevel="1">
       <c r="A318" s="2" t="s">
         <v>628</v>
       </c>
       <c r="B318" s="5" t="s">
         <v>629</v>
       </c>
       <c r="C318" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="D318" s="3">
-        <v>89</v>
+        <v>28</v>
       </c>
       <c r="E318" s="3">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="F318" s="3">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="G318" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="H318" s="4"/>
       <c r="I318" s="3">
         <f>IF( 10000&gt;K4,K318,IF( 20000&gt;L4,L318,IF( 50000&gt;M4,M318,N318)))</f>
       </c>
       <c r="J318" s="0">
         <f>C318*H318</f>
       </c>
       <c r="K318" s="0">
         <f>D318*H318</f>
       </c>
       <c r="L318" s="0">
         <f>E318*H318</f>
       </c>
       <c r="M318" s="0">
         <f>F318*H318</f>
       </c>
       <c r="N318" s="0">
         <f>G318*H318</f>
       </c>
     </row>
     <row r="319" outlineLevel="1">
       <c r="A319" s="2" t="s">
         <v>630</v>
       </c>
       <c r="B319" s="5" t="s">
         <v>631</v>
       </c>
       <c r="C319" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="D319" s="3">
-        <v>89</v>
+        <v>28</v>
       </c>
       <c r="E319" s="3">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="F319" s="3">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="G319" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="H319" s="4"/>
       <c r="I319" s="3">
         <f>IF( 10000&gt;K4,K319,IF( 20000&gt;L4,L319,IF( 50000&gt;M4,M319,N319)))</f>
       </c>
       <c r="J319" s="0">
         <f>C319*H319</f>
       </c>
       <c r="K319" s="0">
         <f>D319*H319</f>
       </c>
       <c r="L319" s="0">
         <f>E319*H319</f>
       </c>
       <c r="M319" s="0">
         <f>F319*H319</f>
       </c>
       <c r="N319" s="0">
         <f>G319*H319</f>
       </c>
     </row>
     <row r="320" outlineLevel="1">
       <c r="A320" s="2" t="s">
         <v>632</v>
       </c>
       <c r="B320" s="5" t="s">
         <v>633</v>
       </c>
       <c r="C320" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D320" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E320" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F320" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G320" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H320" s="4"/>
       <c r="I320" s="3">
         <f>IF( 10000&gt;K4,K320,IF( 20000&gt;L4,L320,IF( 50000&gt;M4,M320,N320)))</f>
       </c>
       <c r="J320" s="0">
         <f>C320*H320</f>
       </c>
       <c r="K320" s="0">
         <f>D320*H320</f>
       </c>
       <c r="L320" s="0">
         <f>E320*H320</f>
       </c>
       <c r="M320" s="0">
         <f>F320*H320</f>
       </c>
       <c r="N320" s="0">
         <f>G320*H320</f>
       </c>
     </row>
     <row r="321" outlineLevel="1">
       <c r="A321" s="2" t="s">
         <v>634</v>
       </c>
       <c r="B321" s="5" t="s">
         <v>635</v>
       </c>
       <c r="C321" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D321" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E321" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F321" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G321" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H321" s="4"/>
       <c r="I321" s="3">
         <f>IF( 10000&gt;K4,K321,IF( 20000&gt;L4,L321,IF( 50000&gt;M4,M321,N321)))</f>
       </c>
       <c r="J321" s="0">
         <f>C321*H321</f>
       </c>
       <c r="K321" s="0">
         <f>D321*H321</f>
       </c>
       <c r="L321" s="0">
         <f>E321*H321</f>
       </c>
       <c r="M321" s="0">
         <f>F321*H321</f>
       </c>
       <c r="N321" s="0">
         <f>G321*H321</f>
       </c>
     </row>
     <row r="322" outlineLevel="1">
       <c r="A322" s="2" t="s">
         <v>636</v>
       </c>
       <c r="B322" s="5" t="s">
         <v>637</v>
       </c>
       <c r="C322" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D322" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E322" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F322" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G322" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H322" s="4"/>
       <c r="I322" s="3">
         <f>IF( 10000&gt;K4,K322,IF( 20000&gt;L4,L322,IF( 50000&gt;M4,M322,N322)))</f>
       </c>
       <c r="J322" s="0">
         <f>C322*H322</f>
       </c>
       <c r="K322" s="0">
         <f>D322*H322</f>
       </c>
       <c r="L322" s="0">
         <f>E322*H322</f>
       </c>
       <c r="M322" s="0">
         <f>F322*H322</f>
       </c>
       <c r="N322" s="0">
         <f>G322*H322</f>
       </c>
     </row>
     <row r="323" outlineLevel="1">
       <c r="A323" s="2" t="s">
         <v>638</v>
       </c>
       <c r="B323" s="5" t="s">
         <v>639</v>
       </c>
       <c r="C323" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D323" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E323" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F323" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G323" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H323" s="4"/>
       <c r="I323" s="3">
         <f>IF( 10000&gt;K4,K323,IF( 20000&gt;L4,L323,IF( 50000&gt;M4,M323,N323)))</f>
       </c>
       <c r="J323" s="0">
         <f>C323*H323</f>
       </c>
       <c r="K323" s="0">
         <f>D323*H323</f>
       </c>
       <c r="L323" s="0">
         <f>E323*H323</f>
       </c>
       <c r="M323" s="0">
         <f>F323*H323</f>
       </c>
       <c r="N323" s="0">
         <f>G323*H323</f>
       </c>
     </row>
     <row r="324" outlineLevel="1">
       <c r="A324" s="2" t="s">
         <v>640</v>
       </c>
       <c r="B324" s="5" t="s">
         <v>641</v>
       </c>
       <c r="C324" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D324" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E324" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F324" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G324" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H324" s="4"/>
       <c r="I324" s="3">
         <f>IF( 10000&gt;K4,K324,IF( 20000&gt;L4,L324,IF( 50000&gt;M4,M324,N324)))</f>
       </c>
       <c r="J324" s="0">
         <f>C324*H324</f>
       </c>
       <c r="K324" s="0">
         <f>D324*H324</f>
       </c>
       <c r="L324" s="0">
         <f>E324*H324</f>
       </c>
       <c r="M324" s="0">
         <f>F324*H324</f>
       </c>
       <c r="N324" s="0">
         <f>G324*H324</f>
       </c>
     </row>
     <row r="325" outlineLevel="1">
       <c r="A325" s="2" t="s">
         <v>642</v>
       </c>
       <c r="B325" s="5" t="s">
         <v>643</v>
       </c>
       <c r="C325" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="D325" s="3">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="E325" s="3">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="F325" s="3">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G325" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H325" s="4"/>
       <c r="I325" s="3">
         <f>IF( 10000&gt;K4,K325,IF( 20000&gt;L4,L325,IF( 50000&gt;M4,M325,N325)))</f>
       </c>
       <c r="J325" s="0">
         <f>C325*H325</f>
       </c>
       <c r="K325" s="0">
         <f>D325*H325</f>
       </c>
       <c r="L325" s="0">
         <f>E325*H325</f>
       </c>
       <c r="M325" s="0">
         <f>F325*H325</f>
       </c>
       <c r="N325" s="0">
         <f>G325*H325</f>
       </c>
     </row>
     <row r="326" outlineLevel="1">
       <c r="A326" s="2" t="s">
         <v>644</v>
       </c>
       <c r="B326" s="5" t="s">
         <v>645</v>
       </c>
       <c r="C326" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="D326" s="3">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="E326" s="3">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="F326" s="3">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G326" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H326" s="4"/>
       <c r="I326" s="3">
         <f>IF( 10000&gt;K4,K326,IF( 20000&gt;L4,L326,IF( 50000&gt;M4,M326,N326)))</f>
       </c>
       <c r="J326" s="0">
         <f>C326*H326</f>
       </c>
       <c r="K326" s="0">
         <f>D326*H326</f>
       </c>
       <c r="L326" s="0">
         <f>E326*H326</f>
       </c>
       <c r="M326" s="0">
         <f>F326*H326</f>
       </c>
       <c r="N326" s="0">
         <f>G326*H326</f>
       </c>
     </row>
     <row r="327" outlineLevel="1">
       <c r="A327" s="2" t="s">
         <v>646</v>
       </c>
       <c r="B327" s="5" t="s">
         <v>647</v>
       </c>
       <c r="C327" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="D327" s="3">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="E327" s="3">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="F327" s="3">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G327" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H327" s="4"/>
       <c r="I327" s="3">
         <f>IF( 10000&gt;K4,K327,IF( 20000&gt;L4,L327,IF( 50000&gt;M4,M327,N327)))</f>
       </c>
       <c r="J327" s="0">
         <f>C327*H327</f>
       </c>
       <c r="K327" s="0">
         <f>D327*H327</f>
       </c>
       <c r="L327" s="0">
         <f>E327*H327</f>
       </c>
       <c r="M327" s="0">
         <f>F327*H327</f>
       </c>
       <c r="N327" s="0">
         <f>G327*H327</f>
       </c>
     </row>
     <row r="328" outlineLevel="1">
       <c r="A328" s="2" t="s">
         <v>648</v>
       </c>
       <c r="B328" s="5" t="s">
         <v>649</v>
       </c>
       <c r="C328" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D328" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E328" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F328" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G328" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H328" s="4"/>
       <c r="I328" s="3">
         <f>IF( 10000&gt;K4,K328,IF( 20000&gt;L4,L328,IF( 50000&gt;M4,M328,N328)))</f>
       </c>
       <c r="J328" s="0">
         <f>C328*H328</f>
       </c>
       <c r="K328" s="0">
         <f>D328*H328</f>
       </c>
       <c r="L328" s="0">
         <f>E328*H328</f>
       </c>
       <c r="M328" s="0">
         <f>F328*H328</f>
       </c>
       <c r="N328" s="0">
         <f>G328*H328</f>
       </c>
     </row>
     <row r="329" outlineLevel="1">
       <c r="A329" s="2" t="s">
         <v>650</v>
       </c>
       <c r="B329" s="5" t="s">
         <v>651</v>
       </c>
       <c r="C329" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D329" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E329" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F329" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G329" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H329" s="4"/>
       <c r="I329" s="3">
         <f>IF( 10000&gt;K4,K329,IF( 20000&gt;L4,L329,IF( 50000&gt;M4,M329,N329)))</f>
       </c>
       <c r="J329" s="0">
         <f>C329*H329</f>
       </c>
       <c r="K329" s="0">
         <f>D329*H329</f>
       </c>
       <c r="L329" s="0">
         <f>E329*H329</f>
       </c>
       <c r="M329" s="0">
         <f>F329*H329</f>
       </c>
       <c r="N329" s="0">
         <f>G329*H329</f>
       </c>
     </row>
     <row r="330" outlineLevel="1">
       <c r="A330" s="2" t="s">
         <v>652</v>
       </c>
       <c r="B330" s="5" t="s">
         <v>653</v>
       </c>
       <c r="C330" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="D330" s="3">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="E330" s="3">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="F330" s="3">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="G330" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="H330" s="4"/>
       <c r="I330" s="3">
         <f>IF( 10000&gt;K4,K330,IF( 20000&gt;L4,L330,IF( 50000&gt;M4,M330,N330)))</f>
       </c>
       <c r="J330" s="0">
         <f>C330*H330</f>
       </c>
       <c r="K330" s="0">
         <f>D330*H330</f>
       </c>
       <c r="L330" s="0">
         <f>E330*H330</f>
       </c>
       <c r="M330" s="0">
         <f>F330*H330</f>
       </c>
       <c r="N330" s="0">
         <f>G330*H330</f>
       </c>
     </row>
     <row r="331" outlineLevel="1">
       <c r="A331" s="2" t="s">
         <v>654</v>
       </c>
       <c r="B331" s="5" t="s">
         <v>655</v>
       </c>
       <c r="C331" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="D331" s="3">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="E331" s="3">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="F331" s="3">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="G331" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="H331" s="4"/>
       <c r="I331" s="3">
         <f>IF( 10000&gt;K4,K331,IF( 20000&gt;L4,L331,IF( 50000&gt;M4,M331,N331)))</f>
       </c>
       <c r="J331" s="0">
         <f>C331*H331</f>
       </c>
       <c r="K331" s="0">
         <f>D331*H331</f>
       </c>
       <c r="L331" s="0">
         <f>E331*H331</f>
       </c>
       <c r="M331" s="0">
         <f>F331*H331</f>
       </c>
       <c r="N331" s="0">
         <f>G331*H331</f>
       </c>
     </row>
     <row r="332" outlineLevel="1">
       <c r="A332" s="2" t="s">
         <v>656</v>
       </c>
       <c r="B332" s="5" t="s">
         <v>657</v>
       </c>
       <c r="C332" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D332" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E332" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F332" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G332" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H332" s="4"/>
       <c r="I332" s="3">
         <f>IF( 10000&gt;K4,K332,IF( 20000&gt;L4,L332,IF( 50000&gt;M4,M332,N332)))</f>
       </c>
       <c r="J332" s="0">
         <f>C332*H332</f>
       </c>
       <c r="K332" s="0">
         <f>D332*H332</f>
       </c>
       <c r="L332" s="0">
         <f>E332*H332</f>
       </c>
       <c r="M332" s="0">
         <f>F332*H332</f>
       </c>
       <c r="N332" s="0">
         <f>G332*H332</f>
       </c>
     </row>
     <row r="333" outlineLevel="1">
       <c r="A333" s="2" t="s">
         <v>658</v>
       </c>
       <c r="B333" s="5" t="s">
         <v>659</v>
       </c>
       <c r="C333" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D333" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E333" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F333" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G333" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H333" s="4"/>
       <c r="I333" s="3">
         <f>IF( 10000&gt;K4,K333,IF( 20000&gt;L4,L333,IF( 50000&gt;M4,M333,N333)))</f>
       </c>
       <c r="J333" s="0">
         <f>C333*H333</f>
       </c>
       <c r="K333" s="0">
         <f>D333*H333</f>
       </c>
       <c r="L333" s="0">
         <f>E333*H333</f>
       </c>
       <c r="M333" s="0">
         <f>F333*H333</f>
       </c>
       <c r="N333" s="0">
         <f>G333*H333</f>
       </c>
     </row>
     <row r="334" outlineLevel="1">
       <c r="A334" s="2" t="s">
         <v>660</v>
       </c>
       <c r="B334" s="5" t="s">
         <v>661</v>
       </c>
       <c r="C334" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="D334" s="3">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="E334" s="3">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="F334" s="3">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G334" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H334" s="4"/>
       <c r="I334" s="3">
         <f>IF( 10000&gt;K4,K334,IF( 20000&gt;L4,L334,IF( 50000&gt;M4,M334,N334)))</f>
       </c>
       <c r="J334" s="0">
         <f>C334*H334</f>
       </c>
       <c r="K334" s="0">
         <f>D334*H334</f>
       </c>
       <c r="L334" s="0">
         <f>E334*H334</f>
       </c>
       <c r="M334" s="0">
         <f>F334*H334</f>
       </c>
       <c r="N334" s="0">
         <f>G334*H334</f>
       </c>
     </row>
     <row r="335" outlineLevel="1">
       <c r="A335" s="2" t="s">
         <v>662</v>
       </c>
       <c r="B335" s="5" t="s">
         <v>663</v>
       </c>
       <c r="C335" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="D335" s="3">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="E335" s="3">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="F335" s="3">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G335" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H335" s="4"/>
       <c r="I335" s="3">
         <f>IF( 10000&gt;K4,K335,IF( 20000&gt;L4,L335,IF( 50000&gt;M4,M335,N335)))</f>
       </c>
       <c r="J335" s="0">
         <f>C335*H335</f>
       </c>
       <c r="K335" s="0">
         <f>D335*H335</f>
       </c>
       <c r="L335" s="0">
         <f>E335*H335</f>
       </c>
       <c r="M335" s="0">
         <f>F335*H335</f>
       </c>
       <c r="N335" s="0">
         <f>G335*H335</f>
       </c>
     </row>
     <row r="336" outlineLevel="1">
       <c r="A336" s="2" t="s">
         <v>664</v>
       </c>
       <c r="B336" s="5" t="s">
         <v>665</v>
       </c>
       <c r="C336" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="D336" s="3">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="E336" s="3">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="F336" s="3">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G336" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H336" s="4"/>
       <c r="I336" s="3">
         <f>IF( 10000&gt;K4,K336,IF( 20000&gt;L4,L336,IF( 50000&gt;M4,M336,N336)))</f>
       </c>
       <c r="J336" s="0">
         <f>C336*H336</f>
       </c>
       <c r="K336" s="0">
         <f>D336*H336</f>
       </c>
       <c r="L336" s="0">
         <f>E336*H336</f>
       </c>
       <c r="M336" s="0">
         <f>F336*H336</f>
       </c>
       <c r="N336" s="0">
         <f>G336*H336</f>
       </c>
     </row>
     <row r="337" outlineLevel="1">
       <c r="A337" s="2" t="s">
         <v>666</v>
       </c>
       <c r="B337" s="5" t="s">
         <v>667</v>
       </c>
       <c r="C337" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="D337" s="3">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="E337" s="3">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="F337" s="3">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G337" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H337" s="4"/>
       <c r="I337" s="3">
         <f>IF( 10000&gt;K4,K337,IF( 20000&gt;L4,L337,IF( 50000&gt;M4,M337,N337)))</f>
       </c>
       <c r="J337" s="0">
         <f>C337*H337</f>
       </c>
       <c r="K337" s="0">
         <f>D337*H337</f>
       </c>
       <c r="L337" s="0">
         <f>E337*H337</f>
       </c>
       <c r="M337" s="0">
         <f>F337*H337</f>
       </c>
       <c r="N337" s="0">
         <f>G337*H337</f>
       </c>
     </row>
     <row r="338" outlineLevel="1">
       <c r="A338" s="2" t="s">
         <v>668</v>
       </c>
       <c r="B338" s="5" t="s">
         <v>669</v>
       </c>
       <c r="C338" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="D338" s="3">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="E338" s="3">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="F338" s="3">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G338" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H338" s="4"/>
       <c r="I338" s="3">
         <f>IF( 10000&gt;K4,K338,IF( 20000&gt;L4,L338,IF( 50000&gt;M4,M338,N338)))</f>
       </c>
       <c r="J338" s="0">
         <f>C338*H338</f>
       </c>
       <c r="K338" s="0">
         <f>D338*H338</f>
       </c>
       <c r="L338" s="0">
         <f>E338*H338</f>
       </c>
       <c r="M338" s="0">
         <f>F338*H338</f>
       </c>
       <c r="N338" s="0">
         <f>G338*H338</f>
       </c>
     </row>
     <row r="339" outlineLevel="1">
       <c r="A339" s="2" t="s">
         <v>670</v>
       </c>
       <c r="B339" s="5" t="s">
         <v>671</v>
       </c>
       <c r="C339" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="D339" s="3">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="E339" s="3">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="F339" s="3">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G339" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H339" s="4"/>
       <c r="I339" s="3">
         <f>IF( 10000&gt;K4,K339,IF( 20000&gt;L4,L339,IF( 50000&gt;M4,M339,N339)))</f>
       </c>
       <c r="J339" s="0">
         <f>C339*H339</f>
       </c>
       <c r="K339" s="0">
         <f>D339*H339</f>
       </c>
       <c r="L339" s="0">
         <f>E339*H339</f>
       </c>
       <c r="M339" s="0">
         <f>F339*H339</f>
       </c>
       <c r="N339" s="0">
         <f>G339*H339</f>
       </c>
     </row>
     <row r="340" outlineLevel="1">
       <c r="A340" s="2" t="s">
         <v>672</v>
       </c>
       <c r="B340" s="5" t="s">
         <v>673</v>
       </c>
       <c r="C340" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="D340" s="3">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="E340" s="3">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="F340" s="3">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G340" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H340" s="4"/>
       <c r="I340" s="3">
         <f>IF( 10000&gt;K4,K340,IF( 20000&gt;L4,L340,IF( 50000&gt;M4,M340,N340)))</f>
       </c>
       <c r="J340" s="0">
         <f>C340*H340</f>
       </c>
       <c r="K340" s="0">
         <f>D340*H340</f>
       </c>
       <c r="L340" s="0">
         <f>E340*H340</f>
       </c>
       <c r="M340" s="0">
         <f>F340*H340</f>
       </c>
       <c r="N340" s="0">
         <f>G340*H340</f>
       </c>
     </row>
     <row r="341" outlineLevel="1">
       <c r="A341" s="2" t="s">
         <v>674</v>
       </c>
       <c r="B341" s="5" t="s">
         <v>675</v>
       </c>
       <c r="C341" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="D341" s="3">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="E341" s="3">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="F341" s="3">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G341" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H341" s="4"/>
       <c r="I341" s="3">
         <f>IF( 10000&gt;K4,K341,IF( 20000&gt;L4,L341,IF( 50000&gt;M4,M341,N341)))</f>
       </c>
       <c r="J341" s="0">
         <f>C341*H341</f>
       </c>
       <c r="K341" s="0">
         <f>D341*H341</f>
       </c>
       <c r="L341" s="0">
         <f>E341*H341</f>
       </c>
       <c r="M341" s="0">
         <f>F341*H341</f>
       </c>
       <c r="N341" s="0">
         <f>G341*H341</f>
       </c>
     </row>
     <row r="342" outlineLevel="1">
       <c r="A342" s="2" t="s">
         <v>676</v>
       </c>
       <c r="B342" s="5" t="s">
         <v>677</v>
       </c>
       <c r="C342" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="D342" s="3">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="E342" s="3">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="F342" s="3">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G342" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H342" s="4"/>
       <c r="I342" s="3">
         <f>IF( 10000&gt;K4,K342,IF( 20000&gt;L4,L342,IF( 50000&gt;M4,M342,N342)))</f>
       </c>
       <c r="J342" s="0">
         <f>C342*H342</f>
       </c>
       <c r="K342" s="0">
         <f>D342*H342</f>
       </c>
       <c r="L342" s="0">
         <f>E342*H342</f>
       </c>
       <c r="M342" s="0">
         <f>F342*H342</f>
       </c>
       <c r="N342" s="0">
         <f>G342*H342</f>
       </c>
     </row>
     <row r="343" outlineLevel="1">
       <c r="A343" s="2" t="s">
         <v>678</v>
       </c>
       <c r="B343" s="5" t="s">
         <v>679</v>
       </c>
       <c r="C343" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="D343" s="3">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="E343" s="3">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="F343" s="3">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G343" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H343" s="4"/>
       <c r="I343" s="3">
         <f>IF( 10000&gt;K4,K343,IF( 20000&gt;L4,L343,IF( 50000&gt;M4,M343,N343)))</f>
       </c>
       <c r="J343" s="0">
         <f>C343*H343</f>
       </c>
       <c r="K343" s="0">
         <f>D343*H343</f>
       </c>
       <c r="L343" s="0">
         <f>E343*H343</f>
       </c>
       <c r="M343" s="0">
         <f>F343*H343</f>
       </c>
       <c r="N343" s="0">
         <f>G343*H343</f>
       </c>
     </row>
     <row r="344" outlineLevel="1">
       <c r="A344" s="2" t="s">
         <v>680</v>
       </c>
       <c r="B344" s="5" t="s">
         <v>681</v>
       </c>
       <c r="C344" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="D344" s="3">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="E344" s="3">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="F344" s="3">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="G344" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="H344" s="4"/>
       <c r="I344" s="3">
         <f>IF( 10000&gt;K4,K344,IF( 20000&gt;L4,L344,IF( 50000&gt;M4,M344,N344)))</f>
       </c>
       <c r="J344" s="0">
         <f>C344*H344</f>
       </c>
       <c r="K344" s="0">
         <f>D344*H344</f>
       </c>
       <c r="L344" s="0">
         <f>E344*H344</f>
       </c>
       <c r="M344" s="0">
         <f>F344*H344</f>
       </c>
       <c r="N344" s="0">
         <f>G344*H344</f>
       </c>
     </row>
     <row r="345" outlineLevel="1">
       <c r="A345" s="2" t="s">
         <v>682</v>
       </c>
       <c r="B345" s="5" t="s">
         <v>683</v>
       </c>
       <c r="C345" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="D345" s="3">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="E345" s="3">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="F345" s="3">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="G345" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="H345" s="4"/>
       <c r="I345" s="3">
         <f>IF( 10000&gt;K4,K345,IF( 20000&gt;L4,L345,IF( 50000&gt;M4,M345,N345)))</f>
       </c>
       <c r="J345" s="0">
         <f>C345*H345</f>
       </c>
       <c r="K345" s="0">
         <f>D345*H345</f>
       </c>
       <c r="L345" s="0">
         <f>E345*H345</f>
       </c>
       <c r="M345" s="0">
         <f>F345*H345</f>
       </c>
       <c r="N345" s="0">
         <f>G345*H345</f>
       </c>
     </row>
     <row r="346" outlineLevel="1">
       <c r="A346" s="2" t="s">
         <v>684</v>
       </c>
@@ -20454,315 +19584,315 @@
       </c>
       <c r="J351" s="0">
         <f>C351*H351</f>
       </c>
       <c r="K351" s="0">
         <f>D351*H351</f>
       </c>
       <c r="L351" s="0">
         <f>E351*H351</f>
       </c>
       <c r="M351" s="0">
         <f>F351*H351</f>
       </c>
       <c r="N351" s="0">
         <f>G351*H351</f>
       </c>
     </row>
     <row r="352" outlineLevel="1">
       <c r="A352" s="2" t="s">
         <v>696</v>
       </c>
       <c r="B352" s="5" t="s">
         <v>697</v>
       </c>
       <c r="C352" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="D352" s="3">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="E352" s="3">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="F352" s="3">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="G352" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="H352" s="4"/>
       <c r="I352" s="3">
         <f>IF( 10000&gt;K4,K352,IF( 20000&gt;L4,L352,IF( 50000&gt;M4,M352,N352)))</f>
       </c>
       <c r="J352" s="0">
         <f>C352*H352</f>
       </c>
       <c r="K352" s="0">
         <f>D352*H352</f>
       </c>
       <c r="L352" s="0">
         <f>E352*H352</f>
       </c>
       <c r="M352" s="0">
         <f>F352*H352</f>
       </c>
       <c r="N352" s="0">
         <f>G352*H352</f>
       </c>
     </row>
     <row r="353" outlineLevel="1">
       <c r="A353" s="2" t="s">
         <v>698</v>
       </c>
       <c r="B353" s="5" t="s">
         <v>699</v>
       </c>
       <c r="C353" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="D353" s="3">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="E353" s="3">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="F353" s="3">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="G353" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="H353" s="4"/>
       <c r="I353" s="3">
         <f>IF( 10000&gt;K4,K353,IF( 20000&gt;L4,L353,IF( 50000&gt;M4,M353,N353)))</f>
       </c>
       <c r="J353" s="0">
         <f>C353*H353</f>
       </c>
       <c r="K353" s="0">
         <f>D353*H353</f>
       </c>
       <c r="L353" s="0">
         <f>E353*H353</f>
       </c>
       <c r="M353" s="0">
         <f>F353*H353</f>
       </c>
       <c r="N353" s="0">
         <f>G353*H353</f>
       </c>
     </row>
     <row r="354" outlineLevel="1">
       <c r="A354" s="2" t="s">
         <v>700</v>
       </c>
       <c r="B354" s="5" t="s">
         <v>701</v>
       </c>
       <c r="C354" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="D354" s="3">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="E354" s="3">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="F354" s="3">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G354" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H354" s="4"/>
       <c r="I354" s="3">
         <f>IF( 10000&gt;K4,K354,IF( 20000&gt;L4,L354,IF( 50000&gt;M4,M354,N354)))</f>
       </c>
       <c r="J354" s="0">
         <f>C354*H354</f>
       </c>
       <c r="K354" s="0">
         <f>D354*H354</f>
       </c>
       <c r="L354" s="0">
         <f>E354*H354</f>
       </c>
       <c r="M354" s="0">
         <f>F354*H354</f>
       </c>
       <c r="N354" s="0">
         <f>G354*H354</f>
       </c>
     </row>
     <row r="355" outlineLevel="1">
       <c r="A355" s="2" t="s">
         <v>702</v>
       </c>
       <c r="B355" s="5" t="s">
         <v>703</v>
       </c>
       <c r="C355" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="D355" s="3">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="E355" s="3">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="F355" s="3">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="G355" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="H355" s="4"/>
       <c r="I355" s="3">
         <f>IF( 10000&gt;K4,K355,IF( 20000&gt;L4,L355,IF( 50000&gt;M4,M355,N355)))</f>
       </c>
       <c r="J355" s="0">
         <f>C355*H355</f>
       </c>
       <c r="K355" s="0">
         <f>D355*H355</f>
       </c>
       <c r="L355" s="0">
         <f>E355*H355</f>
       </c>
       <c r="M355" s="0">
         <f>F355*H355</f>
       </c>
       <c r="N355" s="0">
         <f>G355*H355</f>
       </c>
     </row>
     <row r="356" outlineLevel="1">
       <c r="A356" s="2" t="s">
         <v>704</v>
       </c>
       <c r="B356" s="5" t="s">
         <v>705</v>
       </c>
       <c r="C356" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="D356" s="3">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="E356" s="3">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="F356" s="3">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="G356" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="H356" s="4"/>
       <c r="I356" s="3">
         <f>IF( 10000&gt;K4,K356,IF( 20000&gt;L4,L356,IF( 50000&gt;M4,M356,N356)))</f>
       </c>
       <c r="J356" s="0">
         <f>C356*H356</f>
       </c>
       <c r="K356" s="0">
         <f>D356*H356</f>
       </c>
       <c r="L356" s="0">
         <f>E356*H356</f>
       </c>
       <c r="M356" s="0">
         <f>F356*H356</f>
       </c>
       <c r="N356" s="0">
         <f>G356*H356</f>
       </c>
     </row>
     <row r="357" outlineLevel="1">
       <c r="A357" s="2" t="s">
         <v>706</v>
       </c>
       <c r="B357" s="5" t="s">
         <v>707</v>
       </c>
       <c r="C357" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="D357" s="3">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="E357" s="3">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="F357" s="3">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="G357" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="H357" s="4"/>
       <c r="I357" s="3">
         <f>IF( 10000&gt;K4,K357,IF( 20000&gt;L4,L357,IF( 50000&gt;M4,M357,N357)))</f>
       </c>
       <c r="J357" s="0">
         <f>C357*H357</f>
       </c>
       <c r="K357" s="0">
         <f>D357*H357</f>
       </c>
       <c r="L357" s="0">
         <f>E357*H357</f>
       </c>
       <c r="M357" s="0">
         <f>F357*H357</f>
       </c>
       <c r="N357" s="0">
         <f>G357*H357</f>
       </c>
     </row>
     <row r="358" outlineLevel="1">
       <c r="A358" s="2" t="s">
         <v>708</v>
       </c>
       <c r="B358" s="5" t="s">
         <v>709</v>
       </c>
       <c r="C358" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="D358" s="3">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="E358" s="3">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="F358" s="3">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="G358" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="H358" s="4"/>
       <c r="I358" s="3">
         <f>IF( 10000&gt;K4,K358,IF( 20000&gt;L4,L358,IF( 50000&gt;M4,M358,N358)))</f>
       </c>
       <c r="J358" s="0">
         <f>C358*H358</f>
       </c>
       <c r="K358" s="0">
         <f>D358*H358</f>
       </c>
       <c r="L358" s="0">
         <f>E358*H358</f>
       </c>
       <c r="M358" s="0">
         <f>F358*H358</f>
       </c>
       <c r="N358" s="0">
         <f>G358*H358</f>
       </c>
     </row>
     <row r="359" outlineLevel="1">
       <c r="A359" s="2" t="s">
         <v>710</v>
       </c>
@@ -20790,483 +19920,483 @@
       </c>
       <c r="J359" s="0">
         <f>C359*H359</f>
       </c>
       <c r="K359" s="0">
         <f>D359*H359</f>
       </c>
       <c r="L359" s="0">
         <f>E359*H359</f>
       </c>
       <c r="M359" s="0">
         <f>F359*H359</f>
       </c>
       <c r="N359" s="0">
         <f>G359*H359</f>
       </c>
     </row>
     <row r="360" outlineLevel="1">
       <c r="A360" s="2" t="s">
         <v>712</v>
       </c>
       <c r="B360" s="5" t="s">
         <v>713</v>
       </c>
       <c r="C360" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D360" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E360" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F360" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G360" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H360" s="4"/>
       <c r="I360" s="3">
         <f>IF( 10000&gt;K4,K360,IF( 20000&gt;L4,L360,IF( 50000&gt;M4,M360,N360)))</f>
       </c>
       <c r="J360" s="0">
         <f>C360*H360</f>
       </c>
       <c r="K360" s="0">
         <f>D360*H360</f>
       </c>
       <c r="L360" s="0">
         <f>E360*H360</f>
       </c>
       <c r="M360" s="0">
         <f>F360*H360</f>
       </c>
       <c r="N360" s="0">
         <f>G360*H360</f>
       </c>
     </row>
     <row r="361" outlineLevel="1">
       <c r="A361" s="2" t="s">
         <v>714</v>
       </c>
       <c r="B361" s="5" t="s">
         <v>715</v>
       </c>
       <c r="C361" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D361" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E361" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F361" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G361" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H361" s="4"/>
       <c r="I361" s="3">
         <f>IF( 10000&gt;K4,K361,IF( 20000&gt;L4,L361,IF( 50000&gt;M4,M361,N361)))</f>
       </c>
       <c r="J361" s="0">
         <f>C361*H361</f>
       </c>
       <c r="K361" s="0">
         <f>D361*H361</f>
       </c>
       <c r="L361" s="0">
         <f>E361*H361</f>
       </c>
       <c r="M361" s="0">
         <f>F361*H361</f>
       </c>
       <c r="N361" s="0">
         <f>G361*H361</f>
       </c>
     </row>
     <row r="362" outlineLevel="1">
       <c r="A362" s="2" t="s">
         <v>716</v>
       </c>
       <c r="B362" s="5" t="s">
         <v>717</v>
       </c>
       <c r="C362" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="D362" s="3">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="E362" s="3">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="F362" s="3">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="G362" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="H362" s="4"/>
       <c r="I362" s="3">
         <f>IF( 10000&gt;K4,K362,IF( 20000&gt;L4,L362,IF( 50000&gt;M4,M362,N362)))</f>
       </c>
       <c r="J362" s="0">
         <f>C362*H362</f>
       </c>
       <c r="K362" s="0">
         <f>D362*H362</f>
       </c>
       <c r="L362" s="0">
         <f>E362*H362</f>
       </c>
       <c r="M362" s="0">
         <f>F362*H362</f>
       </c>
       <c r="N362" s="0">
         <f>G362*H362</f>
       </c>
     </row>
     <row r="363" outlineLevel="1">
       <c r="A363" s="2" t="s">
         <v>718</v>
       </c>
       <c r="B363" s="5" t="s">
         <v>719</v>
       </c>
       <c r="C363" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="D363" s="3">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="E363" s="3">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="F363" s="3">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="G363" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="H363" s="4"/>
       <c r="I363" s="3">
         <f>IF( 10000&gt;K4,K363,IF( 20000&gt;L4,L363,IF( 50000&gt;M4,M363,N363)))</f>
       </c>
       <c r="J363" s="0">
         <f>C363*H363</f>
       </c>
       <c r="K363" s="0">
         <f>D363*H363</f>
       </c>
       <c r="L363" s="0">
         <f>E363*H363</f>
       </c>
       <c r="M363" s="0">
         <f>F363*H363</f>
       </c>
       <c r="N363" s="0">
         <f>G363*H363</f>
       </c>
     </row>
     <row r="364" outlineLevel="1">
       <c r="A364" s="2" t="s">
         <v>720</v>
       </c>
       <c r="B364" s="5" t="s">
         <v>721</v>
       </c>
       <c r="C364" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="D364" s="3">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="E364" s="3">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="F364" s="3">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="G364" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="H364" s="4"/>
       <c r="I364" s="3">
         <f>IF( 10000&gt;K4,K364,IF( 20000&gt;L4,L364,IF( 50000&gt;M4,M364,N364)))</f>
       </c>
       <c r="J364" s="0">
         <f>C364*H364</f>
       </c>
       <c r="K364" s="0">
         <f>D364*H364</f>
       </c>
       <c r="L364" s="0">
         <f>E364*H364</f>
       </c>
       <c r="M364" s="0">
         <f>F364*H364</f>
       </c>
       <c r="N364" s="0">
         <f>G364*H364</f>
       </c>
     </row>
     <row r="365" outlineLevel="1">
       <c r="A365" s="2" t="s">
         <v>722</v>
       </c>
       <c r="B365" s="5" t="s">
         <v>723</v>
       </c>
       <c r="C365" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="D365" s="3">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="E365" s="3">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="F365" s="3">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="G365" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="H365" s="4"/>
       <c r="I365" s="3">
         <f>IF( 10000&gt;K4,K365,IF( 20000&gt;L4,L365,IF( 50000&gt;M4,M365,N365)))</f>
       </c>
       <c r="J365" s="0">
         <f>C365*H365</f>
       </c>
       <c r="K365" s="0">
         <f>D365*H365</f>
       </c>
       <c r="L365" s="0">
         <f>E365*H365</f>
       </c>
       <c r="M365" s="0">
         <f>F365*H365</f>
       </c>
       <c r="N365" s="0">
         <f>G365*H365</f>
       </c>
     </row>
     <row r="366" outlineLevel="1">
       <c r="A366" s="2" t="s">
         <v>724</v>
       </c>
       <c r="B366" s="5" t="s">
         <v>725</v>
       </c>
       <c r="C366" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="D366" s="3">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="E366" s="3">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="F366" s="3">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="G366" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="H366" s="4"/>
       <c r="I366" s="3">
         <f>IF( 10000&gt;K4,K366,IF( 20000&gt;L4,L366,IF( 50000&gt;M4,M366,N366)))</f>
       </c>
       <c r="J366" s="0">
         <f>C366*H366</f>
       </c>
       <c r="K366" s="0">
         <f>D366*H366</f>
       </c>
       <c r="L366" s="0">
         <f>E366*H366</f>
       </c>
       <c r="M366" s="0">
         <f>F366*H366</f>
       </c>
       <c r="N366" s="0">
         <f>G366*H366</f>
       </c>
     </row>
     <row r="367" outlineLevel="1">
       <c r="A367" s="2" t="s">
         <v>726</v>
       </c>
       <c r="B367" s="5" t="s">
         <v>727</v>
       </c>
       <c r="C367" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="D367" s="3">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="E367" s="3">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="F367" s="3">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="G367" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="H367" s="4"/>
       <c r="I367" s="3">
         <f>IF( 10000&gt;K4,K367,IF( 20000&gt;L4,L367,IF( 50000&gt;M4,M367,N367)))</f>
       </c>
       <c r="J367" s="0">
         <f>C367*H367</f>
       </c>
       <c r="K367" s="0">
         <f>D367*H367</f>
       </c>
       <c r="L367" s="0">
         <f>E367*H367</f>
       </c>
       <c r="M367" s="0">
         <f>F367*H367</f>
       </c>
       <c r="N367" s="0">
         <f>G367*H367</f>
       </c>
     </row>
     <row r="368" outlineLevel="1">
       <c r="A368" s="2" t="s">
         <v>728</v>
       </c>
       <c r="B368" s="5" t="s">
         <v>729</v>
       </c>
       <c r="C368" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="D368" s="3">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="E368" s="3">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="F368" s="3">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="G368" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="H368" s="4"/>
       <c r="I368" s="3">
         <f>IF( 10000&gt;K4,K368,IF( 20000&gt;L4,L368,IF( 50000&gt;M4,M368,N368)))</f>
       </c>
       <c r="J368" s="0">
         <f>C368*H368</f>
       </c>
       <c r="K368" s="0">
         <f>D368*H368</f>
       </c>
       <c r="L368" s="0">
         <f>E368*H368</f>
       </c>
       <c r="M368" s="0">
         <f>F368*H368</f>
       </c>
       <c r="N368" s="0">
         <f>G368*H368</f>
       </c>
     </row>
     <row r="369" outlineLevel="1">
       <c r="A369" s="2" t="s">
         <v>730</v>
       </c>
       <c r="B369" s="5" t="s">
         <v>731</v>
       </c>
       <c r="C369" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="D369" s="3">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="E369" s="3">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="F369" s="3">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="G369" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="H369" s="4"/>
       <c r="I369" s="3">
         <f>IF( 10000&gt;K4,K369,IF( 20000&gt;L4,L369,IF( 50000&gt;M4,M369,N369)))</f>
       </c>
       <c r="J369" s="0">
         <f>C369*H369</f>
       </c>
       <c r="K369" s="0">
         <f>D369*H369</f>
       </c>
       <c r="L369" s="0">
         <f>E369*H369</f>
       </c>
       <c r="M369" s="0">
         <f>F369*H369</f>
       </c>
       <c r="N369" s="0">
         <f>G369*H369</f>
       </c>
     </row>
     <row r="370" outlineLevel="1">
       <c r="A370" s="2" t="s">
         <v>732</v>
       </c>
       <c r="B370" s="5" t="s">
         <v>733</v>
       </c>
       <c r="C370" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="D370" s="3">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="E370" s="3">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="F370" s="3">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="G370" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="H370" s="4"/>
       <c r="I370" s="3">
         <f>IF( 10000&gt;K4,K370,IF( 20000&gt;L4,L370,IF( 50000&gt;M4,M370,N370)))</f>
       </c>
       <c r="J370" s="0">
         <f>C370*H370</f>
       </c>
       <c r="K370" s="0">
         <f>D370*H370</f>
       </c>
       <c r="L370" s="0">
         <f>E370*H370</f>
       </c>
       <c r="M370" s="0">
         <f>F370*H370</f>
       </c>
       <c r="N370" s="0">
         <f>G370*H370</f>
       </c>
     </row>
     <row r="371" outlineLevel="1">
       <c r="A371" s="2" t="s">
         <v>734</v>
       </c>
@@ -21294,63 +20424,63 @@
       </c>
       <c r="J371" s="0">
         <f>C371*H371</f>
       </c>
       <c r="K371" s="0">
         <f>D371*H371</f>
       </c>
       <c r="L371" s="0">
         <f>E371*H371</f>
       </c>
       <c r="M371" s="0">
         <f>F371*H371</f>
       </c>
       <c r="N371" s="0">
         <f>G371*H371</f>
       </c>
     </row>
     <row r="372" outlineLevel="1">
       <c r="A372" s="2" t="s">
         <v>736</v>
       </c>
       <c r="B372" s="5" t="s">
         <v>737</v>
       </c>
       <c r="C372" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="D372" s="3">
-        <v>89</v>
+        <v>28</v>
       </c>
       <c r="E372" s="3">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="F372" s="3">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="G372" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="H372" s="4"/>
       <c r="I372" s="3">
         <f>IF( 10000&gt;K4,K372,IF( 20000&gt;L4,L372,IF( 50000&gt;M4,M372,N372)))</f>
       </c>
       <c r="J372" s="0">
         <f>C372*H372</f>
       </c>
       <c r="K372" s="0">
         <f>D372*H372</f>
       </c>
       <c r="L372" s="0">
         <f>E372*H372</f>
       </c>
       <c r="M372" s="0">
         <f>F372*H372</f>
       </c>
       <c r="N372" s="0">
         <f>G372*H372</f>
       </c>
     </row>
     <row r="373" outlineLevel="1">
       <c r="A373" s="2" t="s">
         <v>738</v>
       </c>
@@ -21420,1281 +20550,1281 @@
       </c>
       <c r="J374" s="0">
         <f>C374*H374</f>
       </c>
       <c r="K374" s="0">
         <f>D374*H374</f>
       </c>
       <c r="L374" s="0">
         <f>E374*H374</f>
       </c>
       <c r="M374" s="0">
         <f>F374*H374</f>
       </c>
       <c r="N374" s="0">
         <f>G374*H374</f>
       </c>
     </row>
     <row r="375" outlineLevel="1">
       <c r="A375" s="2" t="s">
         <v>742</v>
       </c>
       <c r="B375" s="5" t="s">
         <v>743</v>
       </c>
       <c r="C375" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="D375" s="3">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="E375" s="3">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="F375" s="3">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="G375" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="H375" s="4"/>
       <c r="I375" s="3">
         <f>IF( 10000&gt;K4,K375,IF( 20000&gt;L4,L375,IF( 50000&gt;M4,M375,N375)))</f>
       </c>
       <c r="J375" s="0">
         <f>C375*H375</f>
       </c>
       <c r="K375" s="0">
         <f>D375*H375</f>
       </c>
       <c r="L375" s="0">
         <f>E375*H375</f>
       </c>
       <c r="M375" s="0">
         <f>F375*H375</f>
       </c>
       <c r="N375" s="0">
         <f>G375*H375</f>
       </c>
     </row>
     <row r="376" outlineLevel="1">
       <c r="A376" s="2" t="s">
         <v>744</v>
       </c>
       <c r="B376" s="5" t="s">
         <v>745</v>
       </c>
       <c r="C376" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="D376" s="3">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="E376" s="3">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="F376" s="3">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="G376" s="3">
-        <v>20</v>
+        <v>69</v>
       </c>
       <c r="H376" s="4"/>
       <c r="I376" s="3">
         <f>IF( 10000&gt;K4,K376,IF( 20000&gt;L4,L376,IF( 50000&gt;M4,M376,N376)))</f>
       </c>
       <c r="J376" s="0">
         <f>C376*H376</f>
       </c>
       <c r="K376" s="0">
         <f>D376*H376</f>
       </c>
       <c r="L376" s="0">
         <f>E376*H376</f>
       </c>
       <c r="M376" s="0">
         <f>F376*H376</f>
       </c>
       <c r="N376" s="0">
         <f>G376*H376</f>
       </c>
     </row>
     <row r="377" outlineLevel="1">
       <c r="A377" s="2" t="s">
         <v>746</v>
       </c>
       <c r="B377" s="5" t="s">
         <v>747</v>
       </c>
       <c r="C377" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="D377" s="3">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="E377" s="3">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="F377" s="3">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="G377" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="H377" s="4"/>
       <c r="I377" s="3">
         <f>IF( 10000&gt;K4,K377,IF( 20000&gt;L4,L377,IF( 50000&gt;M4,M377,N377)))</f>
       </c>
       <c r="J377" s="0">
         <f>C377*H377</f>
       </c>
       <c r="K377" s="0">
         <f>D377*H377</f>
       </c>
       <c r="L377" s="0">
         <f>E377*H377</f>
       </c>
       <c r="M377" s="0">
         <f>F377*H377</f>
       </c>
       <c r="N377" s="0">
         <f>G377*H377</f>
       </c>
     </row>
     <row r="378" outlineLevel="1">
       <c r="A378" s="2" t="s">
         <v>748</v>
       </c>
       <c r="B378" s="5" t="s">
         <v>749</v>
       </c>
       <c r="C378" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="D378" s="3">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="E378" s="3">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="F378" s="3">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="G378" s="3">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="H378" s="4"/>
       <c r="I378" s="3">
         <f>IF( 10000&gt;K4,K378,IF( 20000&gt;L4,L378,IF( 50000&gt;M4,M378,N378)))</f>
       </c>
       <c r="J378" s="0">
         <f>C378*H378</f>
       </c>
       <c r="K378" s="0">
         <f>D378*H378</f>
       </c>
       <c r="L378" s="0">
         <f>E378*H378</f>
       </c>
       <c r="M378" s="0">
         <f>F378*H378</f>
       </c>
       <c r="N378" s="0">
         <f>G378*H378</f>
       </c>
     </row>
     <row r="379" outlineLevel="1">
       <c r="A379" s="2" t="s">
         <v>750</v>
       </c>
       <c r="B379" s="5" t="s">
         <v>751</v>
       </c>
       <c r="C379" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="D379" s="3">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="E379" s="3">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="F379" s="3">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G379" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="H379" s="4"/>
       <c r="I379" s="3">
         <f>IF( 10000&gt;K4,K379,IF( 20000&gt;L4,L379,IF( 50000&gt;M4,M379,N379)))</f>
       </c>
       <c r="J379" s="0">
         <f>C379*H379</f>
       </c>
       <c r="K379" s="0">
         <f>D379*H379</f>
       </c>
       <c r="L379" s="0">
         <f>E379*H379</f>
       </c>
       <c r="M379" s="0">
         <f>F379*H379</f>
       </c>
       <c r="N379" s="0">
         <f>G379*H379</f>
       </c>
     </row>
     <row r="380" outlineLevel="1">
       <c r="A380" s="2" t="s">
         <v>752</v>
       </c>
       <c r="B380" s="5" t="s">
         <v>753</v>
       </c>
       <c r="C380" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="D380" s="3">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="E380" s="3">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="F380" s="3">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G380" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="H380" s="4"/>
       <c r="I380" s="3">
         <f>IF( 10000&gt;K4,K380,IF( 20000&gt;L4,L380,IF( 50000&gt;M4,M380,N380)))</f>
       </c>
       <c r="J380" s="0">
         <f>C380*H380</f>
       </c>
       <c r="K380" s="0">
         <f>D380*H380</f>
       </c>
       <c r="L380" s="0">
         <f>E380*H380</f>
       </c>
       <c r="M380" s="0">
         <f>F380*H380</f>
       </c>
       <c r="N380" s="0">
         <f>G380*H380</f>
       </c>
     </row>
     <row r="381" outlineLevel="1">
       <c r="A381" s="2" t="s">
         <v>754</v>
       </c>
       <c r="B381" s="5" t="s">
         <v>755</v>
       </c>
       <c r="C381" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="D381" s="3">
-        <v>89</v>
+        <v>28</v>
       </c>
       <c r="E381" s="3">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="F381" s="3">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="G381" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="H381" s="4"/>
       <c r="I381" s="3">
         <f>IF( 10000&gt;K4,K381,IF( 20000&gt;L4,L381,IF( 50000&gt;M4,M381,N381)))</f>
       </c>
       <c r="J381" s="0">
         <f>C381*H381</f>
       </c>
       <c r="K381" s="0">
         <f>D381*H381</f>
       </c>
       <c r="L381" s="0">
         <f>E381*H381</f>
       </c>
       <c r="M381" s="0">
         <f>F381*H381</f>
       </c>
       <c r="N381" s="0">
         <f>G381*H381</f>
       </c>
     </row>
     <row r="382" outlineLevel="1">
       <c r="A382" s="2" t="s">
         <v>756</v>
       </c>
       <c r="B382" s="5" t="s">
         <v>757</v>
       </c>
       <c r="C382" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="D382" s="3">
-        <v>89</v>
+        <v>28</v>
       </c>
       <c r="E382" s="3">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="F382" s="3">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="G382" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="H382" s="4"/>
       <c r="I382" s="3">
         <f>IF( 10000&gt;K4,K382,IF( 20000&gt;L4,L382,IF( 50000&gt;M4,M382,N382)))</f>
       </c>
       <c r="J382" s="0">
         <f>C382*H382</f>
       </c>
       <c r="K382" s="0">
         <f>D382*H382</f>
       </c>
       <c r="L382" s="0">
         <f>E382*H382</f>
       </c>
       <c r="M382" s="0">
         <f>F382*H382</f>
       </c>
       <c r="N382" s="0">
         <f>G382*H382</f>
       </c>
     </row>
     <row r="383" outlineLevel="1">
       <c r="A383" s="2" t="s">
         <v>758</v>
       </c>
       <c r="B383" s="5" t="s">
         <v>759</v>
       </c>
       <c r="C383" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="D383" s="3">
-        <v>89</v>
+        <v>28</v>
       </c>
       <c r="E383" s="3">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="F383" s="3">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="G383" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="H383" s="4"/>
       <c r="I383" s="3">
         <f>IF( 10000&gt;K4,K383,IF( 20000&gt;L4,L383,IF( 50000&gt;M4,M383,N383)))</f>
       </c>
       <c r="J383" s="0">
         <f>C383*H383</f>
       </c>
       <c r="K383" s="0">
         <f>D383*H383</f>
       </c>
       <c r="L383" s="0">
         <f>E383*H383</f>
       </c>
       <c r="M383" s="0">
         <f>F383*H383</f>
       </c>
       <c r="N383" s="0">
         <f>G383*H383</f>
       </c>
     </row>
     <row r="384" outlineLevel="1">
       <c r="A384" s="2" t="s">
         <v>760</v>
       </c>
       <c r="B384" s="5" t="s">
         <v>761</v>
       </c>
       <c r="C384" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="D384" s="3">
-        <v>89</v>
+        <v>28</v>
       </c>
       <c r="E384" s="3">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="F384" s="3">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="G384" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="H384" s="4"/>
       <c r="I384" s="3">
         <f>IF( 10000&gt;K4,K384,IF( 20000&gt;L4,L384,IF( 50000&gt;M4,M384,N384)))</f>
       </c>
       <c r="J384" s="0">
         <f>C384*H384</f>
       </c>
       <c r="K384" s="0">
         <f>D384*H384</f>
       </c>
       <c r="L384" s="0">
         <f>E384*H384</f>
       </c>
       <c r="M384" s="0">
         <f>F384*H384</f>
       </c>
       <c r="N384" s="0">
         <f>G384*H384</f>
       </c>
     </row>
     <row r="385" outlineLevel="1">
       <c r="A385" s="2" t="s">
         <v>762</v>
       </c>
       <c r="B385" s="5" t="s">
         <v>763</v>
       </c>
       <c r="C385" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="D385" s="3">
-        <v>89</v>
+        <v>28</v>
       </c>
       <c r="E385" s="3">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="F385" s="3">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="G385" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="H385" s="4"/>
       <c r="I385" s="3">
         <f>IF( 10000&gt;K4,K385,IF( 20000&gt;L4,L385,IF( 50000&gt;M4,M385,N385)))</f>
       </c>
       <c r="J385" s="0">
         <f>C385*H385</f>
       </c>
       <c r="K385" s="0">
         <f>D385*H385</f>
       </c>
       <c r="L385" s="0">
         <f>E385*H385</f>
       </c>
       <c r="M385" s="0">
         <f>F385*H385</f>
       </c>
       <c r="N385" s="0">
         <f>G385*H385</f>
       </c>
     </row>
     <row r="386" outlineLevel="1">
       <c r="A386" s="2" t="s">
         <v>764</v>
       </c>
       <c r="B386" s="5" t="s">
         <v>765</v>
       </c>
       <c r="C386" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="D386" s="3">
-        <v>89</v>
+        <v>28</v>
       </c>
       <c r="E386" s="3">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="F386" s="3">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="G386" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="H386" s="4"/>
       <c r="I386" s="3">
         <f>IF( 10000&gt;K4,K386,IF( 20000&gt;L4,L386,IF( 50000&gt;M4,M386,N386)))</f>
       </c>
       <c r="J386" s="0">
         <f>C386*H386</f>
       </c>
       <c r="K386" s="0">
         <f>D386*H386</f>
       </c>
       <c r="L386" s="0">
         <f>E386*H386</f>
       </c>
       <c r="M386" s="0">
         <f>F386*H386</f>
       </c>
       <c r="N386" s="0">
         <f>G386*H386</f>
       </c>
     </row>
     <row r="387" outlineLevel="1">
       <c r="A387" s="2" t="s">
         <v>766</v>
       </c>
       <c r="B387" s="5" t="s">
         <v>767</v>
       </c>
       <c r="C387" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="D387" s="3">
-        <v>89</v>
+        <v>28</v>
       </c>
       <c r="E387" s="3">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="F387" s="3">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="G387" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="H387" s="4"/>
       <c r="I387" s="3">
         <f>IF( 10000&gt;K4,K387,IF( 20000&gt;L4,L387,IF( 50000&gt;M4,M387,N387)))</f>
       </c>
       <c r="J387" s="0">
         <f>C387*H387</f>
       </c>
       <c r="K387" s="0">
         <f>D387*H387</f>
       </c>
       <c r="L387" s="0">
         <f>E387*H387</f>
       </c>
       <c r="M387" s="0">
         <f>F387*H387</f>
       </c>
       <c r="N387" s="0">
         <f>G387*H387</f>
       </c>
     </row>
     <row r="388" outlineLevel="1">
       <c r="A388" s="2" t="s">
         <v>768</v>
       </c>
       <c r="B388" s="5" t="s">
         <v>769</v>
       </c>
       <c r="C388" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="D388" s="3">
-        <v>89</v>
+        <v>28</v>
       </c>
       <c r="E388" s="3">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="F388" s="3">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="G388" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="H388" s="4"/>
       <c r="I388" s="3">
         <f>IF( 10000&gt;K4,K388,IF( 20000&gt;L4,L388,IF( 50000&gt;M4,M388,N388)))</f>
       </c>
       <c r="J388" s="0">
         <f>C388*H388</f>
       </c>
       <c r="K388" s="0">
         <f>D388*H388</f>
       </c>
       <c r="L388" s="0">
         <f>E388*H388</f>
       </c>
       <c r="M388" s="0">
         <f>F388*H388</f>
       </c>
       <c r="N388" s="0">
         <f>G388*H388</f>
       </c>
     </row>
     <row r="389" outlineLevel="1">
       <c r="A389" s="2" t="s">
         <v>770</v>
       </c>
       <c r="B389" s="5" t="s">
         <v>771</v>
       </c>
       <c r="C389" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="D389" s="3">
-        <v>89</v>
+        <v>28</v>
       </c>
       <c r="E389" s="3">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="F389" s="3">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="G389" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="H389" s="4"/>
       <c r="I389" s="3">
         <f>IF( 10000&gt;K4,K389,IF( 20000&gt;L4,L389,IF( 50000&gt;M4,M389,N389)))</f>
       </c>
       <c r="J389" s="0">
         <f>C389*H389</f>
       </c>
       <c r="K389" s="0">
         <f>D389*H389</f>
       </c>
       <c r="L389" s="0">
         <f>E389*H389</f>
       </c>
       <c r="M389" s="0">
         <f>F389*H389</f>
       </c>
       <c r="N389" s="0">
         <f>G389*H389</f>
       </c>
     </row>
     <row r="390" outlineLevel="1">
       <c r="A390" s="2" t="s">
         <v>772</v>
       </c>
       <c r="B390" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C390" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="D390" s="3">
-        <v>89</v>
+        <v>28</v>
       </c>
       <c r="E390" s="3">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="F390" s="3">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="G390" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="H390" s="4"/>
       <c r="I390" s="3">
         <f>IF( 10000&gt;K4,K390,IF( 20000&gt;L4,L390,IF( 50000&gt;M4,M390,N390)))</f>
       </c>
       <c r="J390" s="0">
         <f>C390*H390</f>
       </c>
       <c r="K390" s="0">
         <f>D390*H390</f>
       </c>
       <c r="L390" s="0">
         <f>E390*H390</f>
       </c>
       <c r="M390" s="0">
         <f>F390*H390</f>
       </c>
       <c r="N390" s="0">
         <f>G390*H390</f>
       </c>
     </row>
     <row r="391" outlineLevel="1">
       <c r="A391" s="2" t="s">
         <v>774</v>
       </c>
       <c r="B391" s="5" t="s">
         <v>775</v>
       </c>
       <c r="C391" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="D391" s="3">
-        <v>89</v>
+        <v>28</v>
       </c>
       <c r="E391" s="3">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="F391" s="3">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="G391" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="H391" s="4"/>
       <c r="I391" s="3">
         <f>IF( 10000&gt;K4,K391,IF( 20000&gt;L4,L391,IF( 50000&gt;M4,M391,N391)))</f>
       </c>
       <c r="J391" s="0">
         <f>C391*H391</f>
       </c>
       <c r="K391" s="0">
         <f>D391*H391</f>
       </c>
       <c r="L391" s="0">
         <f>E391*H391</f>
       </c>
       <c r="M391" s="0">
         <f>F391*H391</f>
       </c>
       <c r="N391" s="0">
         <f>G391*H391</f>
       </c>
     </row>
     <row r="392" outlineLevel="1">
       <c r="A392" s="2" t="s">
         <v>776</v>
       </c>
       <c r="B392" s="5" t="s">
         <v>777</v>
       </c>
       <c r="C392" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="D392" s="3">
-        <v>89</v>
+        <v>28</v>
       </c>
       <c r="E392" s="3">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="F392" s="3">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="G392" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="H392" s="4"/>
       <c r="I392" s="3">
         <f>IF( 10000&gt;K4,K392,IF( 20000&gt;L4,L392,IF( 50000&gt;M4,M392,N392)))</f>
       </c>
       <c r="J392" s="0">
         <f>C392*H392</f>
       </c>
       <c r="K392" s="0">
         <f>D392*H392</f>
       </c>
       <c r="L392" s="0">
         <f>E392*H392</f>
       </c>
       <c r="M392" s="0">
         <f>F392*H392</f>
       </c>
       <c r="N392" s="0">
         <f>G392*H392</f>
       </c>
     </row>
     <row r="393" outlineLevel="1">
       <c r="A393" s="2" t="s">
         <v>778</v>
       </c>
       <c r="B393" s="5" t="s">
         <v>779</v>
       </c>
       <c r="C393" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D393" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E393" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F393" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G393" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H393" s="4"/>
       <c r="I393" s="3">
         <f>IF( 10000&gt;K4,K393,IF( 20000&gt;L4,L393,IF( 50000&gt;M4,M393,N393)))</f>
       </c>
       <c r="J393" s="0">
         <f>C393*H393</f>
       </c>
       <c r="K393" s="0">
         <f>D393*H393</f>
       </c>
       <c r="L393" s="0">
         <f>E393*H393</f>
       </c>
       <c r="M393" s="0">
         <f>F393*H393</f>
       </c>
       <c r="N393" s="0">
         <f>G393*H393</f>
       </c>
     </row>
     <row r="394" outlineLevel="1">
       <c r="A394" s="2" t="s">
         <v>780</v>
       </c>
       <c r="B394" s="5" t="s">
         <v>781</v>
       </c>
       <c r="C394" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D394" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E394" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F394" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G394" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H394" s="4"/>
       <c r="I394" s="3">
         <f>IF( 10000&gt;K4,K394,IF( 20000&gt;L4,L394,IF( 50000&gt;M4,M394,N394)))</f>
       </c>
       <c r="J394" s="0">
         <f>C394*H394</f>
       </c>
       <c r="K394" s="0">
         <f>D394*H394</f>
       </c>
       <c r="L394" s="0">
         <f>E394*H394</f>
       </c>
       <c r="M394" s="0">
         <f>F394*H394</f>
       </c>
       <c r="N394" s="0">
         <f>G394*H394</f>
       </c>
     </row>
     <row r="395" outlineLevel="1">
       <c r="A395" s="2" t="s">
         <v>782</v>
       </c>
       <c r="B395" s="5" t="s">
         <v>783</v>
       </c>
       <c r="C395" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D395" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E395" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F395" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G395" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H395" s="4"/>
       <c r="I395" s="3">
         <f>IF( 10000&gt;K4,K395,IF( 20000&gt;L4,L395,IF( 50000&gt;M4,M395,N395)))</f>
       </c>
       <c r="J395" s="0">
         <f>C395*H395</f>
       </c>
       <c r="K395" s="0">
         <f>D395*H395</f>
       </c>
       <c r="L395" s="0">
         <f>E395*H395</f>
       </c>
       <c r="M395" s="0">
         <f>F395*H395</f>
       </c>
       <c r="N395" s="0">
         <f>G395*H395</f>
       </c>
     </row>
     <row r="396" outlineLevel="1">
       <c r="A396" s="2" t="s">
         <v>784</v>
       </c>
       <c r="B396" s="5" t="s">
         <v>785</v>
       </c>
       <c r="C396" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D396" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E396" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F396" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G396" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H396" s="4"/>
       <c r="I396" s="3">
         <f>IF( 10000&gt;K4,K396,IF( 20000&gt;L4,L396,IF( 50000&gt;M4,M396,N396)))</f>
       </c>
       <c r="J396" s="0">
         <f>C396*H396</f>
       </c>
       <c r="K396" s="0">
         <f>D396*H396</f>
       </c>
       <c r="L396" s="0">
         <f>E396*H396</f>
       </c>
       <c r="M396" s="0">
         <f>F396*H396</f>
       </c>
       <c r="N396" s="0">
         <f>G396*H396</f>
       </c>
     </row>
     <row r="397" outlineLevel="1">
       <c r="A397" s="2" t="s">
         <v>786</v>
       </c>
       <c r="B397" s="5" t="s">
         <v>787</v>
       </c>
       <c r="C397" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D397" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E397" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F397" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G397" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H397" s="4"/>
       <c r="I397" s="3">
         <f>IF( 10000&gt;K4,K397,IF( 20000&gt;L4,L397,IF( 50000&gt;M4,M397,N397)))</f>
       </c>
       <c r="J397" s="0">
         <f>C397*H397</f>
       </c>
       <c r="K397" s="0">
         <f>D397*H397</f>
       </c>
       <c r="L397" s="0">
         <f>E397*H397</f>
       </c>
       <c r="M397" s="0">
         <f>F397*H397</f>
       </c>
       <c r="N397" s="0">
         <f>G397*H397</f>
       </c>
     </row>
     <row r="398" outlineLevel="1">
       <c r="A398" s="2" t="s">
         <v>788</v>
       </c>
       <c r="B398" s="5" t="s">
         <v>789</v>
       </c>
       <c r="C398" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D398" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E398" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F398" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G398" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H398" s="4"/>
       <c r="I398" s="3">
         <f>IF( 10000&gt;K4,K398,IF( 20000&gt;L4,L398,IF( 50000&gt;M4,M398,N398)))</f>
       </c>
       <c r="J398" s="0">
         <f>C398*H398</f>
       </c>
       <c r="K398" s="0">
         <f>D398*H398</f>
       </c>
       <c r="L398" s="0">
         <f>E398*H398</f>
       </c>
       <c r="M398" s="0">
         <f>F398*H398</f>
       </c>
       <c r="N398" s="0">
         <f>G398*H398</f>
       </c>
     </row>
     <row r="399" outlineLevel="1">
       <c r="A399" s="2" t="s">
         <v>790</v>
       </c>
       <c r="B399" s="5" t="s">
         <v>791</v>
       </c>
       <c r="C399" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D399" s="3">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="E399" s="3">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F399" s="3">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="G399" s="3">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="H399" s="4"/>
       <c r="I399" s="3">
         <f>IF( 10000&gt;K4,K399,IF( 20000&gt;L4,L399,IF( 50000&gt;M4,M399,N399)))</f>
       </c>
       <c r="J399" s="0">
         <f>C399*H399</f>
       </c>
       <c r="K399" s="0">
         <f>D399*H399</f>
       </c>
       <c r="L399" s="0">
         <f>E399*H399</f>
       </c>
       <c r="M399" s="0">
         <f>F399*H399</f>
       </c>
       <c r="N399" s="0">
         <f>G399*H399</f>
       </c>
     </row>
     <row r="400" outlineLevel="1">
       <c r="A400" s="2" t="s">
         <v>792</v>
       </c>
       <c r="B400" s="5" t="s">
         <v>793</v>
       </c>
       <c r="C400" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="D400" s="3">
-        <v>89</v>
+        <v>28</v>
       </c>
       <c r="E400" s="3">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="F400" s="3">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="G400" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="H400" s="4"/>
       <c r="I400" s="3">
         <f>IF( 10000&gt;K4,K400,IF( 20000&gt;L4,L400,IF( 50000&gt;M4,M400,N400)))</f>
       </c>
       <c r="J400" s="0">
         <f>C400*H400</f>
       </c>
       <c r="K400" s="0">
         <f>D400*H400</f>
       </c>
       <c r="L400" s="0">
         <f>E400*H400</f>
       </c>
       <c r="M400" s="0">
         <f>F400*H400</f>
       </c>
       <c r="N400" s="0">
         <f>G400*H400</f>
       </c>
     </row>
     <row r="401" outlineLevel="1">
       <c r="A401" s="2" t="s">
         <v>794</v>
       </c>
       <c r="B401" s="5" t="s">
         <v>795</v>
       </c>
       <c r="C401" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="D401" s="3">
-        <v>89</v>
+        <v>28</v>
       </c>
       <c r="E401" s="3">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="F401" s="3">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="G401" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="H401" s="4"/>
       <c r="I401" s="3">
         <f>IF( 10000&gt;K4,K401,IF( 20000&gt;L4,L401,IF( 50000&gt;M4,M401,N401)))</f>
       </c>
       <c r="J401" s="0">
         <f>C401*H401</f>
       </c>
       <c r="K401" s="0">
         <f>D401*H401</f>
       </c>
       <c r="L401" s="0">
         <f>E401*H401</f>
       </c>
       <c r="M401" s="0">
         <f>F401*H401</f>
       </c>
       <c r="N401" s="0">
         <f>G401*H401</f>
       </c>
     </row>
     <row r="402" outlineLevel="1">
       <c r="A402" s="2" t="s">
         <v>796</v>
       </c>
       <c r="B402" s="5" t="s">
         <v>797</v>
       </c>
       <c r="C402" s="3">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="D402" s="3">
-        <v>89</v>
+        <v>33</v>
       </c>
       <c r="E402" s="3">
-        <v>79</v>
+        <v>29</v>
       </c>
       <c r="F402" s="3">
-        <v>74</v>
+        <v>27</v>
       </c>
       <c r="G402" s="3">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="H402" s="4"/>
       <c r="I402" s="3">
         <f>IF( 10000&gt;K4,K402,IF( 20000&gt;L4,L402,IF( 50000&gt;M4,M402,N402)))</f>
       </c>
       <c r="J402" s="0">
         <f>C402*H402</f>
       </c>
       <c r="K402" s="0">
         <f>D402*H402</f>
       </c>
       <c r="L402" s="0">
         <f>E402*H402</f>
       </c>
       <c r="M402" s="0">
         <f>F402*H402</f>
       </c>
       <c r="N402" s="0">
         <f>G402*H402</f>
       </c>
     </row>
     <row r="403" outlineLevel="1">
       <c r="A403" s="2" t="s">
         <v>798</v>
       </c>
       <c r="B403" s="5" t="s">
         <v>799</v>
       </c>
       <c r="C403" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="D403" s="3">
-        <v>89</v>
+        <v>28</v>
       </c>
       <c r="E403" s="3">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="F403" s="3">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="G403" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="H403" s="4"/>
       <c r="I403" s="3">
         <f>IF( 10000&gt;K4,K403,IF( 20000&gt;L4,L403,IF( 50000&gt;M4,M403,N403)))</f>
       </c>
       <c r="J403" s="0">
         <f>C403*H403</f>
       </c>
       <c r="K403" s="0">
         <f>D403*H403</f>
       </c>
       <c r="L403" s="0">
         <f>E403*H403</f>
       </c>
       <c r="M403" s="0">
         <f>F403*H403</f>
       </c>
       <c r="N403" s="0">
         <f>G403*H403</f>
       </c>
     </row>
     <row r="404" outlineLevel="1">
       <c r="A404" s="2" t="s">
         <v>800</v>
       </c>
       <c r="B404" s="5" t="s">
         <v>801</v>
       </c>
       <c r="C404" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="D404" s="3">
-        <v>89</v>
+        <v>28</v>
       </c>
       <c r="E404" s="3">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="F404" s="3">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="G404" s="3">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="H404" s="4"/>
       <c r="I404" s="3">
         <f>IF( 10000&gt;K4,K404,IF( 20000&gt;L4,L404,IF( 50000&gt;M4,M404,N404)))</f>
       </c>
       <c r="J404" s="0">
         <f>C404*H404</f>
       </c>
       <c r="K404" s="0">
         <f>D404*H404</f>
       </c>
       <c r="L404" s="0">
         <f>E404*H404</f>
       </c>
       <c r="M404" s="0">
         <f>F404*H404</f>
       </c>
       <c r="N404" s="0">
         <f>G404*H404</f>
       </c>
     </row>
     <row r="405" outlineLevel="1">
       <c r="A405" s="2" t="s">
         <v>802</v>
       </c>
@@ -22764,231 +21894,231 @@
       </c>
       <c r="J406" s="0">
         <f>C406*H406</f>
       </c>
       <c r="K406" s="0">
         <f>D406*H406</f>
       </c>
       <c r="L406" s="0">
         <f>E406*H406</f>
       </c>
       <c r="M406" s="0">
         <f>F406*H406</f>
       </c>
       <c r="N406" s="0">
         <f>G406*H406</f>
       </c>
     </row>
     <row r="407" outlineLevel="1">
       <c r="A407" s="2" t="s">
         <v>806</v>
       </c>
       <c r="B407" s="5" t="s">
         <v>807</v>
       </c>
       <c r="C407" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="D407" s="3">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="E407" s="3">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="F407" s="3">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G407" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="H407" s="4"/>
       <c r="I407" s="3">
         <f>IF( 10000&gt;K4,K407,IF( 20000&gt;L4,L407,IF( 50000&gt;M4,M407,N407)))</f>
       </c>
       <c r="J407" s="0">
         <f>C407*H407</f>
       </c>
       <c r="K407" s="0">
         <f>D407*H407</f>
       </c>
       <c r="L407" s="0">
         <f>E407*H407</f>
       </c>
       <c r="M407" s="0">
         <f>F407*H407</f>
       </c>
       <c r="N407" s="0">
         <f>G407*H407</f>
       </c>
     </row>
     <row r="408" outlineLevel="1">
       <c r="A408" s="2" t="s">
         <v>808</v>
       </c>
       <c r="B408" s="5" t="s">
         <v>809</v>
       </c>
       <c r="C408" s="3">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="D408" s="3">
-        <v>33</v>
+        <v>65</v>
       </c>
       <c r="E408" s="3">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="F408" s="3">
-        <v>27</v>
+        <v>50</v>
       </c>
       <c r="G408" s="3">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="H408" s="4"/>
       <c r="I408" s="3">
         <f>IF( 10000&gt;K4,K408,IF( 20000&gt;L4,L408,IF( 50000&gt;M4,M408,N408)))</f>
       </c>
       <c r="J408" s="0">
         <f>C408*H408</f>
       </c>
       <c r="K408" s="0">
         <f>D408*H408</f>
       </c>
       <c r="L408" s="0">
         <f>E408*H408</f>
       </c>
       <c r="M408" s="0">
         <f>F408*H408</f>
       </c>
       <c r="N408" s="0">
         <f>G408*H408</f>
       </c>
     </row>
     <row r="409" outlineLevel="1">
       <c r="A409" s="2" t="s">
         <v>810</v>
       </c>
       <c r="B409" s="5" t="s">
         <v>811</v>
       </c>
       <c r="C409" s="3">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="D409" s="3">
-        <v>89</v>
+        <v>33</v>
       </c>
       <c r="E409" s="3">
-        <v>79</v>
+        <v>29</v>
       </c>
       <c r="F409" s="3">
-        <v>74</v>
+        <v>27</v>
       </c>
       <c r="G409" s="3">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="H409" s="4"/>
       <c r="I409" s="3">
         <f>IF( 10000&gt;K4,K409,IF( 20000&gt;L4,L409,IF( 50000&gt;M4,M409,N409)))</f>
       </c>
       <c r="J409" s="0">
         <f>C409*H409</f>
       </c>
       <c r="K409" s="0">
         <f>D409*H409</f>
       </c>
       <c r="L409" s="0">
         <f>E409*H409</f>
       </c>
       <c r="M409" s="0">
         <f>F409*H409</f>
       </c>
       <c r="N409" s="0">
         <f>G409*H409</f>
       </c>
     </row>
     <row r="410" outlineLevel="1">
       <c r="A410" s="2" t="s">
         <v>812</v>
       </c>
       <c r="B410" s="5" t="s">
         <v>813</v>
       </c>
       <c r="C410" s="3">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="D410" s="3">
-        <v>89</v>
+        <v>33</v>
       </c>
       <c r="E410" s="3">
-        <v>79</v>
+        <v>29</v>
       </c>
       <c r="F410" s="3">
-        <v>74</v>
+        <v>27</v>
       </c>
       <c r="G410" s="3">
-        <v>69</v>
+        <v>25</v>
       </c>
       <c r="H410" s="4"/>
       <c r="I410" s="3">
         <f>IF( 10000&gt;K4,K410,IF( 20000&gt;L4,L410,IF( 50000&gt;M4,M410,N410)))</f>
       </c>
       <c r="J410" s="0">
         <f>C410*H410</f>
       </c>
       <c r="K410" s="0">
         <f>D410*H410</f>
       </c>
       <c r="L410" s="0">
         <f>E410*H410</f>
       </c>
       <c r="M410" s="0">
         <f>F410*H410</f>
       </c>
       <c r="N410" s="0">
         <f>G410*H410</f>
       </c>
     </row>
     <row r="411" outlineLevel="1">
       <c r="A411" s="2" t="s">
         <v>814</v>
       </c>
       <c r="B411" s="5" t="s">
         <v>815</v>
       </c>
       <c r="C411" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="D411" s="3">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="E411" s="3">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F411" s="3">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="G411" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H411" s="4"/>
       <c r="I411" s="3">
         <f>IF( 10000&gt;K4,K411,IF( 20000&gt;L4,L411,IF( 50000&gt;M4,M411,N411)))</f>
       </c>
       <c r="J411" s="0">
         <f>C411*H411</f>
       </c>
       <c r="K411" s="0">
         <f>D411*H411</f>
       </c>
       <c r="L411" s="0">
         <f>E411*H411</f>
       </c>
       <c r="M411" s="0">
         <f>F411*H411</f>
       </c>
       <c r="N411" s="0">
         <f>G411*H411</f>
       </c>
     </row>
     <row r="412" outlineLevel="1">
       <c r="A412" s="2" t="s">
         <v>816</v>
       </c>
@@ -23016,2289 +22146,2289 @@
       </c>
       <c r="J412" s="0">
         <f>C412*H412</f>
       </c>
       <c r="K412" s="0">
         <f>D412*H412</f>
       </c>
       <c r="L412" s="0">
         <f>E412*H412</f>
       </c>
       <c r="M412" s="0">
         <f>F412*H412</f>
       </c>
       <c r="N412" s="0">
         <f>G412*H412</f>
       </c>
     </row>
     <row r="413" outlineLevel="1">
       <c r="A413" s="2" t="s">
         <v>818</v>
       </c>
       <c r="B413" s="5" t="s">
         <v>819</v>
       </c>
       <c r="C413" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="D413" s="3">
-        <v>65</v>
+        <v>95</v>
       </c>
       <c r="E413" s="3">
-        <v>55</v>
+        <v>90</v>
       </c>
       <c r="F413" s="3">
-        <v>50</v>
+        <v>85</v>
       </c>
       <c r="G413" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="H413" s="4"/>
       <c r="I413" s="3">
         <f>IF( 10000&gt;K4,K413,IF( 20000&gt;L4,L413,IF( 50000&gt;M4,M413,N413)))</f>
       </c>
       <c r="J413" s="0">
         <f>C413*H413</f>
       </c>
       <c r="K413" s="0">
         <f>D413*H413</f>
       </c>
       <c r="L413" s="0">
         <f>E413*H413</f>
       </c>
       <c r="M413" s="0">
         <f>F413*H413</f>
       </c>
       <c r="N413" s="0">
         <f>G413*H413</f>
       </c>
     </row>
     <row r="414" outlineLevel="1">
       <c r="A414" s="2" t="s">
         <v>820</v>
       </c>
       <c r="B414" s="5" t="s">
         <v>821</v>
       </c>
       <c r="C414" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="D414" s="3">
-        <v>65</v>
+        <v>95</v>
       </c>
       <c r="E414" s="3">
-        <v>55</v>
+        <v>90</v>
       </c>
       <c r="F414" s="3">
-        <v>50</v>
+        <v>85</v>
       </c>
       <c r="G414" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="H414" s="4"/>
       <c r="I414" s="3">
         <f>IF( 10000&gt;K4,K414,IF( 20000&gt;L4,L414,IF( 50000&gt;M4,M414,N414)))</f>
       </c>
       <c r="J414" s="0">
         <f>C414*H414</f>
       </c>
       <c r="K414" s="0">
         <f>D414*H414</f>
       </c>
       <c r="L414" s="0">
         <f>E414*H414</f>
       </c>
       <c r="M414" s="0">
         <f>F414*H414</f>
       </c>
       <c r="N414" s="0">
         <f>G414*H414</f>
       </c>
     </row>
     <row r="415" outlineLevel="1">
       <c r="A415" s="2" t="s">
         <v>822</v>
       </c>
       <c r="B415" s="5" t="s">
         <v>823</v>
       </c>
       <c r="C415" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="D415" s="3">
-        <v>65</v>
+        <v>95</v>
       </c>
       <c r="E415" s="3">
-        <v>55</v>
+        <v>90</v>
       </c>
       <c r="F415" s="3">
-        <v>50</v>
+        <v>85</v>
       </c>
       <c r="G415" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="H415" s="4"/>
       <c r="I415" s="3">
         <f>IF( 10000&gt;K4,K415,IF( 20000&gt;L4,L415,IF( 50000&gt;M4,M415,N415)))</f>
       </c>
       <c r="J415" s="0">
         <f>C415*H415</f>
       </c>
       <c r="K415" s="0">
         <f>D415*H415</f>
       </c>
       <c r="L415" s="0">
         <f>E415*H415</f>
       </c>
       <c r="M415" s="0">
         <f>F415*H415</f>
       </c>
       <c r="N415" s="0">
         <f>G415*H415</f>
       </c>
     </row>
     <row r="416" outlineLevel="1">
       <c r="A416" s="2" t="s">
         <v>824</v>
       </c>
       <c r="B416" s="5" t="s">
         <v>825</v>
       </c>
       <c r="C416" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="D416" s="3">
-        <v>65</v>
+        <v>95</v>
       </c>
       <c r="E416" s="3">
-        <v>55</v>
+        <v>90</v>
       </c>
       <c r="F416" s="3">
-        <v>50</v>
+        <v>85</v>
       </c>
       <c r="G416" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="H416" s="4"/>
       <c r="I416" s="3">
         <f>IF( 10000&gt;K4,K416,IF( 20000&gt;L4,L416,IF( 50000&gt;M4,M416,N416)))</f>
       </c>
       <c r="J416" s="0">
         <f>C416*H416</f>
       </c>
       <c r="K416" s="0">
         <f>D416*H416</f>
       </c>
       <c r="L416" s="0">
         <f>E416*H416</f>
       </c>
       <c r="M416" s="0">
         <f>F416*H416</f>
       </c>
       <c r="N416" s="0">
         <f>G416*H416</f>
       </c>
     </row>
     <row r="417" outlineLevel="1">
       <c r="A417" s="2" t="s">
         <v>826</v>
       </c>
       <c r="B417" s="5" t="s">
         <v>827</v>
       </c>
       <c r="C417" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="D417" s="3">
-        <v>65</v>
+        <v>95</v>
       </c>
       <c r="E417" s="3">
-        <v>55</v>
+        <v>90</v>
       </c>
       <c r="F417" s="3">
-        <v>50</v>
+        <v>85</v>
       </c>
       <c r="G417" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="H417" s="4"/>
       <c r="I417" s="3">
         <f>IF( 10000&gt;K4,K417,IF( 20000&gt;L4,L417,IF( 50000&gt;M4,M417,N417)))</f>
       </c>
       <c r="J417" s="0">
         <f>C417*H417</f>
       </c>
       <c r="K417" s="0">
         <f>D417*H417</f>
       </c>
       <c r="L417" s="0">
         <f>E417*H417</f>
       </c>
       <c r="M417" s="0">
         <f>F417*H417</f>
       </c>
       <c r="N417" s="0">
         <f>G417*H417</f>
       </c>
     </row>
     <row r="418" outlineLevel="1">
       <c r="A418" s="2" t="s">
         <v>828</v>
       </c>
       <c r="B418" s="5" t="s">
         <v>829</v>
       </c>
       <c r="C418" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="D418" s="3">
-        <v>65</v>
+        <v>95</v>
       </c>
       <c r="E418" s="3">
-        <v>55</v>
+        <v>90</v>
       </c>
       <c r="F418" s="3">
-        <v>50</v>
+        <v>85</v>
       </c>
       <c r="G418" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="H418" s="4"/>
       <c r="I418" s="3">
         <f>IF( 10000&gt;K4,K418,IF( 20000&gt;L4,L418,IF( 50000&gt;M4,M418,N418)))</f>
       </c>
       <c r="J418" s="0">
         <f>C418*H418</f>
       </c>
       <c r="K418" s="0">
         <f>D418*H418</f>
       </c>
       <c r="L418" s="0">
         <f>E418*H418</f>
       </c>
       <c r="M418" s="0">
         <f>F418*H418</f>
       </c>
       <c r="N418" s="0">
         <f>G418*H418</f>
       </c>
     </row>
     <row r="419" outlineLevel="1">
       <c r="A419" s="2" t="s">
         <v>830</v>
       </c>
       <c r="B419" s="5" t="s">
         <v>831</v>
       </c>
       <c r="C419" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="D419" s="3">
-        <v>65</v>
+        <v>95</v>
       </c>
       <c r="E419" s="3">
-        <v>55</v>
+        <v>90</v>
       </c>
       <c r="F419" s="3">
-        <v>50</v>
+        <v>85</v>
       </c>
       <c r="G419" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="H419" s="4"/>
       <c r="I419" s="3">
         <f>IF( 10000&gt;K4,K419,IF( 20000&gt;L4,L419,IF( 50000&gt;M4,M419,N419)))</f>
       </c>
       <c r="J419" s="0">
         <f>C419*H419</f>
       </c>
       <c r="K419" s="0">
         <f>D419*H419</f>
       </c>
       <c r="L419" s="0">
         <f>E419*H419</f>
       </c>
       <c r="M419" s="0">
         <f>F419*H419</f>
       </c>
       <c r="N419" s="0">
         <f>G419*H419</f>
       </c>
     </row>
     <row r="420" outlineLevel="1">
       <c r="A420" s="2" t="s">
         <v>832</v>
       </c>
       <c r="B420" s="5" t="s">
         <v>833</v>
       </c>
       <c r="C420" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="D420" s="3">
-        <v>65</v>
+        <v>95</v>
       </c>
       <c r="E420" s="3">
-        <v>55</v>
+        <v>90</v>
       </c>
       <c r="F420" s="3">
-        <v>50</v>
+        <v>85</v>
       </c>
       <c r="G420" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="H420" s="4"/>
       <c r="I420" s="3">
         <f>IF( 10000&gt;K4,K420,IF( 20000&gt;L4,L420,IF( 50000&gt;M4,M420,N420)))</f>
       </c>
       <c r="J420" s="0">
         <f>C420*H420</f>
       </c>
       <c r="K420" s="0">
         <f>D420*H420</f>
       </c>
       <c r="L420" s="0">
         <f>E420*H420</f>
       </c>
       <c r="M420" s="0">
         <f>F420*H420</f>
       </c>
       <c r="N420" s="0">
         <f>G420*H420</f>
       </c>
     </row>
     <row r="421" outlineLevel="1">
       <c r="A421" s="2" t="s">
         <v>834</v>
       </c>
       <c r="B421" s="5" t="s">
         <v>835</v>
       </c>
       <c r="C421" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="D421" s="3">
-        <v>65</v>
+        <v>95</v>
       </c>
       <c r="E421" s="3">
-        <v>55</v>
+        <v>90</v>
       </c>
       <c r="F421" s="3">
-        <v>50</v>
+        <v>85</v>
       </c>
       <c r="G421" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="H421" s="4"/>
       <c r="I421" s="3">
         <f>IF( 10000&gt;K4,K421,IF( 20000&gt;L4,L421,IF( 50000&gt;M4,M421,N421)))</f>
       </c>
       <c r="J421" s="0">
         <f>C421*H421</f>
       </c>
       <c r="K421" s="0">
         <f>D421*H421</f>
       </c>
       <c r="L421" s="0">
         <f>E421*H421</f>
       </c>
       <c r="M421" s="0">
         <f>F421*H421</f>
       </c>
       <c r="N421" s="0">
         <f>G421*H421</f>
       </c>
     </row>
     <row r="422" outlineLevel="1">
       <c r="A422" s="2" t="s">
         <v>836</v>
       </c>
       <c r="B422" s="5" t="s">
         <v>837</v>
       </c>
       <c r="C422" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="D422" s="3">
-        <v>65</v>
+        <v>95</v>
       </c>
       <c r="E422" s="3">
-        <v>55</v>
+        <v>90</v>
       </c>
       <c r="F422" s="3">
-        <v>50</v>
+        <v>85</v>
       </c>
       <c r="G422" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="H422" s="4"/>
       <c r="I422" s="3">
         <f>IF( 10000&gt;K4,K422,IF( 20000&gt;L4,L422,IF( 50000&gt;M4,M422,N422)))</f>
       </c>
       <c r="J422" s="0">
         <f>C422*H422</f>
       </c>
       <c r="K422" s="0">
         <f>D422*H422</f>
       </c>
       <c r="L422" s="0">
         <f>E422*H422</f>
       </c>
       <c r="M422" s="0">
         <f>F422*H422</f>
       </c>
       <c r="N422" s="0">
         <f>G422*H422</f>
       </c>
     </row>
     <row r="423" outlineLevel="1">
       <c r="A423" s="2" t="s">
         <v>838</v>
       </c>
       <c r="B423" s="5" t="s">
         <v>839</v>
       </c>
       <c r="C423" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="D423" s="3">
-        <v>65</v>
+        <v>95</v>
       </c>
       <c r="E423" s="3">
-        <v>55</v>
+        <v>90</v>
       </c>
       <c r="F423" s="3">
-        <v>50</v>
+        <v>85</v>
       </c>
       <c r="G423" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="H423" s="4"/>
       <c r="I423" s="3">
         <f>IF( 10000&gt;K4,K423,IF( 20000&gt;L4,L423,IF( 50000&gt;M4,M423,N423)))</f>
       </c>
       <c r="J423" s="0">
         <f>C423*H423</f>
       </c>
       <c r="K423" s="0">
         <f>D423*H423</f>
       </c>
       <c r="L423" s="0">
         <f>E423*H423</f>
       </c>
       <c r="M423" s="0">
         <f>F423*H423</f>
       </c>
       <c r="N423" s="0">
         <f>G423*H423</f>
       </c>
     </row>
     <row r="424" outlineLevel="1">
       <c r="A424" s="2" t="s">
         <v>840</v>
       </c>
       <c r="B424" s="5" t="s">
         <v>841</v>
       </c>
       <c r="C424" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="D424" s="3">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="E424" s="3">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="F424" s="3">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="G424" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="H424" s="4"/>
       <c r="I424" s="3">
         <f>IF( 10000&gt;K4,K424,IF( 20000&gt;L4,L424,IF( 50000&gt;M4,M424,N424)))</f>
       </c>
       <c r="J424" s="0">
         <f>C424*H424</f>
       </c>
       <c r="K424" s="0">
         <f>D424*H424</f>
       </c>
       <c r="L424" s="0">
         <f>E424*H424</f>
       </c>
       <c r="M424" s="0">
         <f>F424*H424</f>
       </c>
       <c r="N424" s="0">
         <f>G424*H424</f>
       </c>
     </row>
     <row r="425" outlineLevel="1">
       <c r="A425" s="2" t="s">
         <v>842</v>
       </c>
       <c r="B425" s="5" t="s">
         <v>843</v>
       </c>
       <c r="C425" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="D425" s="3">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="E425" s="3">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="F425" s="3">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="G425" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="H425" s="4"/>
       <c r="I425" s="3">
         <f>IF( 10000&gt;K4,K425,IF( 20000&gt;L4,L425,IF( 50000&gt;M4,M425,N425)))</f>
       </c>
       <c r="J425" s="0">
         <f>C425*H425</f>
       </c>
       <c r="K425" s="0">
         <f>D425*H425</f>
       </c>
       <c r="L425" s="0">
         <f>E425*H425</f>
       </c>
       <c r="M425" s="0">
         <f>F425*H425</f>
       </c>
       <c r="N425" s="0">
         <f>G425*H425</f>
       </c>
     </row>
     <row r="426" outlineLevel="1">
       <c r="A426" s="2" t="s">
         <v>844</v>
       </c>
       <c r="B426" s="5" t="s">
         <v>845</v>
       </c>
       <c r="C426" s="3">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="D426" s="3">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="E426" s="3">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="F426" s="3">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="G426" s="3">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="H426" s="4"/>
       <c r="I426" s="3">
         <f>IF( 10000&gt;K4,K426,IF( 20000&gt;L4,L426,IF( 50000&gt;M4,M426,N426)))</f>
       </c>
       <c r="J426" s="0">
         <f>C426*H426</f>
       </c>
       <c r="K426" s="0">
         <f>D426*H426</f>
       </c>
       <c r="L426" s="0">
         <f>E426*H426</f>
       </c>
       <c r="M426" s="0">
         <f>F426*H426</f>
       </c>
       <c r="N426" s="0">
         <f>G426*H426</f>
       </c>
     </row>
     <row r="427" outlineLevel="1">
       <c r="A427" s="2" t="s">
         <v>846</v>
       </c>
       <c r="B427" s="5" t="s">
         <v>847</v>
       </c>
       <c r="C427" s="3">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="D427" s="3">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="E427" s="3">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="F427" s="3">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="G427" s="3">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="H427" s="4"/>
       <c r="I427" s="3">
         <f>IF( 10000&gt;K4,K427,IF( 20000&gt;L4,L427,IF( 50000&gt;M4,M427,N427)))</f>
       </c>
       <c r="J427" s="0">
         <f>C427*H427</f>
       </c>
       <c r="K427" s="0">
         <f>D427*H427</f>
       </c>
       <c r="L427" s="0">
         <f>E427*H427</f>
       </c>
       <c r="M427" s="0">
         <f>F427*H427</f>
       </c>
       <c r="N427" s="0">
         <f>G427*H427</f>
       </c>
     </row>
     <row r="428" outlineLevel="1">
       <c r="A428" s="2" t="s">
         <v>848</v>
       </c>
       <c r="B428" s="5" t="s">
         <v>849</v>
       </c>
       <c r="C428" s="3">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="D428" s="3">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="E428" s="3">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="F428" s="3">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="G428" s="3">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="H428" s="4"/>
       <c r="I428" s="3">
         <f>IF( 10000&gt;K4,K428,IF( 20000&gt;L4,L428,IF( 50000&gt;M4,M428,N428)))</f>
       </c>
       <c r="J428" s="0">
         <f>C428*H428</f>
       </c>
       <c r="K428" s="0">
         <f>D428*H428</f>
       </c>
       <c r="L428" s="0">
         <f>E428*H428</f>
       </c>
       <c r="M428" s="0">
         <f>F428*H428</f>
       </c>
       <c r="N428" s="0">
         <f>G428*H428</f>
       </c>
     </row>
     <row r="429" outlineLevel="1">
       <c r="A429" s="2" t="s">
         <v>850</v>
       </c>
       <c r="B429" s="5" t="s">
         <v>851</v>
       </c>
       <c r="C429" s="3">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="D429" s="3">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="E429" s="3">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="F429" s="3">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="G429" s="3">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="H429" s="4"/>
       <c r="I429" s="3">
         <f>IF( 10000&gt;K4,K429,IF( 20000&gt;L4,L429,IF( 50000&gt;M4,M429,N429)))</f>
       </c>
       <c r="J429" s="0">
         <f>C429*H429</f>
       </c>
       <c r="K429" s="0">
         <f>D429*H429</f>
       </c>
       <c r="L429" s="0">
         <f>E429*H429</f>
       </c>
       <c r="M429" s="0">
         <f>F429*H429</f>
       </c>
       <c r="N429" s="0">
         <f>G429*H429</f>
       </c>
     </row>
     <row r="430" outlineLevel="1">
       <c r="A430" s="2" t="s">
         <v>852</v>
       </c>
       <c r="B430" s="5" t="s">
         <v>853</v>
       </c>
       <c r="C430" s="3">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="D430" s="3">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="E430" s="3">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="F430" s="3">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="G430" s="3">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="H430" s="4"/>
       <c r="I430" s="3">
         <f>IF( 10000&gt;K4,K430,IF( 20000&gt;L4,L430,IF( 50000&gt;M4,M430,N430)))</f>
       </c>
       <c r="J430" s="0">
         <f>C430*H430</f>
       </c>
       <c r="K430" s="0">
         <f>D430*H430</f>
       </c>
       <c r="L430" s="0">
         <f>E430*H430</f>
       </c>
       <c r="M430" s="0">
         <f>F430*H430</f>
       </c>
       <c r="N430" s="0">
         <f>G430*H430</f>
       </c>
     </row>
     <row r="431" outlineLevel="1">
       <c r="A431" s="2" t="s">
         <v>854</v>
       </c>
       <c r="B431" s="5" t="s">
         <v>855</v>
       </c>
       <c r="C431" s="3">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="D431" s="3">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="E431" s="3">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="F431" s="3">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="G431" s="3">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="H431" s="4"/>
       <c r="I431" s="3">
         <f>IF( 10000&gt;K4,K431,IF( 20000&gt;L4,L431,IF( 50000&gt;M4,M431,N431)))</f>
       </c>
       <c r="J431" s="0">
         <f>C431*H431</f>
       </c>
       <c r="K431" s="0">
         <f>D431*H431</f>
       </c>
       <c r="L431" s="0">
         <f>E431*H431</f>
       </c>
       <c r="M431" s="0">
         <f>F431*H431</f>
       </c>
       <c r="N431" s="0">
         <f>G431*H431</f>
       </c>
     </row>
     <row r="432" outlineLevel="1">
       <c r="A432" s="2" t="s">
         <v>856</v>
       </c>
       <c r="B432" s="5" t="s">
         <v>857</v>
       </c>
       <c r="C432" s="3">
-        <v>25</v>
+        <v>80</v>
       </c>
       <c r="D432" s="3">
-        <v>33</v>
+        <v>95</v>
       </c>
       <c r="E432" s="3">
-        <v>29</v>
+        <v>90</v>
       </c>
       <c r="F432" s="3">
-        <v>27</v>
+        <v>85</v>
       </c>
       <c r="G432" s="3">
-        <v>25</v>
+        <v>80</v>
       </c>
       <c r="H432" s="4"/>
       <c r="I432" s="3">
         <f>IF( 10000&gt;K4,K432,IF( 20000&gt;L4,L432,IF( 50000&gt;M4,M432,N432)))</f>
       </c>
       <c r="J432" s="0">
         <f>C432*H432</f>
       </c>
       <c r="K432" s="0">
         <f>D432*H432</f>
       </c>
       <c r="L432" s="0">
         <f>E432*H432</f>
       </c>
       <c r="M432" s="0">
         <f>F432*H432</f>
       </c>
       <c r="N432" s="0">
         <f>G432*H432</f>
       </c>
     </row>
     <row r="433" outlineLevel="1">
       <c r="A433" s="2" t="s">
         <v>858</v>
       </c>
       <c r="B433" s="5" t="s">
         <v>859</v>
       </c>
       <c r="C433" s="3">
-        <v>25</v>
+        <v>80</v>
       </c>
       <c r="D433" s="3">
-        <v>33</v>
+        <v>95</v>
       </c>
       <c r="E433" s="3">
-        <v>29</v>
+        <v>90</v>
       </c>
       <c r="F433" s="3">
-        <v>27</v>
+        <v>85</v>
       </c>
       <c r="G433" s="3">
-        <v>25</v>
+        <v>80</v>
       </c>
       <c r="H433" s="4"/>
       <c r="I433" s="3">
         <f>IF( 10000&gt;K4,K433,IF( 20000&gt;L4,L433,IF( 50000&gt;M4,M433,N433)))</f>
       </c>
       <c r="J433" s="0">
         <f>C433*H433</f>
       </c>
       <c r="K433" s="0">
         <f>D433*H433</f>
       </c>
       <c r="L433" s="0">
         <f>E433*H433</f>
       </c>
       <c r="M433" s="0">
         <f>F433*H433</f>
       </c>
       <c r="N433" s="0">
         <f>G433*H433</f>
       </c>
     </row>
     <row r="434" outlineLevel="1">
       <c r="A434" s="2" t="s">
         <v>860</v>
       </c>
       <c r="B434" s="5" t="s">
         <v>861</v>
       </c>
       <c r="C434" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="D434" s="3">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="E434" s="3">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="F434" s="3">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="G434" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="H434" s="4"/>
       <c r="I434" s="3">
         <f>IF( 10000&gt;K4,K434,IF( 20000&gt;L4,L434,IF( 50000&gt;M4,M434,N434)))</f>
       </c>
       <c r="J434" s="0">
         <f>C434*H434</f>
       </c>
       <c r="K434" s="0">
         <f>D434*H434</f>
       </c>
       <c r="L434" s="0">
         <f>E434*H434</f>
       </c>
       <c r="M434" s="0">
         <f>F434*H434</f>
       </c>
       <c r="N434" s="0">
         <f>G434*H434</f>
       </c>
     </row>
     <row r="435" outlineLevel="1">
       <c r="A435" s="2" t="s">
         <v>862</v>
       </c>
       <c r="B435" s="5" t="s">
         <v>863</v>
       </c>
       <c r="C435" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="D435" s="3">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="E435" s="3">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="F435" s="3">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="G435" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="H435" s="4"/>
       <c r="I435" s="3">
         <f>IF( 10000&gt;K4,K435,IF( 20000&gt;L4,L435,IF( 50000&gt;M4,M435,N435)))</f>
       </c>
       <c r="J435" s="0">
         <f>C435*H435</f>
       </c>
       <c r="K435" s="0">
         <f>D435*H435</f>
       </c>
       <c r="L435" s="0">
         <f>E435*H435</f>
       </c>
       <c r="M435" s="0">
         <f>F435*H435</f>
       </c>
       <c r="N435" s="0">
         <f>G435*H435</f>
       </c>
     </row>
     <row r="436" outlineLevel="1">
       <c r="A436" s="2" t="s">
         <v>864</v>
       </c>
       <c r="B436" s="5" t="s">
         <v>865</v>
       </c>
       <c r="C436" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="D436" s="3">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="E436" s="3">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="F436" s="3">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="G436" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="H436" s="4"/>
       <c r="I436" s="3">
         <f>IF( 10000&gt;K4,K436,IF( 20000&gt;L4,L436,IF( 50000&gt;M4,M436,N436)))</f>
       </c>
       <c r="J436" s="0">
         <f>C436*H436</f>
       </c>
       <c r="K436" s="0">
         <f>D436*H436</f>
       </c>
       <c r="L436" s="0">
         <f>E436*H436</f>
       </c>
       <c r="M436" s="0">
         <f>F436*H436</f>
       </c>
       <c r="N436" s="0">
         <f>G436*H436</f>
       </c>
     </row>
     <row r="437" outlineLevel="1">
       <c r="A437" s="2" t="s">
         <v>866</v>
       </c>
       <c r="B437" s="5" t="s">
         <v>867</v>
       </c>
       <c r="C437" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="D437" s="3">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="E437" s="3">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="F437" s="3">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="G437" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="H437" s="4"/>
       <c r="I437" s="3">
         <f>IF( 10000&gt;K4,K437,IF( 20000&gt;L4,L437,IF( 50000&gt;M4,M437,N437)))</f>
       </c>
       <c r="J437" s="0">
         <f>C437*H437</f>
       </c>
       <c r="K437" s="0">
         <f>D437*H437</f>
       </c>
       <c r="L437" s="0">
         <f>E437*H437</f>
       </c>
       <c r="M437" s="0">
         <f>F437*H437</f>
       </c>
       <c r="N437" s="0">
         <f>G437*H437</f>
       </c>
     </row>
     <row r="438" outlineLevel="1">
       <c r="A438" s="2" t="s">
         <v>868</v>
       </c>
       <c r="B438" s="5" t="s">
         <v>869</v>
       </c>
       <c r="C438" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="D438" s="3">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="E438" s="3">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="F438" s="3">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="G438" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="H438" s="4"/>
       <c r="I438" s="3">
         <f>IF( 10000&gt;K4,K438,IF( 20000&gt;L4,L438,IF( 50000&gt;M4,M438,N438)))</f>
       </c>
       <c r="J438" s="0">
         <f>C438*H438</f>
       </c>
       <c r="K438" s="0">
         <f>D438*H438</f>
       </c>
       <c r="L438" s="0">
         <f>E438*H438</f>
       </c>
       <c r="M438" s="0">
         <f>F438*H438</f>
       </c>
       <c r="N438" s="0">
         <f>G438*H438</f>
       </c>
     </row>
     <row r="439" outlineLevel="1">
       <c r="A439" s="2" t="s">
         <v>870</v>
       </c>
       <c r="B439" s="5" t="s">
         <v>871</v>
       </c>
       <c r="C439" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="D439" s="3">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="E439" s="3">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="F439" s="3">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="G439" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="H439" s="4"/>
       <c r="I439" s="3">
         <f>IF( 10000&gt;K4,K439,IF( 20000&gt;L4,L439,IF( 50000&gt;M4,M439,N439)))</f>
       </c>
       <c r="J439" s="0">
         <f>C439*H439</f>
       </c>
       <c r="K439" s="0">
         <f>D439*H439</f>
       </c>
       <c r="L439" s="0">
         <f>E439*H439</f>
       </c>
       <c r="M439" s="0">
         <f>F439*H439</f>
       </c>
       <c r="N439" s="0">
         <f>G439*H439</f>
       </c>
     </row>
     <row r="440" outlineLevel="1">
       <c r="A440" s="2" t="s">
         <v>872</v>
       </c>
       <c r="B440" s="5" t="s">
         <v>873</v>
       </c>
       <c r="C440" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="D440" s="3">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="E440" s="3">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="F440" s="3">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="G440" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="H440" s="4"/>
       <c r="I440" s="3">
         <f>IF( 10000&gt;K4,K440,IF( 20000&gt;L4,L440,IF( 50000&gt;M4,M440,N440)))</f>
       </c>
       <c r="J440" s="0">
         <f>C440*H440</f>
       </c>
       <c r="K440" s="0">
         <f>D440*H440</f>
       </c>
       <c r="L440" s="0">
         <f>E440*H440</f>
       </c>
       <c r="M440" s="0">
         <f>F440*H440</f>
       </c>
       <c r="N440" s="0">
         <f>G440*H440</f>
       </c>
     </row>
     <row r="441" outlineLevel="1">
       <c r="A441" s="2" t="s">
         <v>874</v>
       </c>
       <c r="B441" s="5" t="s">
         <v>875</v>
       </c>
       <c r="C441" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="D441" s="3">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="E441" s="3">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="F441" s="3">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="G441" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="H441" s="4"/>
       <c r="I441" s="3">
         <f>IF( 10000&gt;K4,K441,IF( 20000&gt;L4,L441,IF( 50000&gt;M4,M441,N441)))</f>
       </c>
       <c r="J441" s="0">
         <f>C441*H441</f>
       </c>
       <c r="K441" s="0">
         <f>D441*H441</f>
       </c>
       <c r="L441" s="0">
         <f>E441*H441</f>
       </c>
       <c r="M441" s="0">
         <f>F441*H441</f>
       </c>
       <c r="N441" s="0">
         <f>G441*H441</f>
       </c>
     </row>
     <row r="442" outlineLevel="1">
       <c r="A442" s="2" t="s">
         <v>876</v>
       </c>
       <c r="B442" s="5" t="s">
         <v>877</v>
       </c>
       <c r="C442" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="D442" s="3">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="E442" s="3">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="F442" s="3">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="G442" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="H442" s="4"/>
       <c r="I442" s="3">
         <f>IF( 10000&gt;K4,K442,IF( 20000&gt;L4,L442,IF( 50000&gt;M4,M442,N442)))</f>
       </c>
       <c r="J442" s="0">
         <f>C442*H442</f>
       </c>
       <c r="K442" s="0">
         <f>D442*H442</f>
       </c>
       <c r="L442" s="0">
         <f>E442*H442</f>
       </c>
       <c r="M442" s="0">
         <f>F442*H442</f>
       </c>
       <c r="N442" s="0">
         <f>G442*H442</f>
       </c>
     </row>
     <row r="443" outlineLevel="1">
       <c r="A443" s="2" t="s">
         <v>878</v>
       </c>
       <c r="B443" s="5" t="s">
         <v>879</v>
       </c>
       <c r="C443" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="D443" s="3">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="E443" s="3">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="F443" s="3">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="G443" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="H443" s="4"/>
       <c r="I443" s="3">
         <f>IF( 10000&gt;K4,K443,IF( 20000&gt;L4,L443,IF( 50000&gt;M4,M443,N443)))</f>
       </c>
       <c r="J443" s="0">
         <f>C443*H443</f>
       </c>
       <c r="K443" s="0">
         <f>D443*H443</f>
       </c>
       <c r="L443" s="0">
         <f>E443*H443</f>
       </c>
       <c r="M443" s="0">
         <f>F443*H443</f>
       </c>
       <c r="N443" s="0">
         <f>G443*H443</f>
       </c>
     </row>
     <row r="444" outlineLevel="1">
       <c r="A444" s="2" t="s">
         <v>880</v>
       </c>
       <c r="B444" s="5" t="s">
         <v>881</v>
       </c>
       <c r="C444" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="D444" s="3">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="E444" s="3">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="F444" s="3">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="G444" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="H444" s="4"/>
       <c r="I444" s="3">
         <f>IF( 10000&gt;K4,K444,IF( 20000&gt;L4,L444,IF( 50000&gt;M4,M444,N444)))</f>
       </c>
       <c r="J444" s="0">
         <f>C444*H444</f>
       </c>
       <c r="K444" s="0">
         <f>D444*H444</f>
       </c>
       <c r="L444" s="0">
         <f>E444*H444</f>
       </c>
       <c r="M444" s="0">
         <f>F444*H444</f>
       </c>
       <c r="N444" s="0">
         <f>G444*H444</f>
       </c>
     </row>
     <row r="445" outlineLevel="1">
       <c r="A445" s="2" t="s">
         <v>882</v>
       </c>
       <c r="B445" s="5" t="s">
         <v>883</v>
       </c>
       <c r="C445" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="D445" s="3">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="E445" s="3">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="F445" s="3">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="G445" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="H445" s="4"/>
       <c r="I445" s="3">
         <f>IF( 10000&gt;K4,K445,IF( 20000&gt;L4,L445,IF( 50000&gt;M4,M445,N445)))</f>
       </c>
       <c r="J445" s="0">
         <f>C445*H445</f>
       </c>
       <c r="K445" s="0">
         <f>D445*H445</f>
       </c>
       <c r="L445" s="0">
         <f>E445*H445</f>
       </c>
       <c r="M445" s="0">
         <f>F445*H445</f>
       </c>
       <c r="N445" s="0">
         <f>G445*H445</f>
       </c>
     </row>
     <row r="446" outlineLevel="1">
       <c r="A446" s="2" t="s">
         <v>884</v>
       </c>
       <c r="B446" s="5" t="s">
         <v>885</v>
       </c>
       <c r="C446" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="D446" s="3">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="E446" s="3">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="F446" s="3">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="G446" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="H446" s="4"/>
       <c r="I446" s="3">
         <f>IF( 10000&gt;K4,K446,IF( 20000&gt;L4,L446,IF( 50000&gt;M4,M446,N446)))</f>
       </c>
       <c r="J446" s="0">
         <f>C446*H446</f>
       </c>
       <c r="K446" s="0">
         <f>D446*H446</f>
       </c>
       <c r="L446" s="0">
         <f>E446*H446</f>
       </c>
       <c r="M446" s="0">
         <f>F446*H446</f>
       </c>
       <c r="N446" s="0">
         <f>G446*H446</f>
       </c>
     </row>
     <row r="447" outlineLevel="1">
       <c r="A447" s="2" t="s">
         <v>886</v>
       </c>
       <c r="B447" s="5" t="s">
         <v>887</v>
       </c>
       <c r="C447" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="D447" s="3">
-        <v>65</v>
+        <v>95</v>
       </c>
       <c r="E447" s="3">
-        <v>55</v>
+        <v>90</v>
       </c>
       <c r="F447" s="3">
-        <v>50</v>
+        <v>85</v>
       </c>
       <c r="G447" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="H447" s="4"/>
       <c r="I447" s="3">
         <f>IF( 10000&gt;K4,K447,IF( 20000&gt;L4,L447,IF( 50000&gt;M4,M447,N447)))</f>
       </c>
       <c r="J447" s="0">
         <f>C447*H447</f>
       </c>
       <c r="K447" s="0">
         <f>D447*H447</f>
       </c>
       <c r="L447" s="0">
         <f>E447*H447</f>
       </c>
       <c r="M447" s="0">
         <f>F447*H447</f>
       </c>
       <c r="N447" s="0">
         <f>G447*H447</f>
       </c>
     </row>
     <row r="448" outlineLevel="1">
       <c r="A448" s="2" t="s">
         <v>888</v>
       </c>
       <c r="B448" s="5" t="s">
         <v>889</v>
       </c>
       <c r="C448" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="D448" s="3">
-        <v>65</v>
+        <v>95</v>
       </c>
       <c r="E448" s="3">
-        <v>55</v>
+        <v>90</v>
       </c>
       <c r="F448" s="3">
-        <v>50</v>
+        <v>85</v>
       </c>
       <c r="G448" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="H448" s="4"/>
       <c r="I448" s="3">
         <f>IF( 10000&gt;K4,K448,IF( 20000&gt;L4,L448,IF( 50000&gt;M4,M448,N448)))</f>
       </c>
       <c r="J448" s="0">
         <f>C448*H448</f>
       </c>
       <c r="K448" s="0">
         <f>D448*H448</f>
       </c>
       <c r="L448" s="0">
         <f>E448*H448</f>
       </c>
       <c r="M448" s="0">
         <f>F448*H448</f>
       </c>
       <c r="N448" s="0">
         <f>G448*H448</f>
       </c>
     </row>
     <row r="449" outlineLevel="1">
       <c r="A449" s="2" t="s">
         <v>890</v>
       </c>
       <c r="B449" s="5" t="s">
         <v>891</v>
       </c>
       <c r="C449" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="D449" s="3">
-        <v>65</v>
+        <v>95</v>
       </c>
       <c r="E449" s="3">
-        <v>55</v>
+        <v>90</v>
       </c>
       <c r="F449" s="3">
-        <v>50</v>
+        <v>85</v>
       </c>
       <c r="G449" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="H449" s="4"/>
       <c r="I449" s="3">
         <f>IF( 10000&gt;K4,K449,IF( 20000&gt;L4,L449,IF( 50000&gt;M4,M449,N449)))</f>
       </c>
       <c r="J449" s="0">
         <f>C449*H449</f>
       </c>
       <c r="K449" s="0">
         <f>D449*H449</f>
       </c>
       <c r="L449" s="0">
         <f>E449*H449</f>
       </c>
       <c r="M449" s="0">
         <f>F449*H449</f>
       </c>
       <c r="N449" s="0">
         <f>G449*H449</f>
       </c>
     </row>
     <row r="450" outlineLevel="1">
       <c r="A450" s="2" t="s">
         <v>892</v>
       </c>
       <c r="B450" s="5" t="s">
         <v>893</v>
       </c>
       <c r="C450" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="D450" s="3">
-        <v>65</v>
+        <v>95</v>
       </c>
       <c r="E450" s="3">
-        <v>55</v>
+        <v>90</v>
       </c>
       <c r="F450" s="3">
-        <v>50</v>
+        <v>85</v>
       </c>
       <c r="G450" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="H450" s="4"/>
       <c r="I450" s="3">
         <f>IF( 10000&gt;K4,K450,IF( 20000&gt;L4,L450,IF( 50000&gt;M4,M450,N450)))</f>
       </c>
       <c r="J450" s="0">
         <f>C450*H450</f>
       </c>
       <c r="K450" s="0">
         <f>D450*H450</f>
       </c>
       <c r="L450" s="0">
         <f>E450*H450</f>
       </c>
       <c r="M450" s="0">
         <f>F450*H450</f>
       </c>
       <c r="N450" s="0">
         <f>G450*H450</f>
       </c>
     </row>
     <row r="451" outlineLevel="1">
       <c r="A451" s="2" t="s">
         <v>894</v>
       </c>
       <c r="B451" s="5" t="s">
         <v>895</v>
       </c>
       <c r="C451" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="D451" s="3">
-        <v>65</v>
+        <v>95</v>
       </c>
       <c r="E451" s="3">
-        <v>55</v>
+        <v>90</v>
       </c>
       <c r="F451" s="3">
-        <v>50</v>
+        <v>85</v>
       </c>
       <c r="G451" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="H451" s="4"/>
       <c r="I451" s="3">
         <f>IF( 10000&gt;K4,K451,IF( 20000&gt;L4,L451,IF( 50000&gt;M4,M451,N451)))</f>
       </c>
       <c r="J451" s="0">
         <f>C451*H451</f>
       </c>
       <c r="K451" s="0">
         <f>D451*H451</f>
       </c>
       <c r="L451" s="0">
         <f>E451*H451</f>
       </c>
       <c r="M451" s="0">
         <f>F451*H451</f>
       </c>
       <c r="N451" s="0">
         <f>G451*H451</f>
       </c>
     </row>
     <row r="452" outlineLevel="1">
       <c r="A452" s="2" t="s">
         <v>896</v>
       </c>
       <c r="B452" s="5" t="s">
         <v>897</v>
       </c>
       <c r="C452" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="D452" s="3">
-        <v>65</v>
+        <v>95</v>
       </c>
       <c r="E452" s="3">
-        <v>55</v>
+        <v>90</v>
       </c>
       <c r="F452" s="3">
-        <v>50</v>
+        <v>85</v>
       </c>
       <c r="G452" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="H452" s="4"/>
       <c r="I452" s="3">
         <f>IF( 10000&gt;K4,K452,IF( 20000&gt;L4,L452,IF( 50000&gt;M4,M452,N452)))</f>
       </c>
       <c r="J452" s="0">
         <f>C452*H452</f>
       </c>
       <c r="K452" s="0">
         <f>D452*H452</f>
       </c>
       <c r="L452" s="0">
         <f>E452*H452</f>
       </c>
       <c r="M452" s="0">
         <f>F452*H452</f>
       </c>
       <c r="N452" s="0">
         <f>G452*H452</f>
       </c>
     </row>
     <row r="453" outlineLevel="1">
       <c r="A453" s="2" t="s">
         <v>898</v>
       </c>
       <c r="B453" s="5" t="s">
         <v>899</v>
       </c>
       <c r="C453" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="D453" s="3">
-        <v>65</v>
+        <v>95</v>
       </c>
       <c r="E453" s="3">
-        <v>55</v>
+        <v>90</v>
       </c>
       <c r="F453" s="3">
-        <v>50</v>
+        <v>85</v>
       </c>
       <c r="G453" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="H453" s="4"/>
       <c r="I453" s="3">
         <f>IF( 10000&gt;K4,K453,IF( 20000&gt;L4,L453,IF( 50000&gt;M4,M453,N453)))</f>
       </c>
       <c r="J453" s="0">
         <f>C453*H453</f>
       </c>
       <c r="K453" s="0">
         <f>D453*H453</f>
       </c>
       <c r="L453" s="0">
         <f>E453*H453</f>
       </c>
       <c r="M453" s="0">
         <f>F453*H453</f>
       </c>
       <c r="N453" s="0">
         <f>G453*H453</f>
       </c>
     </row>
     <row r="454" outlineLevel="1">
       <c r="A454" s="2" t="s">
         <v>900</v>
       </c>
       <c r="B454" s="5" t="s">
         <v>901</v>
       </c>
       <c r="C454" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="D454" s="3">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="E454" s="3">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="F454" s="3">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="G454" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="H454" s="4"/>
       <c r="I454" s="3">
         <f>IF( 10000&gt;K4,K454,IF( 20000&gt;L4,L454,IF( 50000&gt;M4,M454,N454)))</f>
       </c>
       <c r="J454" s="0">
         <f>C454*H454</f>
       </c>
       <c r="K454" s="0">
         <f>D454*H454</f>
       </c>
       <c r="L454" s="0">
         <f>E454*H454</f>
       </c>
       <c r="M454" s="0">
         <f>F454*H454</f>
       </c>
       <c r="N454" s="0">
         <f>G454*H454</f>
       </c>
     </row>
     <row r="455" outlineLevel="1">
       <c r="A455" s="2" t="s">
         <v>902</v>
       </c>
       <c r="B455" s="5" t="s">
         <v>903</v>
       </c>
       <c r="C455" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="D455" s="3">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="E455" s="3">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="F455" s="3">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="G455" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="H455" s="4"/>
       <c r="I455" s="3">
         <f>IF( 10000&gt;K4,K455,IF( 20000&gt;L4,L455,IF( 50000&gt;M4,M455,N455)))</f>
       </c>
       <c r="J455" s="0">
         <f>C455*H455</f>
       </c>
       <c r="K455" s="0">
         <f>D455*H455</f>
       </c>
       <c r="L455" s="0">
         <f>E455*H455</f>
       </c>
       <c r="M455" s="0">
         <f>F455*H455</f>
       </c>
       <c r="N455" s="0">
         <f>G455*H455</f>
       </c>
     </row>
     <row r="456" outlineLevel="1">
       <c r="A456" s="2" t="s">
         <v>904</v>
       </c>
       <c r="B456" s="5" t="s">
         <v>905</v>
       </c>
       <c r="C456" s="3">
-        <v>25</v>
+        <v>80</v>
       </c>
       <c r="D456" s="3">
-        <v>33</v>
+        <v>95</v>
       </c>
       <c r="E456" s="3">
-        <v>29</v>
+        <v>90</v>
       </c>
       <c r="F456" s="3">
-        <v>27</v>
+        <v>85</v>
       </c>
       <c r="G456" s="3">
-        <v>25</v>
+        <v>80</v>
       </c>
       <c r="H456" s="4"/>
       <c r="I456" s="3">
         <f>IF( 10000&gt;K4,K456,IF( 20000&gt;L4,L456,IF( 50000&gt;M4,M456,N456)))</f>
       </c>
       <c r="J456" s="0">
         <f>C456*H456</f>
       </c>
       <c r="K456" s="0">
         <f>D456*H456</f>
       </c>
       <c r="L456" s="0">
         <f>E456*H456</f>
       </c>
       <c r="M456" s="0">
         <f>F456*H456</f>
       </c>
       <c r="N456" s="0">
         <f>G456*H456</f>
       </c>
     </row>
     <row r="457" outlineLevel="1">
       <c r="A457" s="2" t="s">
         <v>906</v>
       </c>
       <c r="B457" s="5" t="s">
         <v>907</v>
       </c>
       <c r="C457" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="D457" s="3">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="E457" s="3">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="F457" s="3">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="G457" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="H457" s="4"/>
       <c r="I457" s="3">
         <f>IF( 10000&gt;K4,K457,IF( 20000&gt;L4,L457,IF( 50000&gt;M4,M457,N457)))</f>
       </c>
       <c r="J457" s="0">
         <f>C457*H457</f>
       </c>
       <c r="K457" s="0">
         <f>D457*H457</f>
       </c>
       <c r="L457" s="0">
         <f>E457*H457</f>
       </c>
       <c r="M457" s="0">
         <f>F457*H457</f>
       </c>
       <c r="N457" s="0">
         <f>G457*H457</f>
       </c>
     </row>
     <row r="458" outlineLevel="1">
       <c r="A458" s="2" t="s">
         <v>908</v>
       </c>
       <c r="B458" s="5" t="s">
         <v>909</v>
       </c>
       <c r="C458" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="D458" s="3">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="E458" s="3">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="F458" s="3">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="G458" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="H458" s="4"/>
       <c r="I458" s="3">
         <f>IF( 10000&gt;K4,K458,IF( 20000&gt;L4,L458,IF( 50000&gt;M4,M458,N458)))</f>
       </c>
       <c r="J458" s="0">
         <f>C458*H458</f>
       </c>
       <c r="K458" s="0">
         <f>D458*H458</f>
       </c>
       <c r="L458" s="0">
         <f>E458*H458</f>
       </c>
       <c r="M458" s="0">
         <f>F458*H458</f>
       </c>
       <c r="N458" s="0">
         <f>G458*H458</f>
       </c>
     </row>
     <row r="459" outlineLevel="1">
       <c r="A459" s="2" t="s">
         <v>910</v>
       </c>
       <c r="B459" s="5" t="s">
         <v>911</v>
       </c>
       <c r="C459" s="3">
-        <v>25</v>
+        <v>80</v>
       </c>
       <c r="D459" s="3">
-        <v>33</v>
+        <v>95</v>
       </c>
       <c r="E459" s="3">
-        <v>29</v>
+        <v>90</v>
       </c>
       <c r="F459" s="3">
-        <v>27</v>
+        <v>85</v>
       </c>
       <c r="G459" s="3">
-        <v>25</v>
+        <v>80</v>
       </c>
       <c r="H459" s="4"/>
       <c r="I459" s="3">
         <f>IF( 10000&gt;K4,K459,IF( 20000&gt;L4,L459,IF( 50000&gt;M4,M459,N459)))</f>
       </c>
       <c r="J459" s="0">
         <f>C459*H459</f>
       </c>
       <c r="K459" s="0">
         <f>D459*H459</f>
       </c>
       <c r="L459" s="0">
         <f>E459*H459</f>
       </c>
       <c r="M459" s="0">
         <f>F459*H459</f>
       </c>
       <c r="N459" s="0">
         <f>G459*H459</f>
       </c>
     </row>
     <row r="460" outlineLevel="1">
       <c r="A460" s="2" t="s">
         <v>912</v>
       </c>
       <c r="B460" s="5" t="s">
         <v>913</v>
       </c>
       <c r="C460" s="3">
-        <v>25</v>
+        <v>80</v>
       </c>
       <c r="D460" s="3">
-        <v>33</v>
+        <v>95</v>
       </c>
       <c r="E460" s="3">
-        <v>29</v>
+        <v>90</v>
       </c>
       <c r="F460" s="3">
-        <v>27</v>
+        <v>85</v>
       </c>
       <c r="G460" s="3">
-        <v>25</v>
+        <v>80</v>
       </c>
       <c r="H460" s="4"/>
       <c r="I460" s="3">
         <f>IF( 10000&gt;K4,K460,IF( 20000&gt;L4,L460,IF( 50000&gt;M4,M460,N460)))</f>
       </c>
       <c r="J460" s="0">
         <f>C460*H460</f>
       </c>
       <c r="K460" s="0">
         <f>D460*H460</f>
       </c>
       <c r="L460" s="0">
         <f>E460*H460</f>
       </c>
       <c r="M460" s="0">
         <f>F460*H460</f>
       </c>
       <c r="N460" s="0">
         <f>G460*H460</f>
       </c>
     </row>
     <row r="461" outlineLevel="1">
       <c r="A461" s="2" t="s">
         <v>914</v>
       </c>
       <c r="B461" s="5" t="s">
         <v>915</v>
       </c>
       <c r="C461" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="D461" s="3">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="E461" s="3">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="F461" s="3">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="G461" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="H461" s="4"/>
       <c r="I461" s="3">
         <f>IF( 10000&gt;K4,K461,IF( 20000&gt;L4,L461,IF( 50000&gt;M4,M461,N461)))</f>
       </c>
       <c r="J461" s="0">
         <f>C461*H461</f>
       </c>
       <c r="K461" s="0">
         <f>D461*H461</f>
       </c>
       <c r="L461" s="0">
         <f>E461*H461</f>
       </c>
       <c r="M461" s="0">
         <f>F461*H461</f>
       </c>
       <c r="N461" s="0">
         <f>G461*H461</f>
       </c>
     </row>
     <row r="462" outlineLevel="1">
       <c r="A462" s="2" t="s">
         <v>916</v>
       </c>
       <c r="B462" s="5" t="s">
         <v>917</v>
       </c>
       <c r="C462" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="D462" s="3">
-        <v>65</v>
+        <v>95</v>
       </c>
       <c r="E462" s="3">
-        <v>55</v>
+        <v>90</v>
       </c>
       <c r="F462" s="3">
-        <v>50</v>
+        <v>85</v>
       </c>
       <c r="G462" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="H462" s="4"/>
       <c r="I462" s="3">
         <f>IF( 10000&gt;K4,K462,IF( 20000&gt;L4,L462,IF( 50000&gt;M4,M462,N462)))</f>
       </c>
       <c r="J462" s="0">
         <f>C462*H462</f>
       </c>
       <c r="K462" s="0">
         <f>D462*H462</f>
       </c>
       <c r="L462" s="0">
         <f>E462*H462</f>
       </c>
       <c r="M462" s="0">
         <f>F462*H462</f>
       </c>
       <c r="N462" s="0">
         <f>G462*H462</f>
       </c>
     </row>
     <row r="463" outlineLevel="1">
       <c r="A463" s="2" t="s">
         <v>918</v>
       </c>
       <c r="B463" s="5" t="s">
         <v>919</v>
       </c>
       <c r="C463" s="3">
-        <v>25</v>
+        <v>80</v>
       </c>
       <c r="D463" s="3">
-        <v>33</v>
+        <v>95</v>
       </c>
       <c r="E463" s="3">
-        <v>29</v>
+        <v>90</v>
       </c>
       <c r="F463" s="3">
-        <v>27</v>
+        <v>85</v>
       </c>
       <c r="G463" s="3">
-        <v>25</v>
+        <v>80</v>
       </c>
       <c r="H463" s="4"/>
       <c r="I463" s="3">
         <f>IF( 10000&gt;K4,K463,IF( 20000&gt;L4,L463,IF( 50000&gt;M4,M463,N463)))</f>
       </c>
       <c r="J463" s="0">
         <f>C463*H463</f>
       </c>
       <c r="K463" s="0">
         <f>D463*H463</f>
       </c>
       <c r="L463" s="0">
         <f>E463*H463</f>
       </c>
       <c r="M463" s="0">
         <f>F463*H463</f>
       </c>
       <c r="N463" s="0">
         <f>G463*H463</f>
       </c>
     </row>
     <row r="464" outlineLevel="1">
       <c r="A464" s="2" t="s">
         <v>920</v>
       </c>
       <c r="B464" s="5" t="s">
         <v>921</v>
       </c>
       <c r="C464" s="3">
-        <v>25</v>
+        <v>80</v>
       </c>
       <c r="D464" s="3">
-        <v>33</v>
+        <v>95</v>
       </c>
       <c r="E464" s="3">
-        <v>29</v>
+        <v>90</v>
       </c>
       <c r="F464" s="3">
-        <v>27</v>
+        <v>85</v>
       </c>
       <c r="G464" s="3">
-        <v>25</v>
+        <v>80</v>
       </c>
       <c r="H464" s="4"/>
       <c r="I464" s="3">
         <f>IF( 10000&gt;K4,K464,IF( 20000&gt;L4,L464,IF( 50000&gt;M4,M464,N464)))</f>
       </c>
       <c r="J464" s="0">
         <f>C464*H464</f>
       </c>
       <c r="K464" s="0">
         <f>D464*H464</f>
       </c>
       <c r="L464" s="0">
         <f>E464*H464</f>
       </c>
       <c r="M464" s="0">
         <f>F464*H464</f>
       </c>
       <c r="N464" s="0">
         <f>G464*H464</f>
       </c>
     </row>
     <row r="465" outlineLevel="1">
       <c r="A465" s="2" t="s">
         <v>922</v>
       </c>
       <c r="B465" s="5" t="s">
         <v>923</v>
       </c>
       <c r="C465" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="D465" s="3">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="E465" s="3">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="F465" s="3">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="G465" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="H465" s="4"/>
       <c r="I465" s="3">
         <f>IF( 10000&gt;K4,K465,IF( 20000&gt;L4,L465,IF( 50000&gt;M4,M465,N465)))</f>
       </c>
       <c r="J465" s="0">
         <f>C465*H465</f>
       </c>
       <c r="K465" s="0">
         <f>D465*H465</f>
       </c>
       <c r="L465" s="0">
         <f>E465*H465</f>
       </c>
       <c r="M465" s="0">
         <f>F465*H465</f>
       </c>
       <c r="N465" s="0">
         <f>G465*H465</f>
       </c>
     </row>
     <row r="466" outlineLevel="1">
       <c r="A466" s="2" t="s">
         <v>924</v>
       </c>
       <c r="B466" s="5" t="s">
         <v>925</v>
       </c>
       <c r="C466" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="D466" s="3">
-        <v>65</v>
+        <v>95</v>
       </c>
       <c r="E466" s="3">
-        <v>55</v>
+        <v>90</v>
       </c>
       <c r="F466" s="3">
-        <v>50</v>
+        <v>85</v>
       </c>
       <c r="G466" s="3">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="H466" s="4"/>
       <c r="I466" s="3">
         <f>IF( 10000&gt;K4,K466,IF( 20000&gt;L4,L466,IF( 50000&gt;M4,M466,N466)))</f>
       </c>
       <c r="J466" s="0">
         <f>C466*H466</f>
       </c>
       <c r="K466" s="0">
         <f>D466*H466</f>
       </c>
       <c r="L466" s="0">
         <f>E466*H466</f>
       </c>
       <c r="M466" s="0">
         <f>F466*H466</f>
       </c>
       <c r="N466" s="0">
         <f>G466*H466</f>
       </c>
     </row>
     <row r="467" outlineLevel="1">
       <c r="A467" s="2" t="s">
         <v>926</v>
       </c>
@@ -41110,6181 +40240,91 @@
         <v>85</v>
       </c>
       <c r="G843" s="3">
         <v>80</v>
       </c>
       <c r="H843" s="4"/>
       <c r="I843" s="3">
         <f>IF( 10000&gt;K4,K843,IF( 20000&gt;L4,L843,IF( 50000&gt;M4,M843,N843)))</f>
       </c>
       <c r="J843" s="0">
         <f>C843*H843</f>
       </c>
       <c r="K843" s="0">
         <f>D843*H843</f>
       </c>
       <c r="L843" s="0">
         <f>E843*H843</f>
       </c>
       <c r="M843" s="0">
         <f>F843*H843</f>
       </c>
       <c r="N843" s="0">
         <f>G843*H843</f>
       </c>
     </row>
-    <row r="844" outlineLevel="1">
-[...6088 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="B7:I989"/>
+  <autoFilter ref="B7:I844"/>
   <mergeCells>
     <mergeCell ref="H2:I2"/>
     <mergeCell ref="H3:I3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B9" r:id="rId3"/>
     <hyperlink ref="B10" r:id="rId4"/>
     <hyperlink ref="B11" r:id="rId5"/>
     <hyperlink ref="B12" r:id="rId6"/>
     <hyperlink ref="B13" r:id="rId7"/>
     <hyperlink ref="B14" r:id="rId8"/>
     <hyperlink ref="B15" r:id="rId9"/>
     <hyperlink ref="B16" r:id="rId10"/>
     <hyperlink ref="B17" r:id="rId11"/>
     <hyperlink ref="B18" r:id="rId12"/>
     <hyperlink ref="B19" r:id="rId13"/>
     <hyperlink ref="B20" r:id="rId14"/>
     <hyperlink ref="B21" r:id="rId15"/>
     <hyperlink ref="B22" r:id="rId16"/>
     <hyperlink ref="B23" r:id="rId17"/>
     <hyperlink ref="B24" r:id="rId18"/>
     <hyperlink ref="B25" r:id="rId19"/>
     <hyperlink ref="B26" r:id="rId20"/>
     <hyperlink ref="B27" r:id="rId21"/>
     <hyperlink ref="B28" r:id="rId22"/>
     <hyperlink ref="B29" r:id="rId23"/>
     <hyperlink ref="B30" r:id="rId24"/>
     <hyperlink ref="B31" r:id="rId25"/>
     <hyperlink ref="B33" r:id="rId26"/>
     <hyperlink ref="B34" r:id="rId27"/>
     <hyperlink ref="B35" r:id="rId28"/>
     <hyperlink ref="B36" r:id="rId29"/>
     <hyperlink ref="B37" r:id="rId30"/>
     <hyperlink ref="B38" r:id="rId31"/>
     <hyperlink ref="B39" r:id="rId32"/>
     <hyperlink ref="B40" r:id="rId33"/>
     <hyperlink ref="B42" r:id="rId34"/>
     <hyperlink ref="B44" r:id="rId35"/>
-    <hyperlink ref="B45" r:id="rId36"/>
+    <hyperlink ref="B46" r:id="rId36"/>
     <hyperlink ref="B47" r:id="rId37"/>
     <hyperlink ref="B48" r:id="rId38"/>
     <hyperlink ref="B49" r:id="rId39"/>
     <hyperlink ref="B50" r:id="rId40"/>
     <hyperlink ref="B51" r:id="rId41"/>
     <hyperlink ref="B52" r:id="rId42"/>
     <hyperlink ref="B53" r:id="rId43"/>
     <hyperlink ref="B54" r:id="rId44"/>
     <hyperlink ref="B55" r:id="rId45"/>
     <hyperlink ref="B56" r:id="rId46"/>
     <hyperlink ref="B57" r:id="rId47"/>
     <hyperlink ref="B58" r:id="rId48"/>
     <hyperlink ref="B59" r:id="rId49"/>
     <hyperlink ref="B60" r:id="rId50"/>
     <hyperlink ref="B61" r:id="rId51"/>
     <hyperlink ref="B62" r:id="rId52"/>
     <hyperlink ref="B63" r:id="rId53"/>
     <hyperlink ref="B64" r:id="rId54"/>
     <hyperlink ref="B65" r:id="rId55"/>
     <hyperlink ref="B66" r:id="rId56"/>
     <hyperlink ref="B67" r:id="rId57"/>
     <hyperlink ref="B68" r:id="rId58"/>
     <hyperlink ref="B69" r:id="rId59"/>
     <hyperlink ref="B70" r:id="rId60"/>
     <hyperlink ref="B71" r:id="rId61"/>
@@ -48038,179 +41078,34 @@
     <hyperlink ref="B819" r:id="rId809"/>
     <hyperlink ref="B820" r:id="rId810"/>
     <hyperlink ref="B821" r:id="rId811"/>
     <hyperlink ref="B822" r:id="rId812"/>
     <hyperlink ref="B823" r:id="rId813"/>
     <hyperlink ref="B824" r:id="rId814"/>
     <hyperlink ref="B825" r:id="rId815"/>
     <hyperlink ref="B826" r:id="rId816"/>
     <hyperlink ref="B827" r:id="rId817"/>
     <hyperlink ref="B828" r:id="rId818"/>
     <hyperlink ref="B829" r:id="rId819"/>
     <hyperlink ref="B830" r:id="rId820"/>
     <hyperlink ref="B831" r:id="rId821"/>
     <hyperlink ref="B832" r:id="rId822"/>
     <hyperlink ref="B833" r:id="rId823"/>
     <hyperlink ref="B834" r:id="rId824"/>
     <hyperlink ref="B835" r:id="rId825"/>
     <hyperlink ref="B836" r:id="rId826"/>
     <hyperlink ref="B837" r:id="rId827"/>
     <hyperlink ref="B838" r:id="rId828"/>
     <hyperlink ref="B839" r:id="rId829"/>
     <hyperlink ref="B840" r:id="rId830"/>
     <hyperlink ref="B841" r:id="rId831"/>
     <hyperlink ref="B842" r:id="rId832"/>
     <hyperlink ref="B843" r:id="rId833"/>
-    <hyperlink ref="B844" r:id="rId834"/>
-[...143 lines deleted...]
-    <hyperlink ref="B988" r:id="rId978"/>
   </hyperlinks>
   <headerFooter differentFirst="1" differentOddEven="1">
-    <oddHeader>&amp;RДата формирования прайса: 13.12.2025 17:21</oddHeader>
-[...1 lines deleted...]
-    <firstHeader>&amp;RДата формирования прайса: 13.12.2025 17:21</firstHeader>
+    <oddHeader>&amp;RДата формирования прайса: 03.02.2026 10:17</oddHeader>
+    <evenHeader>&amp;RДата формирования прайса: 03.02.2026 10:17</evenHeader>
+    <firstHeader>&amp;RДата формирования прайса: 03.02.2026 10:17</firstHeader>
   </headerFooter>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>